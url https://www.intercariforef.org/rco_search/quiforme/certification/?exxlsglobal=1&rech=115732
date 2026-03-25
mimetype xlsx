--- v0 (2026-02-03)
+++ v1 (2026-03-25)
@@ -58,141 +58,141 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>LIGUE DE BRETAGNE DE FOOTBALL</t>
+  </si>
+  <si>
+    <t>29 RUE DE LA MAREBAUDIERE 35760 MONTGERMONT</t>
+  </si>
+  <si>
+    <t>20/01/2015</t>
+  </si>
+  <si>
+    <t>93.19Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>LIGUE BOURGOGNE-FRANCHE-COMTE DE FOOTBALL</t>
+  </si>
+  <si>
+    <t>15 RUE ERNEST CHAMPEAUX 21000 DIJON</t>
+  </si>
+  <si>
+    <t>02/12/2022</t>
+  </si>
+  <si>
+    <t>LIGUE AUVERGNE-RHONE-ALPES DE FOOTBALL</t>
+  </si>
+  <si>
+    <t>350 B AVENUE JEAN JAURES 69007 LYON</t>
+  </si>
+  <si>
+    <t>12/01/2018</t>
+  </si>
+  <si>
+    <t>LIGUE DE FOOTBALL DE NORMANDIE</t>
+  </si>
+  <si>
+    <t>19 RUE PAUL DOUMER 14100 LISIEUX</t>
+  </si>
+  <si>
+    <t>01/08/2019</t>
+  </si>
+  <si>
+    <t>93.12Z</t>
+  </si>
+  <si>
     <t>LIGUE PARISIENNE ILE DE FRANCE FOOTBALL</t>
   </si>
   <si>
     <t>5 PLACE DE VALOIS 75001 PARIS</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
-    <t>93.19Z</t>
-[...7 lines deleted...]
-  <si>
     <t>FEDERATION FRANCAISE FOOTBALL - FFF</t>
   </si>
   <si>
     <t>87 BOULEVARD DE GRENELLE 75015 PARIS</t>
   </si>
   <si>
     <t>01/01/2007</t>
   </si>
   <si>
     <t>INSTITUT EMPLOI FORMATION DU FOOTBALL</t>
   </si>
   <si>
     <t>24/07/2009</t>
   </si>
   <si>
     <t>85.51Z</t>
   </si>
   <si>
     <t>LIGUE DU CENTRE-VAL DE LOIRE DE FOOTBALL</t>
   </si>
   <si>
     <t>13 RUE PAUL LANGEVIN 45100 ORLEANS</t>
   </si>
   <si>
     <t>15/05/1993</t>
   </si>
   <si>
-    <t>93.12Z</t>
-[...1 lines deleted...]
-  <si>
     <t>LIGUE DE FOOTBALL D'OCCITANIE</t>
   </si>
   <si>
     <t>1 ROUTE DE CEPET- RN88 ROUTE DE CEPET 31180 CASTELMAUROU</t>
   </si>
   <si>
     <t>22/07/1992</t>
-  </si>
-[...34 lines deleted...]
-    <t>01/08/2019</t>
   </si>
   <si>
     <t>LIGUE DE FOOTBALL NOUVELLE-AQUITAINE</t>
   </si>
   <si>
     <t>102 RUE D’ANGOULEME 16400 PUYMOYEN</t>
   </si>
   <si>
     <t>01/10/2016</t>
   </si>
   <si>
     <t>LIGUE DE LA MEDITERRANEE DE FOOTBALL</t>
   </si>
   <si>
     <t>EUROPOLE ARBOIS CS 40461 390 RUE DENIS PAPIN 13290 AIX-EN-PROVENCE</t>
   </si>
   <si>
     <t>01/07/2007</t>
   </si>
   <si>
     <t>LIGUE CORSE DE FOOTBALL</t>
   </si>
   <si>
     <t>RUE CLAUDE PAPI LIEU DIT VOLPAJO 20600 FURIANI</t>
   </si>
@@ -651,374 +651,374 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>30298127900011</v>
+        <v>77774667800062</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
-        <v>11753285075</v>
+        <v>53350705835</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>30374248000062</v>
+        <v>77832952400079</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I3" s="3"/>
+      <c r="I3" s="3">
+        <v>43250190625</v>
+      </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>51471235500015</v>
+        <v>77982570200052</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="I4" s="3">
-        <v>11754607875</v>
+        <v>82690939769</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>77551154600035</v>
+        <v>78111952400077</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>26</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I5" s="3">
-        <v>24450139945</v>
+        <v>23760325676</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>77694575000037</v>
+        <v>30298127900011</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I6" s="3">
-        <v>73310012031</v>
+        <v>11753285075</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>77774667800062</v>
+        <v>30374248000062</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I7" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>77832952400079</v>
+        <v>51471235500015</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F8" s="2" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="I8" s="3">
-        <v>43250190625</v>
+        <v>11754607875</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>77982570200052</v>
+        <v>77551154600035</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>39</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I9" s="3">
-        <v>82690939769</v>
+        <v>24450139945</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>78111952400077</v>
+        <v>77694575000037</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>42</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>43</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I10" s="3">
-        <v>23760325676</v>
+        <v>73310012031</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>78184360200041</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>17</v>
@@ -1256,31 +1256,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/03/2026 11:18:19</dc:description>
+  <dc:description>Export en date du 03/25/2026 17:37:39</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>