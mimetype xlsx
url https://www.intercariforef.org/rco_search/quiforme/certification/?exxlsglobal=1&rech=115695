--- v0 (2025-10-18)
+++ v1 (2025-12-03)
@@ -58,51 +58,51 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
-    <t>MINISTERE AUPRES DU MIN DE L'EDUCATION NATIONALE, CHARGE DE L'ENSEIGNEMENT SUPERIEUR ET DE LA RECHERCHE</t>
+    <t>MINISTERE DE L’ENSEIGNEMENT SUPERIEUR, DE LA RECHERCHE ET DE L’ESPACE</t>
   </si>
   <si>
     <t>HOTEL DE BONCOURT 21 RUE DESCARTES 75005 PARIS</t>
   </si>
   <si>
     <t>16/05/2012</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>UNIVERSITE DE MONTPELLIER</t>
   </si>
   <si>
     <t>163 RUE AUGUSTE BROUSSONNET 34090 MONTPELLIER</t>
   </si>
   <si>
     <t>22/09/2021</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
@@ -163,72 +163,72 @@
   <si>
     <t>AVENUE OLIVIER MESSIAEN 72000 LE MANS</t>
   </si>
   <si>
     <t>UNIVERSITE DE POITIERS</t>
   </si>
   <si>
     <t>15 RUE DE L'HOTEL DIEU 86000 POITIERS</t>
   </si>
   <si>
     <t>17/10/1994</t>
   </si>
   <si>
     <t>5486P000386</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS EST CRETEIL VAL DE MARNE</t>
   </si>
   <si>
     <t>61 AVENUE DU GENERAL DE GAULLE 94000 CRETEIL</t>
   </si>
   <si>
     <t>1194P000794</t>
   </si>
   <si>
+    <t>FORMA SUP ARL</t>
+  </si>
+  <si>
+    <t>66 AVENUE JEAN MERMOZ 69008 LYON</t>
+  </si>
+  <si>
+    <t>01/06/2001</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
     <t>FORMASUP PARIS ILE-DE-FRANCE</t>
   </si>
   <si>
     <t>72 B RUE DE LOURMEL 75015 PARIS</t>
   </si>
   <si>
     <t>14/05/2019</t>
   </si>
   <si>
     <t>85.59B</t>
-  </si>
-[...10 lines deleted...]
-    <t>85.59A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -968,108 +968,108 @@
       <c r="F10" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>48</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>42071817300065</v>
+        <v>43903961100025</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>52</v>
       </c>
       <c r="I11" s="3">
-        <v>11755342375</v>
+        <v>84691657569</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>43903961100025</v>
+        <v>42071817300065</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>54</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>55</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>56</v>
       </c>
       <c r="I12" s="3">
-        <v>84691657569</v>
+        <v>11755342375</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -1094,31 +1094,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/18/2025 18:33:37</dc:description>
+  <dc:description>Export en date du 12/03/2025 12:06:57</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>