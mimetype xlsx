--- v1 (2025-12-03)
+++ v2 (2026-02-01)
@@ -163,72 +163,72 @@
   <si>
     <t>AVENUE OLIVIER MESSIAEN 72000 LE MANS</t>
   </si>
   <si>
     <t>UNIVERSITE DE POITIERS</t>
   </si>
   <si>
     <t>15 RUE DE L'HOTEL DIEU 86000 POITIERS</t>
   </si>
   <si>
     <t>17/10/1994</t>
   </si>
   <si>
     <t>5486P000386</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS EST CRETEIL VAL DE MARNE</t>
   </si>
   <si>
     <t>61 AVENUE DU GENERAL DE GAULLE 94000 CRETEIL</t>
   </si>
   <si>
     <t>1194P000794</t>
   </si>
   <si>
+    <t>FORMASUP PARIS ILE-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>72 B RUE DE LOURMEL 75015 PARIS</t>
+  </si>
+  <si>
+    <t>14/05/2019</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
     <t>FORMA SUP ARL</t>
   </si>
   <si>
     <t>66 AVENUE JEAN MERMOZ 69008 LYON</t>
   </si>
   <si>
     <t>01/06/2001</t>
   </si>
   <si>
     <t>85.59A</t>
-  </si>
-[...10 lines deleted...]
-    <t>85.59B</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -968,108 +968,108 @@
       <c r="F10" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I10" s="3" t="s">
         <v>48</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>43903961100025</v>
+        <v>42071817300065</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>52</v>
       </c>
       <c r="I11" s="3">
-        <v>84691657569</v>
+        <v>11755342375</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>42071817300065</v>
+        <v>43903961100025</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>54</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>55</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>56</v>
       </c>
       <c r="I12" s="3">
-        <v>11755342375</v>
+        <v>84691657569</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -1094,31 +1094,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/03/2025 12:06:57</dc:description>
+  <dc:description>Export en date du 02/01/2026 20:08:14</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>