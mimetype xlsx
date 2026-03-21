--- v2 (2026-02-01)
+++ v3 (2026-03-21)
@@ -1094,31 +1094,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/01/2026 20:08:14</dc:description>
+  <dc:description>Export en date du 03/21/2026 21:24:44</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>