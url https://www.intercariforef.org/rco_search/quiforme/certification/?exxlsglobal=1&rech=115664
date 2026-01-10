--- v0 (2025-11-21)
+++ v1 (2026-01-10)
@@ -208,78 +208,78 @@
   <si>
     <t>UNIVERSITE DE LIMOGES</t>
   </si>
   <si>
     <t>SERVICES CENTRAUX</t>
   </si>
   <si>
     <t>HOTEL DE L'UNIVERSITE 33 RUE FRANCOIS MITTERRAND 87000 LIMOGES</t>
   </si>
   <si>
     <t>15/04/2002</t>
   </si>
   <si>
     <t>7487P000287</t>
   </si>
   <si>
     <t>UNIVERSITE DE LA REUNION</t>
   </si>
   <si>
     <t>15 AVENUE RENE CASSIN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
+    <t>FORMASUP PARIS ILE-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>72 B RUE DE LOURMEL 75015 PARIS</t>
+  </si>
+  <si>
+    <t>14/05/2019</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>FORMASUP HAUTS DE FRANCE</t>
+  </si>
+  <si>
+    <t>PARC DES MOULINS 7 B AV DE LA CREATIVITE 59491 VILLENEUVE D ASCQ</t>
+  </si>
+  <si>
+    <t>01/10/2006</t>
+  </si>
+  <si>
     <t>INSTITUT CATHOLIQUE DE LILLE</t>
   </si>
   <si>
     <t>60 BOULEVARD VAUBAN 59800 LILLE</t>
   </si>
   <si>
     <t>01/01/1900</t>
-  </si>
-[...19 lines deleted...]
-    <t>01/10/2006</t>
   </si>
   <si>
     <t>JURISCAMPUS</t>
   </si>
   <si>
     <t>TECHNOPARC 10 1202 L’OCCITANE 31670 LABEGE</t>
   </si>
   <si>
     <t>15/03/2021</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -1178,154 +1178,154 @@
         <v>62</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>63</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I14" s="3"/>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>77562424000013</v>
+        <v>42071817300065</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>64</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>65</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>66</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>22</v>
+        <v>67</v>
       </c>
       <c r="I15" s="3">
-        <v>31590046859</v>
+        <v>11755342375</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>42071817300065</v>
+        <v>42813525500050</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>70</v>
+        <v>22</v>
       </c>
       <c r="I16" s="3">
-        <v>11755342375</v>
+        <v>32590996759</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>42813525500050</v>
+        <v>77562424000013</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>72</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>73</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I17" s="3">
-        <v>32590996759</v>
+        <v>31590046859</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>51772736800030</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>74</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>75</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>76</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>28</v>
@@ -1378,31 +1378,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/21/2025 16:42:06</dc:description>
+  <dc:description>Export en date du 01/10/2026 02:59:41</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>