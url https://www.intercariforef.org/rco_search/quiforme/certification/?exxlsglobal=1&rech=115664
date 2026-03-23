--- v1 (2026-01-10)
+++ v2 (2026-03-23)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -187,108 +187,105 @@
   <si>
     <t>PRESIDENCE DE L UNIVERSITE</t>
   </si>
   <si>
     <t>CHEMIN DU THIL 80000 AMIENS</t>
   </si>
   <si>
     <t>2280P000880</t>
   </si>
   <si>
     <t>UNIVERSITE DE POITIERS</t>
   </si>
   <si>
     <t>15 RUE DE L'HOTEL DIEU 86000 POITIERS</t>
   </si>
   <si>
     <t>17/10/1994</t>
   </si>
   <si>
     <t>5486P000386</t>
   </si>
   <si>
     <t>UNIVERSITE DE LIMOGES</t>
   </si>
   <si>
-    <t>SERVICES CENTRAUX</t>
-[...1 lines deleted...]
-  <si>
     <t>HOTEL DE L'UNIVERSITE 33 RUE FRANCOIS MITTERRAND 87000 LIMOGES</t>
   </si>
   <si>
     <t>15/04/2002</t>
   </si>
   <si>
     <t>7487P000287</t>
   </si>
   <si>
     <t>UNIVERSITE DE LA REUNION</t>
   </si>
   <si>
     <t>15 AVENUE RENE CASSIN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
     <t>FORMASUP PARIS ILE-DE-FRANCE</t>
   </si>
   <si>
     <t>72 B RUE DE LOURMEL 75015 PARIS</t>
   </si>
   <si>
     <t>14/05/2019</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>FORMASUP HAUTS DE FRANCE</t>
   </si>
   <si>
     <t>PARC DES MOULINS 7 B AV DE LA CREATIVITE 59491 VILLENEUVE D ASCQ</t>
   </si>
   <si>
     <t>01/10/2006</t>
   </si>
   <si>
+    <t>JURISCAMPUS</t>
+  </si>
+  <si>
+    <t>TECHNOPARC 10 1202 L’OCCITANE 31670 LABEGE</t>
+  </si>
+  <si>
+    <t>15/03/2021</t>
+  </si>
+  <si>
     <t>INSTITUT CATHOLIQUE DE LILLE</t>
   </si>
   <si>
     <t>60 BOULEVARD VAUBAN 59800 LILLE</t>
   </si>
   <si>
     <t>01/01/1900</t>
-  </si>
-[...7 lines deleted...]
-    <t>15/03/2021</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1112,251 +1109,249 @@
         <v>55</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>19870669900321</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="D13" s="2" t="s">
+      <c r="D13" s="2"/>
+      <c r="E13" s="2" t="s">
         <v>57</v>
       </c>
-      <c r="E13" s="2" t="s">
+      <c r="F13" s="2" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I13" s="3" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I14" s="3"/>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>42071817300065</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="I15" s="3">
         <v>11755342375</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>42813525500050</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="F16" s="2" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I16" s="3">
         <v>32590996759</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>77562424000013</v>
+        <v>51772736800030</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="F17" s="2" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="I17" s="3">
-        <v>31590046859</v>
+        <v>73310556131</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>51772736800030</v>
+        <v>77562424000013</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="I18" s="3">
-        <v>73310556131</v>
+        <v>31590046859</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
@@ -1378,31 +1373,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/10/2026 02:59:41</dc:description>
+  <dc:description>Export en date du 03/23/2026 04:02:00</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>