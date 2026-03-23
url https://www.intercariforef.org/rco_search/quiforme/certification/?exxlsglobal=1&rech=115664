--- v2 (2026-03-23)
+++ v3 (2026-03-23)
@@ -1373,31 +1373,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 03/23/2026 04:02:00</dc:description>
+  <dc:description>Export en date du 03/23/2026 05:23:48</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>