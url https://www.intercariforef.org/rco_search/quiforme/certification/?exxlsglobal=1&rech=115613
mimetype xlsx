--- v0 (2025-10-18)
+++ v1 (2025-12-14)
@@ -14,95 +14,95 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
-    <t>MINISTERE AUPRES DU MIN DE L'EDUCATION NATIONALE, CHARGE DE L'ENSEIGNEMENT SUPERIEUR ET DE LA RECHERCHE</t>
+    <t>MINISTERE DE L’ENSEIGNEMENT SUPERIEUR, DE LA RECHERCHE ET DE L’ESPACE</t>
   </si>
   <si>
     <t>HOTEL DE BONCOURT 21 RUE DESCARTES 75005 PARIS</t>
   </si>
   <si>
     <t>16/05/2012</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>UNIVERSITE GUSTAVE EIFFEL</t>
   </si>
   <si>
     <t>CAMPUS DE MARNE-LA-VALLEE 5 BOULEVARD DESCARTES 77420 CHAMPS-SUR-MARNE</t>
   </si>
   <si>
     <t>01/01/2020</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
@@ -196,50 +196,62 @@
   <si>
     <t>UNIVERSITE DE VERSAILLES-SAINT-QUENTIN-EN-YVELINES</t>
   </si>
   <si>
     <t>55 AVENUE DE PARIS 78000 VERSAILLES</t>
   </si>
   <si>
     <t>29/08/1991</t>
   </si>
   <si>
     <t>1178P004378</t>
   </si>
   <si>
     <t>UNIVERSITE AMIENS PICARDIE JULES VERNE</t>
   </si>
   <si>
     <t>PRESIDENCE DE L UNIVERSITE</t>
   </si>
   <si>
     <t>CHEMIN DU THIL 80000 AMIENS</t>
   </si>
   <si>
     <t>2280P000880</t>
   </si>
   <si>
+    <t>AVIGNON UNIVERSITE</t>
+  </si>
+  <si>
+    <t>74 RUE LOUIS PASTEUR 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>26/09/1997</t>
+  </si>
+  <si>
+    <t>9384P000984</t>
+  </si>
+  <si>
     <t>UNIVERSITE PARIS NANTERRE</t>
   </si>
   <si>
     <t>200 AVENUE DE LA REPUBLIQUE 92000 NANTERRE</t>
   </si>
   <si>
     <t>1192P000192</t>
   </si>
   <si>
     <t>UNIV PARIS XIII PARIS-NORD VILLETANEUSE</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS XIII.PARIS-NORD</t>
   </si>
   <si>
     <t>99 AVENUE JEAN-BAPTISTE CLEMENT 93430 VILLETANEUSE</t>
   </si>
   <si>
     <t>1193P000893</t>
   </si>
   <si>
     <t>UNIVERSITE DE PARIS VIII.PARIS VINCENNES</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS VIII.PARIS VINCENN</t>
@@ -256,69 +268,69 @@
   <si>
     <t>1194P000794</t>
   </si>
   <si>
     <t>UNIVERSITE DES ANTILLES</t>
   </si>
   <si>
     <t>CAMPUS FOUILLOLE 97110 POINTE A PITRE</t>
   </si>
   <si>
     <t>07/11/1983</t>
   </si>
   <si>
     <t>9597P000797</t>
   </si>
   <si>
     <t>UNIVERSITE CATHOLIQUE OUEST BRETAGNENORD</t>
   </si>
   <si>
     <t>CAMPUS TOUR D AUVERGNE 37 RUE DU MARECHAL FOCH 22200 GUINGAMP</t>
   </si>
   <si>
     <t>01/10/1993</t>
   </si>
   <si>
+    <t>ASSOCIATION SAINT-YVES / UNIVERSITE CATHOLIQUE DE L'OUEST</t>
+  </si>
+  <si>
+    <t>3 PLACE ANDRE LEROY 49100 ANGERS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
     <t>UCO LA REUNION</t>
   </si>
   <si>
     <t>46 BOULEVARD NOTRE DAME DE LA TRINITE 97400 SAINT-DENIS</t>
   </si>
   <si>
     <t>01/09/2015</t>
   </si>
   <si>
     <t>85.59A</t>
-  </si>
-[...7 lines deleted...]
-    <t>01/01/1900</t>
   </si>
   <si>
     <t>ASSOCIATION DE GESTION UCO NIORT</t>
   </si>
   <si>
     <t>CENTRE DU GUESCLIN PLACE CHANZY 79000 NIORT</t>
   </si>
   <si>
     <t>25/08/2021</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -666,51 +678,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M23"/>
+  <dimension ref="A1:M24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -1213,378 +1225,415 @@
       <c r="F14" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>59</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>19921204400010</v>
+        <v>19840685200204</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>61</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>45</v>
+        <v>62</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I15" s="3" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>19931238000017</v>
+        <v>19921204400010</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="D16" s="2" t="s">
         <v>64</v>
       </c>
+      <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>65</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I16" s="3" t="s">
         <v>66</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>19931827000014</v>
+        <v>19931238000017</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>68</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>69</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I17" s="3"/>
+      <c r="I17" s="3" t="s">
+        <v>70</v>
+      </c>
       <c r="J17" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>19941111700013</v>
+        <v>19931827000014</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>70</v>
-[...1 lines deleted...]
-      <c r="D18" s="2"/>
+        <v>71</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>72</v>
+      </c>
       <c r="E18" s="2" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I18" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I18" s="3"/>
       <c r="J18" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>19971585500011</v>
+        <v>19941111700013</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>75</v>
+        <v>45</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>76</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>39326123500013</v>
+        <v>19971585500011</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>77</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>78</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>79</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I20" s="3">
-        <v>53220498822</v>
+      <c r="I20" s="3" t="s">
+        <v>80</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>81327569000010</v>
+        <v>39326123500013</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="I21" s="3"/>
+        <v>22</v>
+      </c>
+      <c r="I21" s="3">
+        <v>53220498822</v>
+      </c>
       <c r="J21" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>78611668100010</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>84</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>85</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I22" s="3">
         <v>52490001049</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>88287053800023</v>
+        <v>81327569000010</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>88</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>89</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="I23" s="3">
+        <v>90</v>
+      </c>
+      <c r="I23" s="3"/>
+      <c r="J23" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K23" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L23" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M23" s="2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13">
+      <c r="A24" s="1">
+        <v>88287053800023</v>
+      </c>
+      <c r="B24" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C24" s="2" t="s">
+        <v>91</v>
+      </c>
+      <c r="D24" s="2"/>
+      <c r="E24" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="F24" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="G24" s="2"/>
+      <c r="H24" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="I24" s="3">
         <v>75790163279</v>
       </c>
-      <c r="J23" s="2" t="s">
-[...8 lines deleted...]
-      <c r="M23" s="2" t="s">
+      <c r="J24" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="K24" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L24" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="M24" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -1598,31 +1647,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/18/2025 12:08:40</dc:description>
+  <dc:description>Export en date du 12/14/2025 09:22:25</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>