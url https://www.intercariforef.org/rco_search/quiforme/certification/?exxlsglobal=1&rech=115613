--- v1 (2025-12-14)
+++ v2 (2026-02-14)
@@ -1647,31 +1647,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/14/2025 09:22:25</dc:description>
+  <dc:description>Export en date du 02/14/2026 04:41:12</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>