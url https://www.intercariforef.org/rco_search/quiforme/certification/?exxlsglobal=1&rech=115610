--- v0 (2025-10-20)
+++ v1 (2026-02-02)
@@ -598,53 +598,50 @@
   <si>
     <t>74 RUE LOUIS PASTEUR 84000 AVIGNON</t>
   </si>
   <si>
     <t>26/09/1997</t>
   </si>
   <si>
     <t>9384P000984</t>
   </si>
   <si>
     <t>UNIVERSITE DE POITIERS</t>
   </si>
   <si>
     <t>15 RUE DE L'HOTEL DIEU 86000 POITIERS</t>
   </si>
   <si>
     <t>17/10/1994</t>
   </si>
   <si>
     <t>5486P000386</t>
   </si>
   <si>
     <t>UNIVERSITE DE LIMOGES</t>
   </si>
   <si>
-    <t>SERVICES CENTRAUX</t>
-[...1 lines deleted...]
-  <si>
     <t>HOTEL DE L'UNIVERSITE 33 RUE FRANCOIS MITTERRAND 87000 LIMOGES</t>
   </si>
   <si>
     <t>15/04/2002</t>
   </si>
   <si>
     <t>7487P000287</t>
   </si>
   <si>
     <t>UNIVERSITE D'EVRY VAL D'ESSONNE</t>
   </si>
   <si>
     <t>23 BD FRANCOIS MITTERRAND 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>1191P002791</t>
   </si>
   <si>
     <t>UNIVERSITE PARIS NANTERRE</t>
   </si>
   <si>
     <t>200 AVENUE DE LA REPUBLIQUE 92000 NANTERRE</t>
   </si>
   <si>
     <t>1192P000192</t>
@@ -694,72 +691,75 @@
   <si>
     <t>15 AVENUE RENE CASSIN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>10/05/1984</t>
   </si>
   <si>
     <t>UNIVERSITE DE LA POLYNESIE FRANCAISE</t>
   </si>
   <si>
     <t>CAMPUS D OUTUMAORO 98703 PUNAAUIA</t>
   </si>
   <si>
     <t>15/11/2002</t>
   </si>
   <si>
     <t>UNIVERSITE CATHOLIQUE OUEST BRETAGNENORD</t>
   </si>
   <si>
     <t>CAMPUS TOUR D AUVERGNE 37 RUE DU MARECHAL FOCH 22200 GUINGAMP</t>
   </si>
   <si>
     <t>01/10/1993</t>
   </si>
   <si>
+    <t>INSTITUT CATHOLIQUE DE LILLE</t>
+  </si>
+  <si>
+    <t>60 BOULEVARD VAUBAN 59800 LILLE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
     <t>ASSOCIATION SAINT-YVES / UNIVERSITE CATHOLIQUE DE L'OUEST</t>
   </si>
   <si>
     <t>3 PLACE ANDRE LEROY 49100 ANGERS</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...7 lines deleted...]
-  <si>
     <t>AGEFASUP</t>
   </si>
   <si>
     <t>2 B BOULEVARD LEON BUREAU 44200 NANTES</t>
   </si>
   <si>
     <t>10/11/2017</t>
+  </si>
+  <si>
+    <t>19/03/2025</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>NIMES UNIVERSITE</t>
   </si>
   <si>
     <t>SITE VAUBAN RUE DU DOCTEUR GEORGES SALAN 30000 NIMES</t>
   </si>
   <si>
     <t>18/07/2024</t>
   </si>
   <si>
     <t>UNIVERSITE MARIE ET LOUIS PASTEUR</t>
   </si>
   <si>
     <t>MAISON DE L'UNIVERSITE</t>
   </si>
   <si>
     <t>01/12/2024</t>
   </si>
   <si>
     <t>UNIVERSITE BOURGOGNE EUROPE</t>
   </si>
@@ -3114,513 +3114,513 @@
         <v>192</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
         <v>19870669900321</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>193</v>
       </c>
-      <c r="D53" s="2" t="s">
+      <c r="D53" s="2"/>
+      <c r="E53" s="2" t="s">
         <v>194</v>
       </c>
-      <c r="E53" s="2" t="s">
+      <c r="F53" s="2" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I53" s="3" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
         <v>19911975100014</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>171</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I54" s="3" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
         <v>19921204400010</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>83</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I55" s="3" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
         <v>19931238000017</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
+        <v>203</v>
+      </c>
+      <c r="D56" s="2" t="s">
         <v>204</v>
       </c>
-      <c r="D56" s="2" t="s">
+      <c r="E56" s="2" t="s">
         <v>205</v>
-      </c>
-[...1 lines deleted...]
-        <v>206</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>83</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I56" s="3" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
         <v>19931827000014</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="D57" s="2" t="s">
         <v>208</v>
       </c>
-      <c r="D57" s="2" t="s">
+      <c r="E57" s="2" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>83</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I57" s="3"/>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
         <v>19941111700013</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>83</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I58" s="3" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
         <v>19971585500011</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>116</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I59" s="3" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="F60" s="2" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I60" s="3"/>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
         <v>19987001500013</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
+        <v>220</v>
+      </c>
+      <c r="F61" s="2" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I61" s="3"/>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
         <v>39326123500013</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
+        <v>223</v>
+      </c>
+      <c r="F62" s="2" t="s">
         <v>224</v>
-      </c>
-[...1 lines deleted...]
-        <v>225</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I62" s="3">
         <v>53220498822</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>78611668100010</v>
+        <v>77562424000013</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
+        <v>226</v>
+      </c>
+      <c r="F63" s="2" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I63" s="3">
-        <v>52490001049</v>
+        <v>31590046859</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>77562424000013</v>
+        <v>78611668100010</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I64" s="3">
-        <v>31590046859</v>
+        <v>52490001049</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
         <v>83401260100011</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
+        <v>231</v>
+      </c>
+      <c r="F65" s="2" t="s">
         <v>232</v>
       </c>
-      <c r="F65" s="2" t="s">
+      <c r="G65" s="2" t="s">
         <v>233</v>
       </c>
-      <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
         <v>234</v>
       </c>
       <c r="I65" s="3">
         <v>52440917744</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
         <v>93249157400012</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>235</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
         <v>236</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>237</v>
       </c>
@@ -3826,31 +3826,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/20/2025 12:29:12</dc:description>
+  <dc:description>Export en date du 02/02/2026 21:51:53</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>