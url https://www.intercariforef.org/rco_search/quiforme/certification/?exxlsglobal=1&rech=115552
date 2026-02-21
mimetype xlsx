--- v0 (2025-12-16)
+++ v1 (2026-02-21)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="197">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="194">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -226,399 +226,390 @@
   <si>
     <t>LE HOMMET D'ARTENAY 50620 PONT-HEBERT</t>
   </si>
   <si>
     <t>2550P003050</t>
   </si>
   <si>
     <t>AGRICAMPUS LAVAL</t>
   </si>
   <si>
     <t>321 ROUTE DE SAINT NAZAIRE 53000 LAVAL</t>
   </si>
   <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE AGRICOLE LA GERMINIERE-ROUILLON</t>
   </si>
   <si>
     <t>C.F.P.P.A. LYCEE AGRICOLE DU MANS</t>
   </si>
   <si>
     <t>LA GERMINIERE 72700 ROUILLON</t>
   </si>
   <si>
     <t>09/10/1987</t>
   </si>
   <si>
+    <t>CONCEPT PARTENAIRE ENTREPRISES</t>
+  </si>
+  <si>
+    <t>14 RUE ISAAC NEWTON 18000 BOURGES</t>
+  </si>
+  <si>
+    <t>21/09/2009</t>
+  </si>
+  <si>
     <t>SUD'MANAGEMENT ENTREPRISES</t>
   </si>
   <si>
     <t>SITE DE L AGROPLE AGROPOLE 47310 ESTILLAC</t>
   </si>
   <si>
     <t>04/01/1993</t>
   </si>
   <si>
     <t>INST FORM REG INDUST AGRO ALIMENT AUVERGNE RHONE ALPES</t>
   </si>
   <si>
     <t>AGRAPOLE 23 RUE JEAN BALDASSINI 69007 LYON</t>
   </si>
   <si>
     <t>05/12/2012</t>
   </si>
   <si>
+    <t>CEDIAL</t>
+  </si>
+  <si>
+    <t>PARC D'ACTIVITES DU GARON 6 PAS BONNEFOND 69700 GIVORS</t>
+  </si>
+  <si>
+    <t>01/11/1996</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>INSTITUT FORMAT REGION INDUS AGROALIMENT</t>
+  </si>
+  <si>
+    <t>44 RUE D'ALESIA 75014 PARIS</t>
+  </si>
+  <si>
+    <t>01/05/1998</t>
+  </si>
+  <si>
+    <t>27/12/2024</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION REGIONAL DES INDUSTRIES ALIMENTAIRES DE L'OUEST</t>
+  </si>
+  <si>
+    <t>MOULIN DES LANDES 5 RUE PIERRE TREMINTIN 29000 QUIMPER</t>
+  </si>
+  <si>
+    <t>26/03/2015</t>
+  </si>
+  <si>
+    <t>INST FORMA REGION INDUS AGRO ALIMEN PACA</t>
+  </si>
+  <si>
+    <t>FOOD IN PACA 885 CHEMIN DE LA FORET 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>01/01/2025</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION REGIONAL DES INDUSTRIES ALIMENTAIRES OCCITANIE</t>
+  </si>
+  <si>
+    <t>BUSINESS PARK BAT 1C 137 RUE CLAUDE BALBASTRE 34070 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>30/01/2025</t>
+  </si>
+  <si>
+    <t>ASS FORM PROF INDUSTRIE DE L'ADOUR</t>
+  </si>
+  <si>
+    <t>4 RUE FRERES C ET A D ORBIGNY 64000 PAU</t>
+  </si>
+  <si>
+    <t>01/10/1997</t>
+  </si>
+  <si>
+    <t>ALQUAL CONSEIL ET EXPERTISE (ALIMENTAIRE QUALITE CONSEIL ET EXPERTISE)</t>
+  </si>
+  <si>
+    <t>CAREP 3 57 SQUARE EUGENE HERZOG 54390 FROUARD</t>
+  </si>
+  <si>
+    <t>01/03/2022</t>
+  </si>
+  <si>
+    <t>74.90B</t>
+  </si>
+  <si>
+    <t>23 B RUE DE LA GARE 56690 LANDEVANT</t>
+  </si>
+  <si>
+    <t>03/07/2024</t>
+  </si>
+  <si>
+    <t>PA DU BOIS DE LA CHOQUE - BAT LE SILLAGE 15 AVENUE ARCHIMEDE 02100 SAINT-QUENTIN</t>
+  </si>
+  <si>
+    <t>20/09/2024</t>
+  </si>
+  <si>
+    <t>FERGUSS ACADEMIE</t>
+  </si>
+  <si>
+    <t>8 ZAC LA DONNIERE 69970 MARENNES</t>
+  </si>
+  <si>
+    <t>20/01/2020</t>
+  </si>
+  <si>
+    <t>ELIANCE FORMATION</t>
+  </si>
+  <si>
+    <t>149 RUE DE BERCY 75012 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/1994</t>
+  </si>
+  <si>
+    <t>72.19Z</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION REGIONAL DES INDUSTRIES ALIMENTAIRES DE BOURGOGNE ET FRANCHE-COMTE</t>
+  </si>
+  <si>
+    <t>12 RUE EDGAR FAURE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>01/04/2017</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION REGIONAL DES INDUSTRIES ALIMENTAIRES DE NOUVELLE AQUITAINE</t>
+  </si>
+  <si>
+    <t>CS80013 37 AVENUE DU DOCTEUR ALBERT SCHWEITZER 33600 PESSAC</t>
+  </si>
+  <si>
+    <t>01/12/2011</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>ALLIANCE 7 SERVICES</t>
+  </si>
+  <si>
+    <t>9 BOULEVARD MALESHERBES 75008 PARIS</t>
+  </si>
+  <si>
+    <t>04/11/2019</t>
+  </si>
+  <si>
+    <t>ITER ACTION</t>
+  </si>
+  <si>
+    <t>16 RUE DU STAND 30000 NIMES</t>
+  </si>
+  <si>
+    <t>01/09/2009</t>
+  </si>
+  <si>
+    <t>IDEACTION</t>
+  </si>
+  <si>
+    <t>23 B RUE DE LA BUTEE 62223 ANZIN-SAINT-AUBIN</t>
+  </si>
+  <si>
+    <t>07/05/2007</t>
+  </si>
+  <si>
+    <t>BOREALE FORMATION</t>
+  </si>
+  <si>
+    <t>MAISON DES ENTREPRISES 180 RUE PIERRE ET MARIE CURIE 01100 BELLIGNAT</t>
+  </si>
+  <si>
+    <t>27/01/2014</t>
+  </si>
+  <si>
+    <t>IDEALLIS</t>
+  </si>
+  <si>
+    <t>(ACCES 2 RUE JEAN BERTIN) 79 RUE BARTHELEMY DE LAFFEMAS 26000 VALENCE</t>
+  </si>
+  <si>
+    <t>28/12/2013</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE FORMATION PROFESSIONNELLE DE L'INDUSTRIE OCCITANIE</t>
+  </si>
+  <si>
+    <t>ZAC AFTALION CS 90028 14 RUE FRANCOIS PERROUX 34670 BAILLARGUES</t>
+  </si>
+  <si>
+    <t>14/01/2013</t>
+  </si>
+  <si>
+    <t>CTRE TECH CONSERVATION PRODUIT AGRICOLE</t>
+  </si>
+  <si>
+    <t>STATION EXPERIMENTALE CONSERVES CTPA</t>
+  </si>
+  <si>
+    <t>POLE TECH AGROPARC 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>01/07/1988</t>
+  </si>
+  <si>
+    <t>94.12Z</t>
+  </si>
+  <si>
+    <t>RUE DE LA GERAUDIERE 44300 NANTES</t>
+  </si>
+  <si>
+    <t>27/04/1998</t>
+  </si>
+  <si>
+    <t>ZAC DU MOULIOT 2 ALLEE DOMINIQUE SERRES 32000 AUCH</t>
+  </si>
+  <si>
+    <t>01/10/2012</t>
+  </si>
+  <si>
     <t>GROUPE SCOLAIRE D'ENSEIGNEMENT AGRICOLE  PRIVE ANTOINE DE SAINT-EXUPERY</t>
   </si>
   <si>
     <t>LA LANDE DU BREIL 39 RUE FERNAND ROBERT 35000 RENNES</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>POLE FORMATION UIMM LIMOUSIN - AFPI LIMOUSIN</t>
   </si>
   <si>
     <t>ZI ROMANET 9 RUE JEAN-BAPTISTE SAY 87000 LIMOGES</t>
   </si>
   <si>
     <t>01/05/1995</t>
   </si>
   <si>
     <t>ASSOCIATION DE FORMATION PROFESSIONNELLE DE L INDUSTRIE DU POITOU CHARENTES</t>
   </si>
   <si>
     <t>3 RUE ALFONSE DE SAINTONGE 17000 LA ROCHELLE</t>
   </si>
   <si>
     <t>01/01/2013</t>
   </si>
   <si>
     <t>ASS FORMATION PROF INDUSTRIE SUD OUEST</t>
   </si>
   <si>
     <t>MAISON METALURGIE 40 AVENUE MARYSE BASTIE 33520 BRUGES</t>
   </si>
   <si>
     <t>10/11/1988</t>
   </si>
   <si>
     <t>ASSOCIATION POUR LA FORMATION ET LE PERFECTIONNEMENT PROFESSIONNEL DES PAYS DE L'ADOUR</t>
   </si>
   <si>
     <t>ESPACE ENTREPRISE 1052 RUE DE LA FERME DU CARBOUE 40000 MONT-DE-MARSAN</t>
   </si>
   <si>
-    <t>01/11/1996</t>
-[...1 lines deleted...]
-  <si>
     <t>ASSOCIATION DE FORMATION PROFESSIONNELLE DE L INDUSTRIE-LORRAINE</t>
   </si>
   <si>
     <t>SITE TECHNO. ST JACQUES II 10 RUE ALFRED KASTLER 54320 MAXEVILLE</t>
   </si>
   <si>
     <t>01/10/1996</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>ASS FORMATION PERFECT INDUSTR SUCRIERES</t>
   </si>
   <si>
     <t>25 PLACE DE LA MADELEINE 75008 PARIS</t>
   </si>
   <si>
     <t>30/04/2021</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE BELLEVUE</t>
   </si>
   <si>
     <t>BP 262 44 CHEMIN DES PUYS 85700 POUZAUGES</t>
   </si>
   <si>
     <t>AFPI PAYS DE LA LOIRE</t>
   </si>
   <si>
     <t>9 RUE DE L'HALBRANE 44340 BOUGUENAIS</t>
   </si>
   <si>
     <t>15/06/2020</t>
   </si>
   <si>
     <t>OCTARIS FORMATION</t>
   </si>
   <si>
     <t>SAVOIE TECHNOLAC - BATIMENT ANDROMEDE 108 AVENUE LAC LEMAN 73290 LA MOTTE-SERVOLEX</t>
   </si>
   <si>
     <t>01/09/2018</t>
   </si>
   <si>
     <t>CECOP-RH</t>
   </si>
   <si>
     <t>HORIZON 2000 MACH 2 AVENUE DES HAUTS GRIGNEUX 76420 BIHOREL</t>
   </si>
   <si>
     <t>23/06/2016</t>
   </si>
   <si>
-    <t>70.22Z</t>
-[...220 lines deleted...]
-  <si>
     <t>TRIPLE I</t>
   </si>
   <si>
-    <t>40 RUE DE MOSCOU 75008 PARIS</t>
+    <t>6-10 6 RUE GUILLAUME BERTRAND 75011 PARIS</t>
   </si>
   <si>
     <t>15/03/2016</t>
   </si>
   <si>
-    <t>70.10Z</t>
+    <t>11.05Z</t>
   </si>
   <si>
     <t>OCAPIAT</t>
   </si>
   <si>
     <t>CS 60742 153 RUE DE LA POMPE 75016 PARIS</t>
   </si>
   <si>
     <t>01/01/2022</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
     <t>ASSOCIATION DE FORMATION PROFESSIONNELLE DE L'INDUSTRIE DE LA LOIRE DE LA DROME ET DE L'ARDECHE</t>
   </si>
   <si>
     <t>16 BOULEVARD ETIVALLIERE 42000 SAINT-ETIENNE</t>
   </si>
   <si>
     <t>01/07/2020</t>
   </si>
   <si>
     <t>ECHANGE FORMATION</t>
   </si>
@@ -987,51 +978,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M55"/>
+  <dimension ref="A1:M54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -1554,1566 +1545,1527 @@
       <c r="F14" s="2" t="s">
         <v>69</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I14" s="3">
         <v>52720100572</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>38980220800014</v>
+        <v>43931497200076</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>70</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>71</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>72</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I15" s="3">
-        <v>72470033047</v>
+        <v>24180070618</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>39329874000027</v>
+        <v>38980220800014</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="I16" s="3">
-        <v>82690413569</v>
+        <v>72470033047</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>77774619900010</v>
+        <v>39329874000027</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>76</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>77</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>78</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I17" s="3">
-        <v>53350117135</v>
+        <v>82690413569</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>77807367600034</v>
+        <v>40438639300023</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>79</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>80</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>24</v>
+        <v>82</v>
       </c>
       <c r="I18" s="3">
-        <v>74870000587</v>
+        <v>82690545669</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>78156617900037</v>
+        <v>41012254300029</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>13</v>
+        <v>83</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="G19" s="2"/>
+        <v>86</v>
+      </c>
+      <c r="G19" s="2" t="s">
+        <v>87</v>
+      </c>
       <c r="H19" s="2" t="s">
-        <v>24</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="I19" s="3"/>
       <c r="J19" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>78184307300029</v>
+        <v>41093664500044</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="I20" s="3">
-        <v>72330001233</v>
+        <v>53290768029</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>78209967500020</v>
+        <v>41279079200037</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I21" s="3">
-        <v>72400000340</v>
+        <v>93840173884</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>78334259500049</v>
+        <v>41330478300066</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>94</v>
+        <v>24</v>
       </c>
       <c r="I22" s="3">
-        <v>41540002154</v>
+        <v>91340355834</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>78467283400032</v>
+        <v>41441296500017</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I23" s="3">
-        <v>11750067775</v>
+        <v>72640157664</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>78834173300020</v>
+        <v>42024773600101</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>78</v>
+        <v>102</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>34</v>
+        <v>103</v>
       </c>
       <c r="I24" s="3">
-        <v>52850008385</v>
+        <v>22020081402</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>78835426400095</v>
+        <v>42024773600127</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>100</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>24</v>
+        <v>103</v>
       </c>
       <c r="I25" s="3">
-        <v>52440004544</v>
+        <v>22020081402</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>78987674500033</v>
+        <v>42024773600135</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>103</v>
-[...3 lines deleted...]
-      </c>
+        <v>100</v>
+      </c>
+      <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>24</v>
+        <v>103</v>
       </c>
       <c r="I26" s="3">
-        <v>82730155073</v>
+        <v>22020081402</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>79367441700035</v>
+        <v>42152046100383</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>109</v>
+        <v>24</v>
       </c>
       <c r="I27" s="3">
-        <v>23760537276</v>
+        <v>82690622569</v>
       </c>
       <c r="J27" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>52404616600038</v>
+        <v>42386630000019</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>24</v>
+        <v>114</v>
       </c>
       <c r="I28" s="3">
-        <v>82010131301</v>
+        <v>11752538575</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>52783305700021</v>
+        <v>42412236400039</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>109</v>
+        <v>34</v>
       </c>
       <c r="I29" s="3">
-        <v>82260187526</v>
+        <v>27210362821</v>
       </c>
       <c r="J29" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>52985396200023</v>
+        <v>45019707400039</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>24</v>
+        <v>121</v>
       </c>
       <c r="I30" s="3">
-        <v>91340713434</v>
+        <v>72330648833</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>43931497200076</v>
+        <v>48109071000023</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>24</v>
+        <v>121</v>
       </c>
       <c r="I31" s="3">
-        <v>24180070618</v>
+        <v>11753942175</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>45019707400039</v>
+        <v>49097813700027</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>94</v>
+        <v>24</v>
       </c>
       <c r="I32" s="3">
-        <v>72330648833</v>
+        <v>91300267030</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>40438639300023</v>
+        <v>49788829700015</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>90</v>
+        <v>130</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>109</v>
+        <v>24</v>
       </c>
       <c r="I33" s="3">
-        <v>82690545669</v>
+        <v>31620200262</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>41012254300029</v>
+        <v>52404616600038</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>127</v>
+        <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>130</v>
-[...3 lines deleted...]
-      </c>
+        <v>133</v>
+      </c>
+      <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="I34" s="3">
-        <v>11752754575</v>
+        <v>82010131301</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>41093664500044</v>
+        <v>52783305700021</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>24</v>
+        <v>82</v>
       </c>
       <c r="I35" s="3">
-        <v>53290768029</v>
+        <v>82260187526</v>
       </c>
       <c r="J35" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>41279079200037</v>
+        <v>52985396200023</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I36" s="3">
-        <v>93840173884</v>
+        <v>91340713434</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>41330478300058</v>
+        <v>77569174400053</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>138</v>
-[...1 lines deleted...]
-      <c r="D37" s="2"/>
+        <v>140</v>
+      </c>
+      <c r="D37" s="2" t="s">
+        <v>141</v>
+      </c>
       <c r="E37" s="2" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>24</v>
+        <v>144</v>
       </c>
       <c r="I37" s="3">
-        <v>91340355834</v>
+        <v>11752767175</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>41441296500017</v>
+        <v>77569174400095</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>24</v>
+        <v>144</v>
       </c>
       <c r="I38" s="3">
-        <v>72640157664</v>
+        <v>11752767175</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>42024773600101</v>
+        <v>77569174400137</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="I39" s="3">
-        <v>22020081402</v>
+        <v>11752767175</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>42024773600127</v>
+        <v>77774619900010</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>147</v>
+        <v>34</v>
       </c>
       <c r="I40" s="3">
-        <v>22020081402</v>
+        <v>53350117135</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>42024773600135</v>
+        <v>77807367600034</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>144</v>
+        <v>152</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>147</v>
+        <v>24</v>
       </c>
       <c r="I41" s="3">
-        <v>22020081402</v>
+        <v>74870000587</v>
       </c>
       <c r="J41" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>42152046100383</v>
+        <v>78156617900037</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I42" s="3">
-        <v>82690622569</v>
+        <v>54860000586</v>
       </c>
       <c r="J42" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>42386630000019</v>
+        <v>78184307300029</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>155</v>
+        <v>158</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>158</v>
+        <v>34</v>
       </c>
       <c r="I43" s="3">
-        <v>11752538575</v>
+        <v>72330001233</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>42412236400039</v>
+        <v>78209967500020</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>161</v>
+        <v>81</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="I44" s="3">
-        <v>27210362821</v>
+        <v>72400000340</v>
       </c>
       <c r="J44" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>48109071000023</v>
+        <v>78334259500049</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>94</v>
+        <v>121</v>
       </c>
       <c r="I45" s="3">
-        <v>11753942175</v>
+        <v>41540002154</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>49097813700027</v>
+        <v>78467283400032</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I46" s="3">
-        <v>91300267030</v>
+        <v>11750067775</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>39876749100044</v>
+        <v>78834173300020</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>170</v>
+        <v>151</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="I47" s="3">
-        <v>31590340059</v>
+        <v>52850008385</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>49788829700015</v>
+        <v>78835426400095</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>171</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
         <v>172</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>173</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I48" s="3">
-        <v>31620200262</v>
+        <v>52440004544</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>77569174400053</v>
+        <v>78987674500033</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>174</v>
       </c>
       <c r="D49" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="E49" s="2" t="s">
         <v>175</v>
       </c>
-      <c r="E49" s="2" t="s">
+      <c r="F49" s="2" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>178</v>
+        <v>24</v>
       </c>
       <c r="I49" s="3">
-        <v>11752767175</v>
+        <v>82730155073</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>77569174400095</v>
+        <v>79367441700035</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="F50" s="2" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>180</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>178</v>
+        <v>82</v>
       </c>
       <c r="I50" s="3">
-        <v>11752767175</v>
+        <v>23760537276</v>
       </c>
       <c r="J50" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>77569174400137</v>
+        <v>82057427500021</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
         <v>181</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>182</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="I51" s="3">
-        <v>11752767175</v>
+        <v>11755682075</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>82057427500013</v>
+        <v>84475200600024</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>186</v>
-[...3 lines deleted...]
-      </c>
+        <v>187</v>
+      </c>
+      <c r="I52" s="3"/>
       <c r="J52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M52" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>84475200600024</v>
+        <v>88479319100013</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>190</v>
-[...1 lines deleted...]
-      <c r="I53" s="3"/>
+        <v>24</v>
+      </c>
+      <c r="I53" s="3">
+        <v>84420342242</v>
+      </c>
       <c r="J53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M53" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>88479319100013</v>
+        <v>90334775500014</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>191</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
         <v>192</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>193</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I54" s="3">
-        <v>84420342242</v>
+        <v>84420362942</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
-        <v>19</v>
-[...35 lines deleted...]
-      <c r="M55" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -3127,31 +3079,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/16/2025 23:01:48</dc:description>
+  <dc:description>Export en date du 02/21/2026 02:48:22</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>