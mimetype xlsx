--- v0 (2025-12-25)
+++ v1 (2026-02-08)
@@ -130,50 +130,59 @@
   <si>
     <t>LE BOURG 42600 PRECIEUX</t>
   </si>
   <si>
     <t>8242P000442</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE DOUAI</t>
   </si>
   <si>
     <t>LEGTA DE DOUAI-WAGNONVILLE</t>
   </si>
   <si>
     <t>HAMEAU DE WAGNONVILLE 458 RUE DE LA MOTTE JULIEN 59500 DOUAI</t>
   </si>
   <si>
     <t>3159P003559</t>
   </si>
   <si>
     <t>LYCEE GENERAL TECHNOLOGIQUE PROFESSIONNEL AGRICOLE</t>
   </si>
   <si>
     <t>LA BRETONNIERE 67 RUE DU SEQUOIA 77120 CHAILLY-EN-BRIE</t>
   </si>
   <si>
+    <t>LYCEE RURAL PRIVE JEANNE ANTIDE</t>
+  </si>
+  <si>
+    <t>RTE DE BERSAT 74930 REIGNIER-ESERY</t>
+  </si>
+  <si>
+    <t>01/01/1996</t>
+  </si>
+  <si>
     <t>ASS MAISONS FAMIL EDUC ORIENT</t>
   </si>
   <si>
     <t>12 B PLACE DE LA DEMI LUNE 02260 LA CAPELLE</t>
   </si>
   <si>
     <t>03/11/2005</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE</t>
   </si>
   <si>
     <t>12 RUE ERNEST MERLIN 16200 JARNAC</t>
   </si>
   <si>
     <t>23/01/1989</t>
   </si>
   <si>
     <t>ASSOCIATION MAISON FAMILLIALE GUGNECOURT</t>
   </si>
   <si>
     <t>265 GRANDE RUE 88600 GUGNECOURT</t>
@@ -209,59 +218,50 @@
     <t>18 RUE DU CHATEAU 08260 MAUBERT-FONTAINE</t>
   </si>
   <si>
     <t>SYNDICAT ''AVENIR RURAL'' DE L'ARRONDISSEMENT DE DUNKERQUE, ASSOCIATION RESPONSABLE DE L'IETP DE HOYMILLE</t>
   </si>
   <si>
     <t>ROUTE DE WARHEM 59492 HOYMILLE</t>
   </si>
   <si>
     <t>27/09/1988</t>
   </si>
   <si>
     <t>94.11Z</t>
   </si>
   <si>
     <t>INSTITUT DE GENECH</t>
   </si>
   <si>
     <t>RUE DE LA LIBERATION 59242 GENECH</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE DES HAUTS PAYS</t>
   </si>
   <si>
     <t>7 RUE DES SANS CULOTTES 62650 CAMPAGNE-LES-BOULONNAIS</t>
-  </si>
-[...7 lines deleted...]
-    <t>01/01/1996</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -894,406 +894,406 @@
       <c r="F7" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I7" s="3">
         <v>11770556277</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>33503646300024</v>
+        <v>30296050500022</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>41</v>
+        <v>22</v>
       </c>
       <c r="I8" s="3">
-        <v>22020088302</v>
+        <v>82740073874</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>33778063900023</v>
+        <v>33503646300024</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="I9" s="3">
-        <v>54160018716</v>
+        <v>22020088302</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>38862894300010</v>
+        <v>33778063900023</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="I10" s="3">
-        <v>41880029788</v>
+        <v>54160018716</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>38972793400017</v>
+        <v>38862894300010</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="F11" s="2" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="I11" s="3">
-        <v>24180048718</v>
+        <v>41880029788</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>77825530700010</v>
+        <v>38972793400017</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>52</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>53</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>54</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I12" s="3"/>
+      <c r="I12" s="3">
+        <v>24180048718</v>
+      </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>78027043500016</v>
+        <v>77825530700010</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I13" s="3"/>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>78352239400031</v>
+        <v>78027043500016</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="I14" s="3"/>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>78362626000013</v>
+        <v>78352239400031</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="I15" s="3">
-        <v>31590008059</v>
+        <v>31590129559</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>78397621000014</v>
+        <v>78362626000013</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="I16" s="3">
-        <v>31620047762</v>
+        <v>31590008059</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>30296050500022</v>
+        <v>78397621000014</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>67</v>
+        <v>57</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I17" s="3">
-        <v>82740073874</v>
+        <v>31620047762</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
@@ -1312,31 +1312,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/25/2025 12:27:01</dc:description>
+  <dc:description>Export en date du 02/08/2026 17:46:55</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>