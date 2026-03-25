--- v1 (2026-02-08)
+++ v2 (2026-03-25)
@@ -130,114 +130,114 @@
   <si>
     <t>LE BOURG 42600 PRECIEUX</t>
   </si>
   <si>
     <t>8242P000442</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE DOUAI</t>
   </si>
   <si>
     <t>LEGTA DE DOUAI-WAGNONVILLE</t>
   </si>
   <si>
     <t>HAMEAU DE WAGNONVILLE 458 RUE DE LA MOTTE JULIEN 59500 DOUAI</t>
   </si>
   <si>
     <t>3159P003559</t>
   </si>
   <si>
     <t>LYCEE GENERAL TECHNOLOGIQUE PROFESSIONNEL AGRICOLE</t>
   </si>
   <si>
     <t>LA BRETONNIERE 67 RUE DU SEQUOIA 77120 CHAILLY-EN-BRIE</t>
   </si>
   <si>
+    <t>ASSOCIATION MAISON FAMILLIALE GUGNECOURT</t>
+  </si>
+  <si>
+    <t>265 GRANDE RUE 88600 GUGNECOURT</t>
+  </si>
+  <si>
+    <t>16/07/1992</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>ASS ENSEIGNE PROFESSION PRIVE AGRICOL</t>
+  </si>
+  <si>
+    <t>2 RUE DU CHANOINE VOLTON 18520 BENGY-SUR-CRAON</t>
+  </si>
+  <si>
+    <t>10/09/1992</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL RURAL PRIVE</t>
+  </si>
+  <si>
+    <t>20 RUE DANTON 21210 SAULIEU</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>ASS NOTRE DAME DE MAUBERT FONTAINE</t>
+  </si>
+  <si>
+    <t>18 RUE DU CHATEAU 08260 MAUBERT-FONTAINE</t>
+  </si>
+  <si>
     <t>LYCEE RURAL PRIVE JEANNE ANTIDE</t>
   </si>
   <si>
     <t>RTE DE BERSAT 74930 REIGNIER-ESERY</t>
   </si>
   <si>
     <t>01/01/1996</t>
   </si>
   <si>
     <t>ASS MAISONS FAMIL EDUC ORIENT</t>
   </si>
   <si>
     <t>12 B PLACE DE LA DEMI LUNE 02260 LA CAPELLE</t>
   </si>
   <si>
     <t>03/11/2005</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE</t>
   </si>
   <si>
     <t>12 RUE ERNEST MERLIN 16200 JARNAC</t>
   </si>
   <si>
     <t>23/01/1989</t>
-  </si>
-[...34 lines deleted...]
-    <t>18 RUE DU CHATEAU 08260 MAUBERT-FONTAINE</t>
   </si>
   <si>
     <t>SYNDICAT ''AVENIR RURAL'' DE L'ARRONDISSEMENT DE DUNKERQUE, ASSOCIATION RESPONSABLE DE L'IETP DE HOYMILLE</t>
   </si>
   <si>
     <t>ROUTE DE WARHEM 59492 HOYMILLE</t>
   </si>
   <si>
     <t>27/09/1988</t>
   </si>
   <si>
     <t>94.11Z</t>
   </si>
   <si>
     <t>INSTITUT DE GENECH</t>
   </si>
   <si>
     <t>RUE DE LA LIBERATION 59242 GENECH</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE DES HAUTS PAYS</t>
   </si>
   <si>
     <t>7 RUE DES SANS CULOTTES 62650 CAMPAGNE-LES-BOULONNAIS</t>
   </si>
@@ -894,301 +894,301 @@
       <c r="F7" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I7" s="3">
         <v>11770556277</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>30296050500022</v>
+        <v>38862894300010</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="I8" s="3">
-        <v>82740073874</v>
+        <v>41880029788</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>33503646300024</v>
+        <v>38972793400017</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>44</v>
+        <v>22</v>
       </c>
       <c r="I9" s="3">
-        <v>22020088302</v>
+        <v>24180048718</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>33778063900023</v>
+        <v>77825530700010</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="I10" s="3"/>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>38862894300010</v>
+        <v>78027043500016</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>49</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>51</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="I11" s="3"/>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>38972793400017</v>
+        <v>30296050500022</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I12" s="3">
-        <v>24180048718</v>
+        <v>82740073874</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>77825530700010</v>
+        <v>33503646300024</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="I13" s="3"/>
+        <v>56</v>
+      </c>
+      <c r="I13" s="3">
+        <v>22020088302</v>
+      </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>78027043500016</v>
+        <v>33778063900023</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="I14" s="3"/>
+        <v>56</v>
+      </c>
+      <c r="I14" s="3">
+        <v>54160018716</v>
+      </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>78352239400031</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>61</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>62</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>63</v>
       </c>
       <c r="I15" s="3">
         <v>31590129559</v>
@@ -1199,88 +1199,88 @@
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>78362626000013</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>64</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>65</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>44</v>
+        <v>56</v>
       </c>
       <c r="I16" s="3">
         <v>31590008059</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>78397621000014</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I17" s="3">
         <v>31620047762</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -1312,31 +1312,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/08/2026 17:46:55</dc:description>
+  <dc:description>Export en date du 03/25/2026 22:30:19</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>