--- v0 (2025-10-19)
+++ v1 (2025-12-04)
@@ -14,95 +14,95 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="468">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="251">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
-    <t>MINISTERE DE L'AGRICULTURE ET DE LA SOUVERAINETE ALIMENTAIRE</t>
+    <t>MINISTERE DE L'AGRICULTURE, DE L'AGRO-ALIMENTAIRE ET DE LA SOUVERAINETE ALIMENTAIRE</t>
   </si>
   <si>
     <t>HOTEL DE VILLEROY 78 RUE DE VARENNE 75007 PARIS</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>INSTITUT NATIONAL D'ENSEIGNEMENT SUPERIEUR POUR L'AGRICULTURE L'ALIMENTATION ET L'ENVIRONNEMENT</t>
   </si>
   <si>
     <t>42 RUE SCHEFFER 75016 PARIS</t>
   </si>
   <si>
     <t>28/12/2019</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
@@ -115,57 +115,57 @@
   <si>
     <t>LEGTPA LYCEE AGRICOLE AGROALIMENTAIRE</t>
   </si>
   <si>
     <t>79 AVENUE DE JASSERON 01000 BOURG-EN-BRESSE</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>8201P082601</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DU BOURBONNAIS</t>
   </si>
   <si>
     <t>LEGTPA DU BOURBONNAIS</t>
   </si>
   <si>
     <t>NEUVILLE 03000 NEUVY</t>
   </si>
   <si>
     <t>8303P001003</t>
   </si>
   <si>
-    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE MONTLUCON LAREQUILLE</t>
-[...5 lines deleted...]
-    <t>LA MAISON NEUVE 410 ROUTE DE CLERMONT 03310 DURDAT-LAREQUILLE</t>
+    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE GAP</t>
+  </si>
+  <si>
+    <t>LEGTA DE GAP</t>
+  </si>
+  <si>
+    <t>LES EMEYERES 127 ROUTE DE VALSERRES 05000 GAP</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE RETHEL</t>
   </si>
   <si>
     <t>LEGTPA RETHEL</t>
   </si>
   <si>
     <t>RTE DE NOVION 08300 RETHEL</t>
   </si>
   <si>
     <t>2108P000608</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE RODEZ-LA-ROQUE</t>
   </si>
   <si>
     <t>LEGTA</t>
   </si>
   <si>
     <t>LA ROQUE ROUTE D'ESPALION 12850 ONET-LE-CHATEAU</t>
   </si>
   <si>
     <t>7312P001112</t>
   </si>
@@ -271,59 +271,50 @@
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DU PERIGORD</t>
   </si>
   <si>
     <t>LEGTPA PERIGUEUX</t>
   </si>
   <si>
     <t>DOMAINE PEYROUSE AVENUE WINSTON CHURCHILL 24660 COULOUNIEIX-CHAMIERS</t>
   </si>
   <si>
     <t>7224P004224</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE L'EURE</t>
   </si>
   <si>
     <t>LEGTA DE CHAMBRAY</t>
   </si>
   <si>
     <t>DOMAINE DE CHAMBRAY 27160 MESNILS-SUR-ITON</t>
   </si>
   <si>
     <t>2327P001227</t>
   </si>
   <si>
-    <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE QUIMPER-BREHOULOU</t>
-[...7 lines deleted...]
-  <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES CHATEAULIN MORLAIX KERLIVER</t>
   </si>
   <si>
     <t>LEGTPA CHATEAULIN</t>
   </si>
   <si>
     <t>ROCADE DE PARC BIHAN 29150 CHATEAULIN</t>
   </si>
   <si>
     <t>5329P007529</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET FORMATION PROFESSIONNELLE AGRICOLES D'AUCH BEAULIEU LAVACANT</t>
   </si>
   <si>
     <t>LEGTA D'AUCH</t>
   </si>
   <si>
     <t>DOMAINE DE BEAULIEU ROUTE DE TARBES 32000 AUCH</t>
   </si>
   <si>
     <t>7332P000932</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE CHATEAUROUX</t>
@@ -682,786 +673,144 @@
   <si>
     <t>LD CONVENANCE 97122 BAIE-MAHAULT</t>
   </si>
   <si>
     <t>18/02/1985</t>
   </si>
   <si>
     <t>9597P001097</t>
   </si>
   <si>
     <t>EPLEFPA DE CROIX-RIVAIL</t>
   </si>
   <si>
     <t>LEGTA DE CROIX RIVAIL</t>
   </si>
   <si>
     <t>BOIS ROUGE CROIX RIVAIL 97224 DUCOS</t>
   </si>
   <si>
     <t>22/01/1985</t>
   </si>
   <si>
     <t>9797P001497</t>
   </si>
   <si>
-    <t>MAISON FAMILIALE RURALE D EDUCATION ET D ORIENTATION RHONE ALPILLES</t>
-[...70 lines deleted...]
-  <si>
     <t>ASS ENSEIGNE PROFESSION PRIVE AGRICOL</t>
   </si>
   <si>
     <t>2 RUE DU CHANOINE VOLTON 18520 BENGY-SUR-CRAON</t>
   </si>
   <si>
     <t>10/09/1992</t>
   </si>
   <si>
-    <t>LYCEE ISSAT</t>
-[...35 lines deleted...]
-    <t>36700 SAINT-CYRAN-DU-JAMBOT</t>
+    <t>MAISON FAMIL INST EDUCATION ORIENTATION</t>
+  </si>
+  <si>
+    <t>33 BOULEVARD DE BELLEVUE 21800 QUETIGNY</t>
+  </si>
+  <si>
+    <t>01/09/1994</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>70230 MONTBOZON</t>
+  </si>
+  <si>
+    <t>06/05/1986</t>
+  </si>
+  <si>
+    <t>LYCEE PROFESSIONNEL PRIVE DE LA BRESSE</t>
+  </si>
+  <si>
+    <t>CHATEAURENAUD 600 AVENUE FERNAND POINT 71500 LOUHANS</t>
+  </si>
+  <si>
+    <t>07/05/1992</t>
+  </si>
+  <si>
+    <t>ASSOCIATION MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>325 CHEMIN DE RONDE 01380 BAGE-LE-CHATEL</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
-    <t>MAISON FAMILIALE RURALE DU VAL DE MANSE</t>
-[...229 lines deleted...]
-  <si>
     <t>MAISON FAMILIALE RURALE EDUCATION ORIENT</t>
   </si>
   <si>
     <t>2 RUE DE ROIFFE 17700 SAINT-PIERRE-LA-NOUE</t>
   </si>
   <si>
-    <t>MAISON FAMILIALE RURALE EDUCAT ORIENTATI</t>
-[...61 lines deleted...]
-  <si>
     <t>INSTITUT SAINT ELOI</t>
   </si>
   <si>
     <t>36 RUE MARCELLIN GAUDEFROY 62450 BAPAUME</t>
   </si>
   <si>
-    <t>MAISON FAMILIALE RURALE DES HAUTS PAYS</t>
-[...37 lines deleted...]
-  <si>
     <t>MAISON FAMILIAL RURAL EDUCAT ORIENTATION</t>
   </si>
   <si>
     <t>LA ROUSSELIERE 49260 MONTREUIL-BELLAY</t>
   </si>
   <si>
-    <t>SYNDICAT ENSEIGNEMENT AGRIC POUILLE</t>
-[...31 lines deleted...]
-  <si>
     <t>MAISON FAMIL RURALE EDUCATION ORIENTAT</t>
   </si>
   <si>
     <t>LD MANGE 72360 VERNEIL-LE-CHETIF</t>
   </si>
   <si>
-    <t>1 BD LEON MAUDUIT 49500 SEGRE-EN-ANJOU BLEU</t>
-[...13 lines deleted...]
-  <si>
     <t>66 LA CROLIERE 51130 BLANCS-COTEAUX</t>
   </si>
   <si>
-    <t>CHATEAU DE CRECY 60430 SAINT-SULPICE</t>
-[...37 lines deleted...]
-  <si>
     <t>MAISON FAMILIALE RURALE DU RIBERACOIS</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE 24600 VANXAINS</t>
   </si>
   <si>
-    <t>MAISON FAMILIALE RURALE DE SAMER</t>
-[...73 lines deleted...]
-  <si>
     <t>ASS FAMILIALE FORMATION PROFES AGRICOLE</t>
   </si>
   <si>
     <t>2 RUE DE LA LIBERATION 56110 GOURIN</t>
   </si>
   <si>
     <t>20/07/1983</t>
   </si>
   <si>
     <t>MAISON FAM RURALE EDUCATION ORIENTATION</t>
   </si>
   <si>
     <t>LA CHOMEANE ROUTE DE GRANE 26400 DIVAJEU</t>
   </si>
   <si>
     <t>01/09/1959</t>
-  </si>
-[...67 lines deleted...]
-    <t>31/07/2009</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1800,51 +1149,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M160"/>
+  <dimension ref="A1:M69"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -2016,85 +1365,85 @@
       <c r="F5" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>19030143200018</v>
+        <v>19050012400010</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I6" s="3">
-        <v>84030392703</v>
+        <v>93050108105</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>19080804800010</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>27</v>
       </c>
@@ -2560,5313 +1909,1954 @@
       <c r="F19" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>84</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>19290018100012</v>
+        <v>19290341700017</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>85</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>86</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>87</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I20" s="3">
-        <v>53290927029</v>
+      <c r="I20" s="3" t="s">
+        <v>88</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>19290341700017</v>
+        <v>19320039100012</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D21" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E21" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I21" s="3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>19320039100012</v>
+        <v>19360017800019</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D22" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E22" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I22" s="3" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>19360017800019</v>
+        <v>19370781700014</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D23" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E23" s="2" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I23" s="3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>19370781700014</v>
+        <v>19381819200018</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="D24" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E24" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I24" s="3" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>19381819200018</v>
+        <v>19390810000012</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D25" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E25" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I25" s="3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>19390810000012</v>
+        <v>19410018600015</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D26" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="E26" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I26" s="3" t="s">
-        <v>111</v>
+      <c r="I26" s="3">
+        <v>24410173341</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>19410018600015</v>
+        <v>19421088600017</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>112</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>113</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>114</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I27" s="3">
-        <v>24410173341</v>
+      <c r="I27" s="3" t="s">
+        <v>115</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>19421088600017</v>
+        <v>19450094800048</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D28" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E28" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>16</v>
+        <v>119</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I28" s="3" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>19450094800048</v>
+        <v>19470019100019</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="D29" s="2" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="E29" s="2" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>122</v>
+        <v>16</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I29" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>19470019100019</v>
+        <v>19500060900014</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D30" s="2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="E30" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I30" s="3" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>19500060900014</v>
+        <v>19501213300011</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D31" s="2" t="s">
-        <v>129</v>
+        <v>41</v>
       </c>
       <c r="E31" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I31" s="3" t="s">
         <v>131</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>19501213300011</v>
+        <v>19520727900017</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>132</v>
       </c>
       <c r="D32" s="2" t="s">
-        <v>41</v>
+        <v>133</v>
       </c>
       <c r="E32" s="2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I32" s="3" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>19520727900017</v>
+        <v>19530081900016</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="D33" s="2" t="s">
         <v>136</v>
       </c>
+      <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
         <v>137</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I33" s="3" t="s">
-        <v>138</v>
+      <c r="I33" s="3">
+        <v>52530049153</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>19530081900016</v>
+        <v>19541207700016</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="D34" s="2" t="s">
         <v>139</v>
       </c>
-      <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>140</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I34" s="3">
-        <v>52530049153</v>
+      <c r="I34" s="3" t="s">
+        <v>141</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>19541207700016</v>
+        <v>19550752000011</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D35" s="2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E35" s="2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I35" s="3" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>19550752000011</v>
+        <v>19570086900017</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D36" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E36" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I36" s="3" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>19570086900017</v>
+        <v>19580055200026</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D37" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E37" s="2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>16</v>
+        <v>153</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I37" s="3" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>19580055200026</v>
+        <v>19593255300017</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D38" s="2" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>156</v>
+        <v>16</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I38" s="3" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>19593255300017</v>
+        <v>19610790800010</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D39" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E39" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I39" s="3" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>19610790800010</v>
+        <v>19622257400010</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D40" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E40" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I40" s="3" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>19622257400010</v>
+        <v>19630984300015</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D41" s="2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E41" s="2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I41" s="3" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>19630984300015</v>
+        <v>19680003100011</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D42" s="2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E42" s="2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I42" s="3" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>19680003100011</v>
+        <v>19700827900014</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>174</v>
-[...1 lines deleted...]
-      <c r="D43" s="2" t="s">
         <v>175</v>
       </c>
+      <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
         <v>176</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I43" s="3" t="s">
         <v>177</v>
       </c>
       <c r="J43" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>19700827900014</v>
+        <v>19711068700013</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>178</v>
       </c>
-      <c r="D44" s="2"/>
+      <c r="D44" s="2" t="s">
+        <v>41</v>
+      </c>
       <c r="E44" s="2" t="s">
         <v>179</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I44" s="3" t="s">
         <v>180</v>
       </c>
       <c r="J44" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>19711068700013</v>
+        <v>19720010800011</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>181</v>
       </c>
-      <c r="D45" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
         <v>182</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="I45" s="3" t="s">
         <v>183</v>
+      </c>
+      <c r="I45" s="3">
+        <v>52720100572</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>19720010800011</v>
+        <v>19730813300010</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>184</v>
       </c>
-      <c r="D46" s="2"/>
+      <c r="D46" s="2" t="s">
+        <v>185</v>
+      </c>
       <c r="E46" s="2" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>186</v>
-[...2 lines deleted...]
-        <v>52720100572</v>
+        <v>27</v>
+      </c>
+      <c r="I46" s="3" t="s">
+        <v>187</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>19730813300010</v>
+        <v>19761315100012</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D47" s="2" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E47" s="2" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>190</v>
+        <v>183</v>
+      </c>
+      <c r="I47" s="3">
+        <v>28760601576</v>
       </c>
       <c r="J47" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>19761315100012</v>
+        <v>19771357100010</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>191</v>
       </c>
-      <c r="D48" s="2" t="s">
+      <c r="D48" s="2"/>
+      <c r="E48" s="2" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>186</v>
+        <v>27</v>
       </c>
       <c r="I48" s="3">
-        <v>28760601576</v>
+        <v>11770556277</v>
       </c>
       <c r="J48" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>19771357100010</v>
+        <v>19790768600012</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
+        <v>193</v>
+      </c>
+      <c r="D49" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="E49" s="2" t="s">
         <v>194</v>
-      </c>
-[...2 lines deleted...]
-        <v>195</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I49" s="3">
-        <v>11770556277</v>
+      <c r="I49" s="3" t="s">
+        <v>195</v>
       </c>
       <c r="J49" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>19790768600012</v>
+        <v>19801272600016</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>196</v>
       </c>
-      <c r="D50" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
         <v>197</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I50" s="3" t="s">
         <v>198</v>
       </c>
       <c r="J50" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>19801272600016</v>
+        <v>19850144700017</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>199</v>
       </c>
-      <c r="D51" s="2"/>
+      <c r="D51" s="2" t="s">
+        <v>63</v>
+      </c>
       <c r="E51" s="2" t="s">
         <v>200</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I51" s="3" t="s">
-        <v>201</v>
+      <c r="I51" s="3">
+        <v>52850109685</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>19850144700017</v>
+        <v>19860718600014</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="D52" s="2" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="E52" s="2" t="s">
         <v>203</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I52" s="3">
-        <v>52850109685</v>
+      <c r="I52" s="3" t="s">
+        <v>204</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>19860718600014</v>
+        <v>19870581600017</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D53" s="2" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E53" s="2" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I53" s="3" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L53" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>19870581600017</v>
+        <v>19881070700010</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>208</v>
-[...1 lines deleted...]
-      <c r="D54" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="D54" s="2"/>
+      <c r="E54" s="2" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I54" s="3" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>19881070700010</v>
+        <v>19971804000017</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
+        <v>211</v>
+      </c>
+      <c r="F55" s="2" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I55" s="3" t="s">
         <v>213</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>19971804000017</v>
+        <v>19972616700018</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>178</v>
-[...1 lines deleted...]
-      <c r="D56" s="2"/>
+        <v>214</v>
+      </c>
+      <c r="D56" s="2" t="s">
+        <v>215</v>
+      </c>
       <c r="E56" s="2" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I56" s="3" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>19972616700018</v>
+        <v>38972793400017</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>217</v>
-[...3 lines deleted...]
-      </c>
+        <v>219</v>
+      </c>
+      <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I57" s="3" t="s">
-        <v>221</v>
+      <c r="I57" s="3">
+        <v>24180048718</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>40918828100029</v>
+        <v>77824598500024</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
         <v>223</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>224</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>225</v>
+        <v>183</v>
       </c>
       <c r="I58" s="3">
-        <v>93131600613</v>
+        <v>26210055021</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>41182875900026</v>
+        <v>77852478500012</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
+        <v>226</v>
+      </c>
+      <c r="F59" s="2" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>229</v>
+        <v>27</v>
       </c>
       <c r="I59" s="3">
-        <v>83430024243</v>
+        <v>43700020170</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>41244868000014</v>
+        <v>77859246900028</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>229</v>
-[...3 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="I60" s="3"/>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>41461021200014</v>
+        <v>77929544300013</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>236</v>
+        <v>27</v>
       </c>
       <c r="I61" s="3">
-        <v>25610010561</v>
+        <v>84010222601</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L61" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>37919776700013</v>
+        <v>78136153000012</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>239</v>
+        <v>233</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I62" s="3">
-        <v>52720136872</v>
+        <v>54170045017</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>38752808600011</v>
+        <v>78392259400016</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>242</v>
+        <v>233</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>225</v>
+        <v>27</v>
       </c>
       <c r="I63" s="3">
-        <v>23760487976</v>
+        <v>32620323862</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>38862894300010</v>
+        <v>78617972100018</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>243</v>
+        <v>238</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>244</v>
+        <v>239</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>245</v>
+        <v>233</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="I64" s="3">
-        <v>41880029788</v>
+        <v>52490071349</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>38972793400017</v>
+        <v>78834539500016</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>246</v>
+        <v>240</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>248</v>
+        <v>233</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I65" s="3">
-        <v>24180048718</v>
+        <v>52720110372</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>39948808900026</v>
+        <v>30286824500010</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>249</v>
-[...3 lines deleted...]
-      </c>
+        <v>234</v>
+      </c>
+      <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>251</v>
+        <v>242</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>252</v>
+        <v>233</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I66" s="3">
-        <v>53351055135</v>
+        <v>21510123251</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>81987284700028</v>
+        <v>31172039500020</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>253</v>
+        <v>243</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>254</v>
+        <v>244</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>255</v>
+        <v>233</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>256</v>
+        <v>27</v>
       </c>
       <c r="I67" s="3">
-        <v>93840393884</v>
+        <v>72240035924</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>47901899600013</v>
+        <v>32775402400013</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>257</v>
+        <v>245</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>258</v>
+        <v>246</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>259</v>
+        <v>247</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I68" s="3">
-        <v>73320036632</v>
+        <v>53561002256</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>77522173200016</v>
+        <v>33392505500019</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>260</v>
+        <v>248</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>261</v>
+        <v>249</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>262</v>
+        <v>250</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I69" s="3">
-        <v>24360077136</v>
+        <v>82260182926</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M69" s="2" t="s">
-        <v>23</v>
-[...3352 lines deleted...]
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -7879,31 +3869,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/19/2025 06:41:56</dc:description>
+  <dc:description>Export en date du 12/04/2025 03:25:37</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>