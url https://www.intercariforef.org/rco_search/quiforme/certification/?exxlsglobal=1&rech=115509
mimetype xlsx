--- v1 (2025-12-04)
+++ v2 (2026-01-23)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="251">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="254">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -673,144 +673,153 @@
   <si>
     <t>LD CONVENANCE 97122 BAIE-MAHAULT</t>
   </si>
   <si>
     <t>18/02/1985</t>
   </si>
   <si>
     <t>9597P001097</t>
   </si>
   <si>
     <t>EPLEFPA DE CROIX-RIVAIL</t>
   </si>
   <si>
     <t>LEGTA DE CROIX RIVAIL</t>
   </si>
   <si>
     <t>BOIS ROUGE CROIX RIVAIL 97224 DUCOS</t>
   </si>
   <si>
     <t>22/01/1985</t>
   </si>
   <si>
     <t>9797P001497</t>
   </si>
   <si>
+    <t>MAISON FAMILIALE RURALE EDUCATION ORIENT</t>
+  </si>
+  <si>
+    <t>66 LA CROLIERE 51130 BLANCS-COTEAUX</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE DU RIBERACOIS</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE 24600 VANXAINS</t>
+  </si>
+  <si>
+    <t>ASS FAMILIALE FORMATION PROFES AGRICOLE</t>
+  </si>
+  <si>
+    <t>2 RUE DE LA LIBERATION 56110 GOURIN</t>
+  </si>
+  <si>
+    <t>20/07/1983</t>
+  </si>
+  <si>
+    <t>MAISON FAM RURALE EDUCATION ORIENTATION</t>
+  </si>
+  <si>
+    <t>LA CHOMEANE ROUTE DE GRANE 26400 DIVAJEU</t>
+  </si>
+  <si>
+    <t>01/09/1959</t>
+  </si>
+  <si>
+    <t>ASSOCIATION GROUPE ESA</t>
+  </si>
+  <si>
+    <t>55 RUE RABELAIS 49000 ANGERS</t>
+  </si>
+  <si>
+    <t>18/06/1987</t>
+  </si>
+  <si>
     <t>ASS ENSEIGNE PROFESSION PRIVE AGRICOL</t>
   </si>
   <si>
     <t>2 RUE DU CHANOINE VOLTON 18520 BENGY-SUR-CRAON</t>
   </si>
   <si>
     <t>10/09/1992</t>
   </si>
   <si>
     <t>MAISON FAMIL INST EDUCATION ORIENTATION</t>
   </si>
   <si>
     <t>33 BOULEVARD DE BELLEVUE 21800 QUETIGNY</t>
   </si>
   <si>
     <t>01/09/1994</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE</t>
   </si>
   <si>
     <t>70230 MONTBOZON</t>
   </si>
   <si>
     <t>06/05/1986</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL PRIVE DE LA BRESSE</t>
   </si>
   <si>
     <t>CHATEAURENAUD 600 AVENUE FERNAND POINT 71500 LOUHANS</t>
   </si>
   <si>
     <t>07/05/1992</t>
   </si>
   <si>
     <t>ASSOCIATION MAISON FAMILIALE RURALE</t>
   </si>
   <si>
     <t>325 CHEMIN DE RONDE 01380 BAGE-LE-CHATEL</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...4 lines deleted...]
-  <si>
     <t>2 RUE DE ROIFFE 17700 SAINT-PIERRE-LA-NOUE</t>
   </si>
   <si>
     <t>INSTITUT SAINT ELOI</t>
   </si>
   <si>
     <t>36 RUE MARCELLIN GAUDEFROY 62450 BAPAUME</t>
   </si>
   <si>
     <t>MAISON FAMILIAL RURAL EDUCAT ORIENTATION</t>
   </si>
   <si>
     <t>LA ROUSSELIERE 49260 MONTREUIL-BELLAY</t>
   </si>
   <si>
     <t>MAISON FAMIL RURALE EDUCATION ORIENTAT</t>
   </si>
   <si>
     <t>LD MANGE 72360 VERNEIL-LE-CHETIF</t>
-  </si>
-[...25 lines deleted...]
-    <t>01/09/1959</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1149,51 +1158,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M69"/>
+  <dimension ref="A1:M70"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -3338,524 +3347,561 @@
       <c r="F56" s="2" t="s">
         <v>217</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I56" s="3" t="s">
         <v>218</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>38972793400017</v>
+        <v>30286824500010</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>219</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
         <v>220</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>221</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I57" s="3">
-        <v>24180048718</v>
+        <v>21510123251</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>77824598500024</v>
+        <v>31172039500020</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
         <v>223</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>183</v>
+        <v>27</v>
       </c>
       <c r="I58" s="3">
-        <v>26210055021</v>
+        <v>72240035924</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>77852478500012</v>
+        <v>32775402400013</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
+        <v>225</v>
+      </c>
+      <c r="F59" s="2" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I59" s="3">
-        <v>43700020170</v>
+        <v>53561002256</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>77859246900028</v>
+        <v>33392505500019</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
+        <v>228</v>
+      </c>
+      <c r="F60" s="2" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I60" s="3"/>
+      <c r="I60" s="3">
+        <v>82260182926</v>
+      </c>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>77929544300013</v>
+        <v>34238263700011</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
+        <v>231</v>
+      </c>
+      <c r="F61" s="2" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I61" s="3">
-        <v>84010222601</v>
+        <v>52490003849</v>
       </c>
       <c r="J61" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L61" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M61" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>78136153000012</v>
+        <v>38972793400017</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
+        <v>234</v>
+      </c>
+      <c r="F62" s="2" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I62" s="3">
-        <v>54170045017</v>
+        <v>24180048718</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>78392259400016</v>
+        <v>77824598500024</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>236</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
         <v>237</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>27</v>
+        <v>183</v>
       </c>
       <c r="I63" s="3">
-        <v>32620323862</v>
+        <v>26210055021</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M63" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>78617972100018</v>
+        <v>77852478500012</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>233</v>
+        <v>241</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I64" s="3">
-        <v>52490071349</v>
+        <v>43700020170</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>78834539500016</v>
+        <v>77859246900028</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>233</v>
+        <v>244</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="I65" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I65" s="3"/>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>30286824500010</v>
+        <v>77929544300013</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>234</v>
+        <v>245</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>233</v>
+        <v>221</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I66" s="3">
-        <v>21510123251</v>
+        <v>84010222601</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M66" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>31172039500020</v>
+        <v>78136153000012</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>243</v>
+        <v>219</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>233</v>
+        <v>221</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I67" s="3">
-        <v>72240035924</v>
+        <v>54170045017</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>32775402400013</v>
+        <v>78392259400016</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>247</v>
+        <v>221</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I68" s="3">
-        <v>53561002256</v>
+        <v>32620323862</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>33392505500019</v>
+        <v>78617972100018</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>250</v>
+        <v>221</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I69" s="3">
-        <v>82260182926</v>
+        <v>52490071349</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M69" s="2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13">
+      <c r="A70" s="1">
+        <v>78834539500016</v>
+      </c>
+      <c r="B70" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C70" s="2" t="s">
+        <v>252</v>
+      </c>
+      <c r="D70" s="2"/>
+      <c r="E70" s="2" t="s">
+        <v>253</v>
+      </c>
+      <c r="F70" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="G70" s="2"/>
+      <c r="H70" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="I70" s="3">
+        <v>52720110372</v>
+      </c>
+      <c r="J70" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K70" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L70" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M70" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -3869,31 +3915,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/04/2025 03:25:37</dc:description>
+  <dc:description>Export en date du 01/23/2026 10:13:23</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>