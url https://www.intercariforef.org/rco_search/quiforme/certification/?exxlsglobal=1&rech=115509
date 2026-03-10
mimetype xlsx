--- v2 (2026-01-23)
+++ v3 (2026-03-10)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="254">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="260">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -751,54 +751,72 @@
   <si>
     <t>33 BOULEVARD DE BELLEVUE 21800 QUETIGNY</t>
   </si>
   <si>
     <t>01/09/1994</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE</t>
   </si>
   <si>
     <t>70230 MONTBOZON</t>
   </si>
   <si>
     <t>06/05/1986</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL PRIVE DE LA BRESSE</t>
   </si>
   <si>
     <t>CHATEAURENAUD 600 AVENUE FERNAND POINT 71500 LOUHANS</t>
   </si>
   <si>
     <t>07/05/1992</t>
   </si>
   <si>
+    <t>ECOL AGRIC PRIVE MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>03470 SALIGNY-SUR-ROUDON</t>
+  </si>
+  <si>
     <t>ASSOCIATION MAISON FAMILIALE RURALE</t>
   </si>
   <si>
     <t>325 CHEMIN DE RONDE 01380 BAGE-LE-CHATEL</t>
+  </si>
+  <si>
+    <t>ORPHELINAT AGRICOLE DE GIEL</t>
+  </si>
+  <si>
+    <t>UFA DE GIEL DON BOSCO</t>
+  </si>
+  <si>
+    <t>LES COURS 61210 GIEL-COURTEILLES</t>
+  </si>
+  <si>
+    <t>01/09/2020</t>
   </si>
   <si>
     <t>2 RUE DE ROIFFE 17700 SAINT-PIERRE-LA-NOUE</t>
   </si>
   <si>
     <t>INSTITUT SAINT ELOI</t>
   </si>
   <si>
     <t>36 RUE MARCELLIN GAUDEFROY 62450 BAPAUME</t>
   </si>
   <si>
     <t>MAISON FAMILIAL RURAL EDUCAT ORIENTATION</t>
   </si>
   <si>
     <t>LA ROUSSELIERE 49260 MONTREUIL-BELLAY</t>
   </si>
   <si>
     <t>MAISON FAMIL RURALE EDUCATION ORIENTAT</t>
   </si>
   <si>
     <t>LD MANGE 72360 VERNEIL-LE-CHETIF</t>
   </si>
 </sst>
 </file>
 
@@ -1158,51 +1176,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M70"/>
+  <dimension ref="A1:M72"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -3678,230 +3696,306 @@
         <v>243</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>244</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I65" s="3"/>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>77929544300013</v>
+        <v>77905162200016</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>245</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
         <v>246</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>221</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I66" s="3">
-        <v>84010222601</v>
+        <v>83030335203</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M66" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>78136153000012</v>
+        <v>77929544300013</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>219</v>
+        <v>247</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>221</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I67" s="3">
-        <v>54170045017</v>
+        <v>84010222601</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M67" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>78392259400016</v>
+        <v>78095858300053</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>248</v>
-[...1 lines deleted...]
-      <c r="D68" s="2"/>
+        <v>249</v>
+      </c>
+      <c r="D68" s="2" t="s">
+        <v>250</v>
+      </c>
       <c r="E68" s="2" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>221</v>
+        <v>252</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I68" s="3">
-        <v>32620323862</v>
+        <v>25610007561</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>78617972100018</v>
+        <v>78136153000012</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>250</v>
+        <v>219</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>221</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I69" s="3">
-        <v>52490071349</v>
+        <v>54170045017</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M69" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>78834539500016</v>
+        <v>78392259400016</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>221</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I70" s="3">
+        <v>32620323862</v>
+      </c>
+      <c r="J70" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K70" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L70" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M70" s="2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13">
+      <c r="A71" s="1">
+        <v>78617972100018</v>
+      </c>
+      <c r="B71" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C71" s="2" t="s">
+        <v>256</v>
+      </c>
+      <c r="D71" s="2"/>
+      <c r="E71" s="2" t="s">
+        <v>257</v>
+      </c>
+      <c r="F71" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="G71" s="2"/>
+      <c r="H71" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="I71" s="3">
+        <v>52490071349</v>
+      </c>
+      <c r="J71" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K71" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L71" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M71" s="2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13">
+      <c r="A72" s="1">
+        <v>78834539500016</v>
+      </c>
+      <c r="B72" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C72" s="2" t="s">
+        <v>258</v>
+      </c>
+      <c r="D72" s="2"/>
+      <c r="E72" s="2" t="s">
+        <v>259</v>
+      </c>
+      <c r="F72" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="G72" s="2"/>
+      <c r="H72" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="I72" s="3">
         <v>52720110372</v>
       </c>
-      <c r="J70" s="2" t="s">
-[...8 lines deleted...]
-      <c r="M70" s="2" t="s">
+      <c r="J72" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K72" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L72" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M72" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -3915,31 +4009,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/23/2026 10:13:23</dc:description>
+  <dc:description>Export en date du 03/10/2026 04:41:30</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>