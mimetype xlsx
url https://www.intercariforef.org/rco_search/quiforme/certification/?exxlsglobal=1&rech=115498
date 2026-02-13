--- v0 (2025-12-28)
+++ v1 (2026-02-13)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="286">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="287">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -754,168 +754,171 @@
   <si>
     <t>4390P000790</t>
   </si>
   <si>
     <t xml:space="preserve"> LYCEE POLYVALENT JEANNE BARET - LYCEE DES METIERS DE L'HORTICULTURE ET DU PAYSAGE</t>
   </si>
   <si>
     <t>16 RUE PAUL DOUMER 93100 MONTREUIL</t>
   </si>
   <si>
     <t>CAMPUS TERRE ET NATURE</t>
   </si>
   <si>
     <t>ROUTE DE SAINT HILAIRE 11000 CARCASSONNE</t>
   </si>
   <si>
     <t>01/01/2007</t>
   </si>
   <si>
     <t>84.12Z</t>
   </si>
   <si>
     <t>9111P089111</t>
   </si>
   <si>
+    <t>SYLVA CAMPUS</t>
+  </si>
+  <si>
+    <t>103 ROUTE DE ROCHEMAURE 26200 MONTELIMAR</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
     <t>MAISON FAMILIALE RURALE EDUCATION ORIENT</t>
   </si>
   <si>
+    <t>80520 YZENGREMER</t>
+  </si>
+  <si>
+    <t>ASSOCIATION FAMILIALE DE GESTION DU LYCEE HORTICOLE PRIVE DE LYON PRESSIN</t>
+  </si>
+  <si>
+    <t>81 CHEMIN DE BEAUNANT 69230 SAINT-GENIS-LAVAL</t>
+  </si>
+  <si>
+    <t>01/09/1985</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE LE GRAND MAS</t>
+  </si>
+  <si>
+    <t>ROUTE DE NIMES 30700 UZES</t>
+  </si>
+  <si>
+    <t>13/12/1996</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE DE VALFOSSE</t>
+  </si>
+  <si>
+    <t>CHATEAU DE VALFOSSE 8 RUE DU FOND DE MOURIEZ 62140 MARCONNE</t>
+  </si>
+  <si>
+    <t>02/05/1999</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE DES ETANGS DE HAUTE SOMME</t>
+  </si>
+  <si>
+    <t>1 ROND POINT DU BOIS FAUVEL 80340 ECLUSIER-VAUX</t>
+  </si>
+  <si>
+    <t>18/05/2010</t>
+  </si>
+  <si>
+    <t>CAMPUS LA MOUILLERE ORLEANS LOIRE VALLEY</t>
+  </si>
+  <si>
+    <t>66 AVENUE DE LA MOUILLERE 45100 ORLEANS</t>
+  </si>
+  <si>
+    <t>FONDATION APPRENTIS D'AUTEUIL</t>
+  </si>
+  <si>
+    <t>LYCEE HORTICOLE ET PAYSAGER PRIVE STE JEANNE D ARC</t>
+  </si>
+  <si>
+    <t>RUE PAUL DELVAUX 37600 LOCHES</t>
+  </si>
+  <si>
+    <t>01/01/2015</t>
+  </si>
+  <si>
+    <t>MAISON FAMIL RURAL EDUCATION ORIENTATION</t>
+  </si>
+  <si>
+    <t>JAVOLS RTE D'AUMONT 48130 PEYRE EN AUBRAC</t>
+  </si>
+  <si>
+    <t>ISETA - ECA</t>
+  </si>
+  <si>
+    <t>ECOLE D'AGRICULTURE DE POISY 859 ROUTE DE L'ECOLE D'AGRICULTURE 74330 POISY</t>
+  </si>
+  <si>
     <t>SOUS LES SANGLES 25500 LES FINS</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>MFR DE L ENTRE 2 MERS</t>
   </si>
   <si>
     <t>67 RUE DU GESTAS 33670 LA SAUVE</t>
   </si>
   <si>
     <t>CRTE FORMATION PROFESSIONNELLE HORTICOLE</t>
   </si>
   <si>
     <t>6 RUE DU COLLEGE 88700 ROVILLE-AUX-CHENES</t>
   </si>
   <si>
     <t>INSTITUT DE GENECH</t>
   </si>
   <si>
     <t>RUE DE LA LIBERATION 59242 GENECH</t>
   </si>
   <si>
     <t>ASSOCIATION FAMILIALE DE GESTION DE BRIACE</t>
   </si>
   <si>
     <t>BRIACE 44430 LANDREAU (LE)</t>
   </si>
   <si>
     <t>19/05/1954</t>
   </si>
   <si>
     <t>ASS GESTION ECOLE AGRICULTURE ETABLIERES</t>
   </si>
   <si>
     <t>ROUTE DE NANTES 85000 LA ROCHE-SUR-YON</t>
   </si>
   <si>
     <t>85.42Z</t>
-  </si>
-[...73 lines deleted...]
-    <t>ECOLE D'AGRICULTURE DE POISY 859 ROUTE DE L'ECOLE D'AGRICULTURE 74330 POISY</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1254,51 +1257,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M78"/>
+  <dimension ref="A1:M79"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -3718,602 +3721,639 @@
       <c r="F63" s="2" t="s">
         <v>243</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>244</v>
       </c>
       <c r="I63" s="3" t="s">
         <v>245</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>77831080500016</v>
+        <v>30280269900017</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>246</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
         <v>247</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>248</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I64" s="3">
-        <v>43250195625</v>
+        <v>82260001926</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>78201137300019</v>
+        <v>30304171900012</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>249</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
         <v>250</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>248</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>29</v>
+        <v>119</v>
       </c>
       <c r="I65" s="3">
-        <v>72330845333</v>
+        <v>22800018780</v>
       </c>
       <c r="J65" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>78346979400011</v>
+        <v>33509397700015</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>251</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
         <v>252</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I66" s="3">
-        <v>41880003688</v>
+        <v>82691206369</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>78362626000013</v>
+        <v>42117322000011</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>248</v>
+        <v>256</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>119</v>
+        <v>29</v>
       </c>
       <c r="I67" s="3">
-        <v>31590008059</v>
+        <v>91300014630</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>78596647400013</v>
+        <v>42285299600012</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>29</v>
+        <v>260</v>
       </c>
       <c r="I68" s="3">
-        <v>52440459544</v>
+        <v>31620187262</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>78644691400016</v>
+        <v>42446604300025</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>248</v>
+        <v>263</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>260</v>
+        <v>29</v>
       </c>
       <c r="I69" s="3">
-        <v>52850007685</v>
+        <v>32800202580</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>30280269900017</v>
+        <v>77551109000018</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>248</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I70" s="3">
-        <v>82260001926</v>
+        <v>24450000345</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M70" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>33509397700015</v>
+        <v>77568879901571</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>263</v>
-[...1 lines deleted...]
-      <c r="D71" s="2"/>
+        <v>266</v>
+      </c>
+      <c r="D71" s="2" t="s">
+        <v>267</v>
+      </c>
       <c r="E71" s="2" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I71" s="3">
-        <v>82691206369</v>
+        <v>11751561875</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>77551109000018</v>
+        <v>77610653600019</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>248</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I72" s="3">
-        <v>24450000345</v>
+        <v>91480004348</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M72" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>77568879901571</v>
+        <v>77660306000018</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>268</v>
-[...3 lines deleted...]
-      </c>
+        <v>272</v>
+      </c>
+      <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>271</v>
+        <v>248</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I73" s="3">
-        <v>11751561875</v>
+        <v>82740107174</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K73" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>42117322000011</v>
+        <v>77831080500016</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>272</v>
+        <v>249</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>274</v>
+        <v>248</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I74" s="3">
-        <v>91300014630</v>
+        <v>43250195625</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>42285299600012</v>
+        <v>78201137300019</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
         <v>275</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
         <v>276</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>277</v>
+        <v>248</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>278</v>
+        <v>29</v>
       </c>
       <c r="I75" s="3">
-        <v>31620187262</v>
+        <v>72330845333</v>
       </c>
       <c r="J75" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>42446604300025</v>
+        <v>78346979400011</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>281</v>
+        <v>248</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I76" s="3">
-        <v>32800202580</v>
+        <v>41880003688</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>77610653600019</v>
+        <v>78362626000013</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>248</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>29</v>
+        <v>119</v>
       </c>
       <c r="I77" s="3">
-        <v>91480004348</v>
+        <v>31590008059</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L77" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M77" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>77660306000018</v>
+        <v>78596647400013</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>248</v>
+        <v>283</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I78" s="3">
-        <v>82740107174</v>
+        <v>52440459544</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M78" s="2" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13">
+      <c r="A79" s="1">
+        <v>78644691400016</v>
+      </c>
+      <c r="B79" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C79" s="2" t="s">
+        <v>284</v>
+      </c>
+      <c r="D79" s="2"/>
+      <c r="E79" s="2" t="s">
+        <v>285</v>
+      </c>
+      <c r="F79" s="2" t="s">
+        <v>248</v>
+      </c>
+      <c r="G79" s="2"/>
+      <c r="H79" s="2" t="s">
+        <v>286</v>
+      </c>
+      <c r="I79" s="3">
+        <v>52850007685</v>
+      </c>
+      <c r="J79" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K79" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L79" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="M79" s="2" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -4327,31 +4367,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/29/2025 00:03:42</dc:description>
+  <dc:description>Export en date du 02/13/2026 11:21:21</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>