--- v0 (2025-12-02)
+++ v1 (2026-02-02)
@@ -79,96 +79,96 @@
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE ALPES-DE-HAUTE-PROVENCE</t>
   </si>
   <si>
     <t>60 BOULEVARD GASSENDI 04000 DIGNE-LES-BAINS</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>94.11Z</t>
   </si>
   <si>
     <t>9304P000204</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>ASDER</t>
+  </si>
+  <si>
+    <t>124 RUE DU BON VENT 73000 CHAMBERY</t>
+  </si>
+  <si>
+    <t>07/01/2004</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>INSTITUT REG UNIVERSITAIRE POLYTECHNIQUE</t>
+  </si>
+  <si>
+    <t>CAMPUS INDUSTRIEL RUE DE COPERNIC 42100 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>28/06/2013</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
     <t>SENOVA</t>
   </si>
   <si>
     <t>130 RUE DE LOURMEL 75015 PARIS</t>
   </si>
   <si>
     <t>13/04/2015</t>
   </si>
   <si>
     <t>71.12B</t>
   </si>
   <si>
-    <t>INSTITUT REG UNIVERSITAIRE POLYTECHNIQUE</t>
-[...10 lines deleted...]
-  <si>
     <t>ISEQ</t>
   </si>
   <si>
     <t>1 RUE DE LA GRANGE AUX BOIS 57070 METZ</t>
   </si>
   <si>
     <t>01/07/2024</t>
   </si>
   <si>
     <t>85.59A</t>
-  </si>
-[...10 lines deleted...]
-    <t>94.99Z</t>
   </si>
   <si>
     <t>CESI</t>
   </si>
   <si>
     <t>TOUR PB5 1 AVENUE DU GENERAL DE GAULLE 92800 PUTEAUX</t>
   </si>
   <si>
     <t>01/12/2018</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -619,182 +619,182 @@
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3" t="s">
         <v>18</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>51356839400045</v>
+        <v>32339042700041</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>24</v>
       </c>
       <c r="I3" s="3">
-        <v>11756709775</v>
+        <v>82730009373</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
         <v>40247415900058</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I4" s="3">
         <v>82420094742</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>75285001600045</v>
+        <v>51356839400045</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I5" s="3">
-        <v>41570313657</v>
+        <v>11756709775</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>32339042700041</v>
+        <v>75285001600045</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I6" s="3">
-        <v>82730009373</v>
+        <v>41570313657</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>77572257201109</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D7" s="2"/>
@@ -856,31 +856,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/02/2025 02:15:06</dc:description>
+  <dc:description>Export en date du 02/02/2026 22:48:25</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>