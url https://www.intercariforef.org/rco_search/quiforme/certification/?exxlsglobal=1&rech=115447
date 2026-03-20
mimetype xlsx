--- v1 (2026-02-02)
+++ v2 (2026-03-20)
@@ -856,31 +856,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/02/2026 22:48:25</dc:description>
+  <dc:description>Export en date du 03/20/2026 13:23:21</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>