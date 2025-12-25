--- v0 (2025-11-03)
+++ v1 (2025-12-25)
@@ -322,75 +322,75 @@
   <si>
     <t>80 RUE JULES FERRY 93170 BAGNOLET</t>
   </si>
   <si>
     <t>15/10/2007</t>
   </si>
   <si>
     <t>ASSOC PROMOTION ENSEIG DE LA GESTION</t>
   </si>
   <si>
     <t>POLE CONSULAIRE QU CASE NAVIRE RUE AUBIN EDMOND 97233 SCHŒLCHER</t>
   </si>
   <si>
     <t>01/01/2018</t>
   </si>
   <si>
     <t>SUD MANAGEMENT</t>
   </si>
   <si>
     <t>SITE DE L AGROPOLE AGROPOLE 47310 ESTILLAC</t>
   </si>
   <si>
     <t>04/01/1993</t>
   </si>
   <si>
+    <t>CAMPUS DU LAC</t>
+  </si>
+  <si>
+    <t>CS 31991 RUE RENE CASSIN 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
     <t>SCHOLAR FAB ORGANISATION</t>
   </si>
   <si>
     <t>7 RUE PROFESSEUR JOSEPH ROUSSELOT 14000 CAEN</t>
   </si>
   <si>
     <t>04/11/2002</t>
   </si>
   <si>
     <t>FACULTE DES METIERS DE L ESSONNE</t>
   </si>
   <si>
     <t>3 CHE LA GRANGE FEU LOUIS 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>01/01/2005</t>
-  </si>
-[...7 lines deleted...]
-    <t>01/01/1997</t>
   </si>
   <si>
     <t>INTERFOR</t>
   </si>
   <si>
     <t>2 RUE VADE 80000 AMIENS</t>
   </si>
   <si>
     <t>28/09/1989</t>
   </si>
   <si>
     <t>PURPLE CAMPUS</t>
   </si>
   <si>
     <t>705 AVENUE GEORGES GUILLE 11000 CARCASSONNE</t>
   </si>
   <si>
     <t>01/01/2021</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>6 AVENUE GENERAL HOCHE 81000 ALBI</t>
   </si>
@@ -1587,152 +1587,152 @@
       <c r="F21" s="2" t="s">
         <v>101</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I21" s="3">
         <v>72470032947</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>44492238900010</v>
+        <v>41058110200010</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>102</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>103</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>104</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="I22" s="3"/>
+        <v>39</v>
+      </c>
+      <c r="I22" s="3">
+        <v>72330424333</v>
+      </c>
       <c r="J22" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>45235951600021</v>
+        <v>44492238900010</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>105</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>106</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>107</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="I23" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I23" s="3"/>
       <c r="J23" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>41058110200010</v>
+        <v>45235951600021</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>108</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>109</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>110</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="I24" s="3">
-        <v>72330424333</v>
+        <v>11910566091</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
         <v>30340844700033</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>111</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>112</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>113</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>39</v>
@@ -1859,31 +1859,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/03/2025 22:51:41</dc:description>
+  <dc:description>Export en date du 12/25/2025 05:50:26</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>