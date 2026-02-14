--- v1 (2025-12-25)
+++ v2 (2026-02-14)
@@ -295,50 +295,59 @@
   <si>
     <t>DIR DES ENSEIGNEMENTS</t>
   </si>
   <si>
     <t>CAMPUS ZI TOULON EST RES LA GRANDE TOURACHE 83130 LA GARDE</t>
   </si>
   <si>
     <t>23/05/1991</t>
   </si>
   <si>
     <t>9383P000183</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE LA REUNION</t>
   </si>
   <si>
     <t>CCI REUNION-POLE FORMATION NORD</t>
   </si>
   <si>
     <t>ZI DU CHAUDRON 12 RUE GABRIEL DE KERVEGUEN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>02/02/1996</t>
   </si>
   <si>
+    <t>INTERFOR</t>
+  </si>
+  <si>
+    <t>2 RUE VADE 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>28/09/1989</t>
+  </si>
+  <si>
     <t>CAMPUS FONDERIE DE L'IMAGE</t>
   </si>
   <si>
     <t>80 RUE JULES FERRY 93170 BAGNOLET</t>
   </si>
   <si>
     <t>15/10/2007</t>
   </si>
   <si>
     <t>ASSOC PROMOTION ENSEIG DE LA GESTION</t>
   </si>
   <si>
     <t>POLE CONSULAIRE QU CASE NAVIRE RUE AUBIN EDMOND 97233 SCHŒLCHER</t>
   </si>
   <si>
     <t>01/01/2018</t>
   </si>
   <si>
     <t>SUD MANAGEMENT</t>
   </si>
   <si>
     <t>SITE DE L AGROPOLE AGROPOLE 47310 ESTILLAC</t>
   </si>
   <si>
     <t>04/01/1993</t>
@@ -347,59 +356,50 @@
     <t>CAMPUS DU LAC</t>
   </si>
   <si>
     <t>CS 31991 RUE RENE CASSIN 33300 BORDEAUX</t>
   </si>
   <si>
     <t>01/01/1997</t>
   </si>
   <si>
     <t>SCHOLAR FAB ORGANISATION</t>
   </si>
   <si>
     <t>7 RUE PROFESSEUR JOSEPH ROUSSELOT 14000 CAEN</t>
   </si>
   <si>
     <t>04/11/2002</t>
   </si>
   <si>
     <t>FACULTE DES METIERS DE L ESSONNE</t>
   </si>
   <si>
     <t>3 CHE LA GRANGE FEU LOUIS 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>01/01/2005</t>
-  </si>
-[...7 lines deleted...]
-    <t>28/09/1989</t>
   </si>
   <si>
     <t>PURPLE CAMPUS</t>
   </si>
   <si>
     <t>705 AVENUE GEORGES GUILLE 11000 CARCASSONNE</t>
   </si>
   <si>
     <t>01/01/2021</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>6 AVENUE GENERAL HOCHE 81000 ALBI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
@@ -1109,53 +1109,51 @@
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>13002282500231</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>47</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>50</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I9" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I9" s="3"/>
       <c r="J9" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>18280001100047</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>52</v>
@@ -1476,300 +1474,300 @@
       <c r="F18" s="2" t="s">
         <v>92</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I18" s="3">
         <v>98970017797</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>35386977900036</v>
+        <v>30340844700033</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>93</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>94</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>95</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="I19" s="3">
-        <v>11930658393</v>
+        <v>22800001380</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>38788974400042</v>
+        <v>35386977900036</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>96</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>97</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>98</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="I20" s="3">
-        <v>97970023397</v>
+        <v>11930658393</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>38980235600011</v>
+        <v>38788974400042</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>99</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>100</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>101</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="I21" s="3">
-        <v>72470032947</v>
+        <v>97970023397</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>41058110200010</v>
+        <v>38980235600011</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>102</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>103</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>104</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="I22" s="3">
-        <v>72330424333</v>
+        <v>72470032947</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>44492238900010</v>
+        <v>41058110200010</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>105</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>106</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>107</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="I23" s="3"/>
+        <v>39</v>
+      </c>
+      <c r="I23" s="3">
+        <v>72330424333</v>
+      </c>
       <c r="J23" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>45235951600021</v>
+        <v>44492238900010</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>108</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>109</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>110</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="I24" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I24" s="3"/>
       <c r="J24" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>30340844700033</v>
+        <v>45235951600021</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>111</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>112</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>113</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="I25" s="3">
-        <v>22800001380</v>
+        <v>11910566091</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
         <v>89079142900073</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>114</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>115</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>116</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>117</v>
@@ -1859,31 +1857,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/25/2025 05:50:26</dc:description>
+  <dc:description>Export en date du 02/14/2026 10:24:30</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>