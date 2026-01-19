--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="623">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="621">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -259,51 +259,51 @@
   <si>
     <t>PL DE VERDUN 05000 GAP</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
   <si>
     <t>9305P000605</t>
   </si>
   <si>
     <t>LYCEE TECHNIQUE REGIONAL LES EUCALYPTUS</t>
   </si>
   <si>
     <t>GRETA COTE D'AZUR</t>
   </si>
   <si>
     <t>7 AVENUE DES EUCALYPTUS 06200 NICE</t>
   </si>
   <si>
     <t>9306P002706</t>
   </si>
   <si>
-    <t>LPO LYCEE DES METIERS FRANCOIS BAZIN</t>
+    <t>LYCEE POLYVALENT FRANCOIS BAZIN- LYCEE DES METIERS DU TERTIAIRE, DE L'ENERGIE ET DES PROCEDES INDUSTRIELS</t>
   </si>
   <si>
     <t>GRETA DES ARDENNES</t>
   </si>
   <si>
     <t>145 AVENUE CHARLES DE GAULLE 08000 CHARLEVILLE-MEZIERES</t>
   </si>
   <si>
     <t>03/04/1989</t>
   </si>
   <si>
     <t>2108P000408</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT EDOUARD HERRIOT - LYCEE DES METIERS DE LA MODE, DE L'HOTELLERIE ET DE LA RESTAURATION</t>
   </si>
   <si>
     <t>RUE DE LA MALADIERE 10300 SAINTE-SAVINE</t>
   </si>
   <si>
     <t>01/09/1986</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT LES LOMBARDS</t>
   </si>
@@ -364,51 +364,51 @@
   <si>
     <t>19 B BOULEVARD LAMARTINE 22000 SAINT-BRIEUC</t>
   </si>
   <si>
     <t>01/08/2024</t>
   </si>
   <si>
     <t>5335P001022</t>
   </si>
   <si>
     <t>GRETA-CFA DES COTES D'ARMOR</t>
   </si>
   <si>
     <t>6 ALLEE CHAPTAL 22000 SAINT-BRIEUC</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL JEAN CAPELLE - LYCEE DES METIERS DE L'HOTELLERIE, DE LA GASTRONOMIE ET DES SERVICES</t>
   </si>
   <si>
     <t>AVENUE DU MARECHAL LECLERC 24100 BERGERAC</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL JOSEPHINE BAKER</t>
   </si>
   <si>
-    <t>5 AVENUE JOSEPHINE BAKER 24200 SARLAT-LA-CANEDA</t>
+    <t>387 AVENUE JOSEPHINE BAKER 24200 SARLAT-LA-CANEDA</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT YVES THEPOT</t>
   </si>
   <si>
     <t>GRETA-CFA DE BRETAGNE OCCIDENTALE</t>
   </si>
   <si>
     <t>5 RUE DE L'ILE BREHAT 29000 QUIMPER</t>
   </si>
   <si>
     <t>5335P000829</t>
   </si>
   <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE CAMILLE JULLIAN</t>
   </si>
   <si>
     <t>GRETA - CFA AQUITAINE</t>
   </si>
   <si>
     <t>29 RUE DE LA CROIX BLANCHE 33000 BORDEAUX</t>
   </si>
   <si>
     <t>01/01/1991</t>
   </si>
@@ -529,78 +529,69 @@
   <si>
     <t>82 RUE ANATOLE FRANCE 52100 SAINT-DIZIER</t>
   </si>
   <si>
     <t>LYCEE RAYMOND POINCARE</t>
   </si>
   <si>
     <t>GRETA LORRAINE OUEST</t>
   </si>
   <si>
     <t>77 BOULEVARD RAYMOND POINCARE 55000 BAR-LE-DUC</t>
   </si>
   <si>
     <t>01/01/1989</t>
   </si>
   <si>
     <t>4155P000255</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL DOMINIQUE LABROISE</t>
   </si>
   <si>
     <t>22 RUE DE LA MESANGE 57400 SARREBOURG</t>
   </si>
   <si>
-    <t>LYCEE HOTELIER INTERNATIONAL DE LILLE</t>
-[...7 lines deleted...]
-  <si>
     <t>LYCEE PROFESSIONNEL ILE DE FLANDRE</t>
   </si>
   <si>
     <t>246 B QUAI DE LA DERIVATION 59280 ARMENTIERES</t>
   </si>
   <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE PIERRE DE COUBERTIN</t>
   </si>
   <si>
     <t>GRETA GRAND LITTORAL</t>
   </si>
   <si>
     <t>320 BOULEVARD DU HUIT MAI 62100 CALAIS</t>
   </si>
   <si>
     <t>3162P000862</t>
   </si>
   <si>
-    <t>LYCEE PROFESSIONNEL DU DETROIT – LYCEE DES METIERS</t>
+    <t>LYCEE PROFESSIONNEL DU DETROIT</t>
   </si>
   <si>
     <t>200 RUE GUILLAUME APOLLINAIRE 62100 CALAIS</t>
   </si>
   <si>
     <t>23/07/1992</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT HOTELIER</t>
   </si>
   <si>
     <t>AVENUE DU CHATEAU 62520 LE TOUQUET-PARIS-PLAGE</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT BIARRITZ ATLANTIQUE - LYCEE DES METIERS DE L'HOTELLERIE ET DU TOURISME</t>
   </si>
   <si>
     <t>2 RUE FRANCIS JAMMES 64200 BIARRITZ</t>
   </si>
   <si>
     <t>01/09/1991</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT BLAISE PASCAL</t>
   </si>
@@ -784,350 +775,899 @@
   <si>
     <t>126 AVENUE ROGER SALENGRO 94500 CHAMPIGNY-SUR-MARNE</t>
   </si>
   <si>
     <t>1194P000194</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT GUSTAVE MONOD</t>
   </si>
   <si>
     <t>GRETA DU VAL D OISE</t>
   </si>
   <si>
     <t>71 AVENUE DE CEINTURE 95880 ENGHIEN-LES-BAINS</t>
   </si>
   <si>
     <t>CA DU PAYS BASQUE</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION DES APPRENTIS</t>
   </si>
   <si>
     <t>PLACE PAUL BERT 64100 BAYONNE</t>
   </si>
   <si>
+    <t>H &amp; C CONSEIL</t>
+  </si>
+  <si>
+    <t>6 PLACE DE REGENSBURG 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>15/02/2005</t>
+  </si>
+  <si>
+    <t>H ET C CONSEIL</t>
+  </si>
+  <si>
+    <t>20 RUE DE MARAUSSAN 11100 NARBONNE</t>
+  </si>
+  <si>
+    <t>01/08/2008</t>
+  </si>
+  <si>
+    <t>01/03/2023</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>H2C CONSEIL</t>
+  </si>
+  <si>
+    <t>39 RUE POMIER-LAYRARGUES 34070 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/04/2010</t>
+  </si>
+  <si>
+    <t>BAT.K VILLE ACTIVE 32 RUE ROBERT MALLET STEVENS 30900 NIMES</t>
+  </si>
+  <si>
+    <t>01/11/2010</t>
+  </si>
+  <si>
+    <t>7 RUE ARISTIDE BERGES 66330 CABESTANY</t>
+  </si>
+  <si>
+    <t>01/07/2013</t>
+  </si>
+  <si>
+    <t>35 RUE BERNARD DE VENTADOUR 31300 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/04/2019</t>
+  </si>
+  <si>
+    <t>INSERTION. FORMATION. EMPLOI-BAT (I.F.E. - BAT)</t>
+  </si>
+  <si>
+    <t>189 RUE D'AUBERVILLIERS 75018 PARIS</t>
+  </si>
+  <si>
+    <t>18/02/2008</t>
+  </si>
+  <si>
+    <t>ASSOCIATION AURORE</t>
+  </si>
+  <si>
+    <t>ESPACEAURORE</t>
+  </si>
+  <si>
+    <t>23 RUE DES TERRES AU CURE 75013 PARIS</t>
+  </si>
+  <si>
+    <t>03/11/1997</t>
+  </si>
+  <si>
+    <t>88.10C</t>
+  </si>
+  <si>
+    <t>AURORE L' ODYSSEE</t>
+  </si>
+  <si>
+    <t>6 BOULEVARD GUTENBERG 93190 LIVRY-GARGAN</t>
+  </si>
+  <si>
+    <t>01/01/2010</t>
+  </si>
+  <si>
+    <t>87.90B</t>
+  </si>
+  <si>
+    <t>PLATEAU TECHNIQUE RESTAURATION 82 AVENUE DENFERT-ROCHEREAU 75014 PARIS</t>
+  </si>
+  <si>
+    <t>01/05/2018</t>
+  </si>
+  <si>
+    <t>31/08/2023</t>
+  </si>
+  <si>
+    <t>56.21Z</t>
+  </si>
+  <si>
+    <t>FONDATION APPRENTIS D'AUTEUIL</t>
+  </si>
+  <si>
+    <t>40 RUE JEAN DE LA FONTAINE 75016 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>LYCEE ENSEIGNEMENT PROFESSIONNEL</t>
+  </si>
+  <si>
+    <t>18/10/1990</t>
+  </si>
+  <si>
+    <t>8 AVENUE DE LA FORET-NOIRE 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>04/04/2006</t>
+  </si>
+  <si>
+    <t>87.90A</t>
+  </si>
+  <si>
+    <t>SCOP INSTEP</t>
+  </si>
+  <si>
+    <t>70 RUE DE BOUVINES 59800 LILLE</t>
+  </si>
+  <si>
+    <t>15/04/2003</t>
+  </si>
+  <si>
+    <t>CATALYSE</t>
+  </si>
+  <si>
+    <t>RUE DE LATTRE DE TASSIGNY 64000 PAU</t>
+  </si>
+  <si>
+    <t>04/11/2002</t>
+  </si>
+  <si>
+    <t>30/09/2025</t>
+  </si>
+  <si>
+    <t>CHE DE ST FRAI 65600 SEMEAC</t>
+  </si>
+  <si>
+    <t>01/09/2004</t>
+  </si>
+  <si>
+    <t>281 ROUTE D'ESPAGNE 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/10/2011</t>
+  </si>
+  <si>
+    <t>28/09/2023</t>
+  </si>
+  <si>
+    <t>130 RUE HENRI DESBALS 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>03/06/2022</t>
+  </si>
+  <si>
+    <t>INST.DE FORMAT.INTERPROFESSIONNEL ALLIER</t>
+  </si>
+  <si>
+    <t>11 RTE DE PARIS CHAMPFEU 03000 AVERMES</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
+    <t>CAMPUS DU LAC</t>
+  </si>
+  <si>
+    <t>CS 31991 RUE RENE CASSIN 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>IRFA ENTREPRISES</t>
+  </si>
+  <si>
+    <t>POLE UNIVERSITAIRE MONTFOULON 61250 DAMIGNY</t>
+  </si>
+  <si>
+    <t>01/07/1997</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION DES METIERS DE L'INDUSTRIE HOTELIERE 54</t>
+  </si>
+  <si>
+    <t>24 RUE HENRI BAZIN 54000 NANCY</t>
+  </si>
+  <si>
+    <t>25/02/1997</t>
+  </si>
+  <si>
+    <t>INSTITUT LA FORBINE - ECOLE HOTELIERE DE PROVENCE</t>
+  </si>
+  <si>
+    <t>CHATEAU DES CREISSAUDS LE CLOS RUFISQUE 13400 AUBAGNE</t>
+  </si>
+  <si>
+    <t>30/08/2000</t>
+  </si>
+  <si>
+    <t>02/09/2024</t>
+  </si>
+  <si>
+    <t>SARL F2C</t>
+  </si>
+  <si>
+    <t>ACADEMIE CULINAIRE STEPHANE BULTEAU</t>
+  </si>
+  <si>
+    <t>47 RUE DES DEUX PONTS 62200 BOULOGNE SUR MER</t>
+  </si>
+  <si>
+    <t>01/01/2005</t>
+  </si>
+  <si>
+    <t>AFEC</t>
+  </si>
+  <si>
+    <t>6 RUE DE LA PIERRE LEVEE 75011 PARIS</t>
+  </si>
+  <si>
+    <t>30/06/2001</t>
+  </si>
+  <si>
+    <t>2 RUE OLOF PALME 94000 CRETEIL</t>
+  </si>
+  <si>
+    <t>01/07/2022</t>
+  </si>
+  <si>
+    <t>CTRE EUROPEEN FORMATION PROFESS HOTELIER</t>
+  </si>
+  <si>
+    <t>4 RUE EUGENIE BRAZIER 67400 ILLKIRCH-GRAFFENSTADEN</t>
+  </si>
+  <si>
+    <t>19/06/2019</t>
+  </si>
+  <si>
+    <t>RELAIS FORMATION</t>
+  </si>
+  <si>
+    <t>61 RUE VICTOR HUGO 93500 PANTIN</t>
+  </si>
+  <si>
+    <t>01/10/1993</t>
+  </si>
+  <si>
+    <t>CAFA FORMATION</t>
+  </si>
+  <si>
+    <t>108 QUAI DES CHARTRONS 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>30/04/2008</t>
+  </si>
+  <si>
+    <t>AGORA SERVICES</t>
+  </si>
+  <si>
+    <t>2 A BOULEVARD LOUIS FRANCHET D'ESPEREY 56100 LORIENT</t>
+  </si>
+  <si>
+    <t>01/12/1995</t>
+  </si>
+  <si>
+    <t>55.90Z</t>
+  </si>
+  <si>
+    <t>ASS FORMAT PROFESS PERMANENTE</t>
+  </si>
+  <si>
+    <t>14 RUE DU CHATEAU DES VERGNES 63100 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>ASSOCIATION JEUNESSE ET AVENIR</t>
+  </si>
+  <si>
+    <t>2 RUE EMILE HIE 59270 BAILLEUL</t>
+  </si>
+  <si>
+    <t>12/03/1997</t>
+  </si>
+  <si>
+    <t>INSTITUT NATIONAL DE FORMATION ET D'APPLICATION DU CENTRE DE CULTURE OUVRIERE - INFA</t>
+  </si>
+  <si>
+    <t>INFA GOUVIEUX</t>
+  </si>
+  <si>
+    <t>LE MANOIR CHEMIN DES AIGLES 60500 GOUVIEUX</t>
+  </si>
+  <si>
+    <t>01/01/1995</t>
+  </si>
+  <si>
+    <t>INFA HERAULT</t>
+  </si>
+  <si>
+    <t>515 RUE DE L'INDUSTRIE 34070 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>30/06/2023</t>
+  </si>
+  <si>
+    <t>107 AVENUE DE LA LIBERATION 63000 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>01/11/2005</t>
+  </si>
+  <si>
+    <t>CHEMIN DE JALAVOUX 43000 AIGUILHE</t>
+  </si>
+  <si>
+    <t>01/05/2012</t>
+  </si>
+  <si>
+    <t>6 PL NATIONALE CHARLES DE GAULLE 39100 DOLE</t>
+  </si>
+  <si>
+    <t>01/01/2013</t>
+  </si>
+  <si>
+    <t>17 RUE DU COMMANDANT COUSTEAU 33100 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/02/2022</t>
+  </si>
+  <si>
+    <t>12 AVENUE DU VAL DE FONTENAY 94120 FONTENAY-SOUS-BOIS</t>
+  </si>
+  <si>
+    <t>02/05/2022</t>
+  </si>
+  <si>
+    <t>6 ALLEE DE L'EURO 67205 OBERHAUSBERGEN</t>
+  </si>
+  <si>
+    <t>03/10/2022</t>
+  </si>
+  <si>
+    <t>3 PLACE LAHERRERE 64000 PAU</t>
+  </si>
+  <si>
+    <t>02/05/2023</t>
+  </si>
+  <si>
+    <t>INSTITUT FORMATION PROFESSION PERMANENTE</t>
+  </si>
+  <si>
+    <t>8 RUE AGRICOLE PERDIGUIER 15000 AURILLAC</t>
+  </si>
+  <si>
+    <t>01/10/1991</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>8315P001115</t>
+  </si>
+  <si>
+    <t>AVALYS</t>
+  </si>
+  <si>
+    <t>PALAZZO NICE MERIDIA 29 AVENUE SIMONE VEIL 06200 NICE</t>
+  </si>
+  <si>
+    <t>21/06/2024</t>
+  </si>
+  <si>
+    <t>CENTRE REUNIONNAIS D'ENTREPRISE EDUCATIVE</t>
+  </si>
+  <si>
+    <t>2 RUE MARIUS ET ARY LEBLOND 97460 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>13/05/2013</t>
+  </si>
+  <si>
+    <t>AGIR INNOVER MOBILISER ESSAIMER</t>
+  </si>
+  <si>
+    <t>615 RTE DES VERNADES - ZONE COMMERCIALE 07260 ROSIERES</t>
+  </si>
+  <si>
+    <t>13/10/2016</t>
+  </si>
+  <si>
+    <t>26/06/2024</t>
+  </si>
+  <si>
+    <t>10 PL SOULEGE 07260 JOYEUSE</t>
+  </si>
+  <si>
+    <t>27/03/2024</t>
+  </si>
+  <si>
+    <t>CONSEIL FORMATION INGENIERIE MEDITERRANEE</t>
+  </si>
+  <si>
+    <t>57 RUE DRAGON 13006 MARSEILLE</t>
+  </si>
+  <si>
+    <t>15/12/2005</t>
+  </si>
+  <si>
+    <t>SARL INFRES</t>
+  </si>
+  <si>
+    <t>384 RUE DU GENERAL DE GAULLE 59370 MONS-EN-BARŒUL</t>
+  </si>
+  <si>
+    <t>04/07/2001</t>
+  </si>
+  <si>
+    <t>AGENCE SEINE ET MARNAISE DE FORMATION PROFESSION- NELLE - ASMFP 77</t>
+  </si>
+  <si>
+    <t>ASMFP</t>
+  </si>
+  <si>
+    <t>IMM LE MILLENIUM 9 BOULEVARD MENDES FRANCE 77600 BUSSY-SAINT-GEORGES</t>
+  </si>
+  <si>
+    <t>13/01/2012</t>
+  </si>
+  <si>
+    <t>59 RUE BOISSIERE 75016 PARIS</t>
+  </si>
+  <si>
+    <t>30/08/2021</t>
+  </si>
+  <si>
+    <t>30/06/2025</t>
+  </si>
+  <si>
+    <t>3 RUE PAUL TAVERNIER 77300 FONTAINEBLEAU</t>
+  </si>
+  <si>
+    <t>01/04/2022</t>
+  </si>
+  <si>
+    <t>SARL RESTHO FORMATION</t>
+  </si>
+  <si>
+    <t>30 B ROUTE DE BETHUNE 62300 LENS</t>
+  </si>
+  <si>
+    <t>01/01/2022</t>
+  </si>
+  <si>
+    <t>UNION METIER INDUS HOTELLERIE FORMATION</t>
+  </si>
+  <si>
+    <t>211 RUE DE L'UNIVERSITE 75007 PARIS</t>
+  </si>
+  <si>
+    <t>26/09/2009</t>
+  </si>
+  <si>
+    <t>L ATELIER DES CHEFS</t>
+  </si>
+  <si>
+    <t>IMMEUBLE APOLLO 8 RUE JACQUES DAGUERRE 92500 RUEIL-MALMAISON</t>
+  </si>
+  <si>
+    <t>19/02/2015</t>
+  </si>
+  <si>
+    <t>PANORAMA ETUDES FORMATIONS CONSEILS</t>
+  </si>
+  <si>
+    <t>3-7 3 RUE ALBERT MARQUET 75020 PARIS</t>
+  </si>
+  <si>
+    <t>A L'ECOLE DES CHEFS</t>
+  </si>
+  <si>
+    <t>15 RUE DE LA SOUS-PREFECTURE 59190 HAZEBROUCK</t>
+  </si>
+  <si>
+    <t>30/12/2021</t>
+  </si>
+  <si>
     <t>FIH 88 FORMATION</t>
   </si>
   <si>
     <t>32 RUE ANDRE VITU 88000 EPINAL</t>
   </si>
   <si>
     <t>26/06/2008</t>
   </si>
   <si>
+    <t>FORM'ALACARTE</t>
+  </si>
+  <si>
+    <t>46 RUE PIERRE BROSSOLETTE 91360 EPINAY-SUR-ORGE</t>
+  </si>
+  <si>
+    <t>27/02/2023</t>
+  </si>
+  <si>
+    <t>ALMEA FORMATIONS INTERPRO</t>
+  </si>
+  <si>
+    <t>32 RUE BENJAMIN FRANKLIN 51000 CHALONS-EN-CHAMPAGNE</t>
+  </si>
+  <si>
+    <t>08/10/2008</t>
+  </si>
+  <si>
+    <t>9 RUE ROBERT KELLER 10150 PONT-SAINTE-MARIE</t>
+  </si>
+  <si>
+    <t>1 RUE ALBERT CAMUS 52000 CHAUMONT</t>
+  </si>
+  <si>
+    <t>129 AVENUE CHARLES DE GAULLE 08000 CHARLEVILLE-MEZIERES</t>
+  </si>
+  <si>
     <t>AFC GROUPE</t>
   </si>
   <si>
     <t>14 RUE DE DUNKERQUE 75010 PARIS</t>
   </si>
   <si>
     <t>23 AVENUE DES GOUMS 13400 AUBAGNE</t>
   </si>
   <si>
     <t>19/09/2024</t>
   </si>
   <si>
     <t>23 RUE CREPET 69007 LYON</t>
   </si>
   <si>
-    <t>02/09/2024</t>
-[...1 lines deleted...]
-  <si>
     <t>8 ESPLANADE COMPANS CAFFARELLI 31000 TOULOUSE</t>
   </si>
   <si>
     <t>05/09/2024</t>
   </si>
   <si>
     <t>3 BOULEVARD DE BELFORT 59000 LILLE</t>
   </si>
   <si>
     <t>18 RUE DU BOURG NOUVEAU 35000 RENNES</t>
   </si>
   <si>
     <t>22 MAIL PABLO PICASSO 44000 NANTES</t>
   </si>
   <si>
     <t>01/09/2024</t>
   </si>
   <si>
     <t>IMMEUBLE VAL DE LOIRE CS31635 4 PASSAGE DE LA RAPE 45000 ORLEANS</t>
   </si>
   <si>
     <t>01/03/2025</t>
   </si>
   <si>
-    <t>SCOP INSTEP</t>
-[...169 lines deleted...]
-  <si>
     <t>CONFLUENCE FORMATION</t>
   </si>
   <si>
     <t>13 RUE DU BAIN-AUX-PLANTES 67000 STRASBOURG</t>
   </si>
   <si>
     <t>20/08/2010</t>
   </si>
   <si>
+    <t>ASSOCIATION DE FORMATION POUR LA COOPERATION ET LA PROMOTION PROFESSIONNELLE MEDITERRANEENNE</t>
+  </si>
+  <si>
+    <t>48 AVENUE MARCEL DELPRAT 13013 MARSEILLE</t>
+  </si>
+  <si>
+    <t>INSTITUT DES METIERS DE SAINT ETIENNE</t>
+  </si>
+  <si>
+    <t>1 RUE AUGUSTE COLONNA 42100 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>12/12/2019</t>
+  </si>
+  <si>
+    <t>INTERFOR</t>
+  </si>
+  <si>
+    <t>2 RUE VADE 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>28/09/1989</t>
+  </si>
+  <si>
+    <t>ASS FORMATION CONTINUE RESTAURATEURS</t>
+  </si>
+  <si>
+    <t>4 RUE DE GRAMONT 75002 PARIS</t>
+  </si>
+  <si>
+    <t>CTR FORMATION APPRENTI INTERPROF COROT</t>
+  </si>
+  <si>
+    <t>PARC MASSILIA 33 BOULEVARD DU CAPITAINE GEZE 13014 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/09/1998</t>
+  </si>
+  <si>
+    <t>ASS FORMATIO APPRENTIS COMMERCE SERVICES</t>
+  </si>
+  <si>
+    <t>21 AVENUE GEORGES BRASSENS 31700 BLAGNAC</t>
+  </si>
+  <si>
+    <t>02/10/1995</t>
+  </si>
+  <si>
+    <t>STELO FORMATION</t>
+  </si>
+  <si>
+    <t>22 RUE D'ANJOU 75008 PARIS</t>
+  </si>
+  <si>
+    <t>03/02/1981</t>
+  </si>
+  <si>
+    <t>PLACE PIERRE JEANNIN 13 RUE DES HALLES 71150 CHAGNY</t>
+  </si>
+  <si>
+    <t>01/09/2008</t>
+  </si>
+  <si>
+    <t>BOULOURIS 142 AVENUE DES CHENES VERTS 83700 SAINT-RAPHAEL</t>
+  </si>
+  <si>
+    <t>AVENUE JEAN FOURGEAUD 93420 VILLEPINTE</t>
+  </si>
+  <si>
+    <t>01/01/2012</t>
+  </si>
+  <si>
+    <t>3 RUE DES MIMOSAS 06400 CANNES</t>
+  </si>
+  <si>
+    <t>23/04/2014</t>
+  </si>
+  <si>
+    <t>8 RUE DE L’ECHAUGUETTE 78570 CHANTELOUP-LES-VIGNES</t>
+  </si>
+  <si>
+    <t>01/10/2018</t>
+  </si>
+  <si>
+    <t>6 B RUE EMILE DUCLAUX 92150 SURESNES</t>
+  </si>
+  <si>
+    <t>01/02/2020</t>
+  </si>
+  <si>
+    <t>75 LE CHEMIN DES ANGLAIS 62600 BERCK</t>
+  </si>
+  <si>
+    <t>01/03/2021</t>
+  </si>
+  <si>
+    <t>ASS DEVELOPEMENT DES METIERS DE LA TABLE</t>
+  </si>
+  <si>
+    <t>17 A 19 19 RUE JACQUES IBERT 75017 PARIS</t>
+  </si>
+  <si>
+    <t>17/01/1983</t>
+  </si>
+  <si>
+    <t>CLPS L ENJEU COMPETENCES</t>
+  </si>
+  <si>
+    <t>CLPS L'ENJEU COMPETENCES</t>
+  </si>
+  <si>
+    <t>16 AVENUE DE LA CROIX VERTE 35650 LE RHEU</t>
+  </si>
+  <si>
+    <t>01/04/2003</t>
+  </si>
+  <si>
+    <t>4 RUE FERDINAND DE LESSEPS 29200 BREST</t>
+  </si>
+  <si>
+    <t>IRFA FORMATION</t>
+  </si>
+  <si>
+    <t>CTIS 2 AVENUE DE CAMBRIDGE 14200 HEROUVILLE-SAINT-CLAIR</t>
+  </si>
+  <si>
+    <t>01/10/2007</t>
+  </si>
+  <si>
+    <t>ASSOCIATION L'ATELIER</t>
+  </si>
+  <si>
+    <t>21 RUE LIVIO 67100 STRASBOURG</t>
+  </si>
+  <si>
+    <t>28/05/1998</t>
+  </si>
+  <si>
+    <t>INSTITUT NATIONAL DE FORMATION ET DE RECHERCHES SUR L'EDUCATION PERMANENTE INFREP</t>
+  </si>
+  <si>
+    <t>21 RUE SAINT-FARGEAU 75020 PARIS</t>
+  </si>
+  <si>
+    <t>01/09/1993</t>
+  </si>
+  <si>
+    <t>2 RUE DE LA CHAUSSEE ROMAINE 02100 SAINT-QUENTIN</t>
+  </si>
+  <si>
+    <t>01/05/1997</t>
+  </si>
+  <si>
+    <t>INFREP</t>
+  </si>
+  <si>
+    <t>LES CHAMPS DOLENTS 6 RUE DE SETUBAL 60000 BEAUVAIS</t>
+  </si>
+  <si>
+    <t>01/07/2014</t>
+  </si>
+  <si>
+    <t>1ER ETAGE 23 B RUE DANJOU 92100 BOULOGNE BILLANCOURT</t>
+  </si>
+  <si>
+    <t>01/10/2021</t>
+  </si>
+  <si>
+    <t>LA CITE DES FORMATIONS</t>
+  </si>
+  <si>
+    <t>8 ALLEE ROGER LECOTTE 37100 TOURS</t>
+  </si>
+  <si>
+    <t>01/01/1996</t>
+  </si>
+  <si>
+    <t>ECOLE DES METIERS DIJON METROPOLE</t>
+  </si>
+  <si>
+    <t>1 CHEMIN DE LA NOUE 21600 LONGVIC</t>
+  </si>
+  <si>
+    <t>01/02/2008</t>
+  </si>
+  <si>
+    <t>CENTRE FORMATION HOTELLERIE&amp;RESTAURATION</t>
+  </si>
+  <si>
+    <t>7 A Z I LES PORTES DU NORD 62820 LIBERCOURT</t>
+  </si>
+  <si>
+    <t>19/07/2007</t>
+  </si>
+  <si>
     <t>HENRIMAN FORMATION</t>
   </si>
   <si>
     <t>18 RUE DE LA RAINIERE 44300 NANTES</t>
   </si>
   <si>
     <t>LENOTRE</t>
   </si>
   <si>
     <t>44 RUE D'AUTEUIL 75016 PARIS</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...4 lines deleted...]
-  <si>
     <t>IMMEUBLE PAPRIKA 94 RUE DES SOLETS 94150 RUNGIS</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>FAGIHT FORMATION</t>
   </si>
   <si>
     <t>73 IMPASSE AMEDEE DAILLE 73000 CHAMBERY</t>
   </si>
   <si>
     <t>09/09/2020</t>
   </si>
   <si>
-    <t>CTRE EUROPEEN FORMATION PROFESS HOTELIER</t>
-[...26 lines deleted...]
-    <t>30/04/2008</t>
+    <t>LA FORBINE LYCEE TECHNIQUE PRIVE DE CHIMIE ET BIOLOGIE</t>
+  </si>
+  <si>
+    <t>LE CLOS RUFISQUE LES CREISSAUDS 13400 AUBAGNE</t>
+  </si>
+  <si>
+    <t>ACSEA</t>
+  </si>
+  <si>
+    <t>LES CEDRES FORMATION</t>
+  </si>
+  <si>
+    <t>57 BOULEVARD HERBET FOURNET 14100 LISIEUX</t>
+  </si>
+  <si>
+    <t>01/10/1983</t>
+  </si>
+  <si>
+    <t>OGEC VINCENT DE PAUL</t>
+  </si>
+  <si>
+    <t>32 RUE BAUDIMONT 62000 ARRAS</t>
+  </si>
+  <si>
+    <t>LES 13 VENTS  ECOLE INTERNATIONALE DES METIERS ET DES COMPETENCES LIMOUSIN</t>
+  </si>
+  <si>
+    <t>51 BOULEVARD DE LA LUNADE 19000 TULLE</t>
+  </si>
+  <si>
+    <t>13/12/2013</t>
+  </si>
+  <si>
+    <t>JMB FORMATION</t>
+  </si>
+  <si>
+    <t>245 ROUTE DES LUCIOLES 06560 VALBONNE</t>
+  </si>
+  <si>
+    <t>08/09/2014</t>
+  </si>
+  <si>
+    <t>ACADEMIE FORMATION GROUPE COMPASS</t>
+  </si>
+  <si>
+    <t>117-133 117 AVENUE DE LA REPUBLIQUE 92320 CHATILLON</t>
+  </si>
+  <si>
+    <t>09/01/2017</t>
   </si>
   <si>
     <t>CERTIFICATIONS ET SERVICES - TOURISME HOTELLERIE RESTAURATION LOISIRS</t>
   </si>
   <si>
-    <t>22 RUE D'ANJOU 75008 PARIS</t>
-[...1 lines deleted...]
-  <si>
     <t>12/05/2015</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>1 RUE DE LA CITOYENNETE 93240 STAINS</t>
   </si>
   <si>
     <t>67-69 67 AVENUE DU GENERAL DE GAULLE 77420 CHAMPS-SUR-MARNE</t>
   </si>
   <si>
     <t>675 ROUTE DE MACULLY 74330 POISY</t>
   </si>
   <si>
     <t>EQUEURDREVILLE RUE DE BEUZEVILLE 50100 CHERBOURG-EN-COTENTIN</t>
   </si>
   <si>
     <t>1 RUE DU PETIT BOIS 71300 MONTCEAU-LES-MINES</t>
@@ -1192,606 +1732,60 @@
   <si>
     <t>4-6 4 RUE AMPERE 15000 AURILLAC</t>
   </si>
   <si>
     <t>LE YOLANDA PLAINE DU PERI 20167 SARROLA-CARCOPINO</t>
   </si>
   <si>
     <t>TKL FORMA</t>
   </si>
   <si>
     <t>LBA CENTRE D'AFFAIRES 11 AVENUE DU 8 SEPTEMBRE 1944 21200 BEAUNE</t>
   </si>
   <si>
     <t>22/12/2017</t>
   </si>
   <si>
     <t>31/12/2023</t>
   </si>
   <si>
     <t>ZA CHEMIN D'AIX 436 AVENUE DE LA MAXIMINOISE 83470 SAINT-MAXIMIN-LA-SAINTE-BAUME</t>
   </si>
   <si>
     <t>01/03/2020</t>
   </si>
   <si>
-    <t>CONSEIL FORMATION INGENIERIE MEDITERRANEE</t>
-[...547 lines deleted...]
-  <si>
     <t>FOODSWEETFOOD</t>
   </si>
   <si>
     <t>26 RUE MONSIEUR LE PRINCE 75006 PARIS</t>
   </si>
   <si>
     <t>30/11/2012</t>
+  </si>
+  <si>
+    <t>10/07/2025</t>
   </si>
   <si>
     <t>SAG&amp;FORM</t>
   </si>
   <si>
     <t>50-54 50 AV VIEUX CHE DE ST DENIS 92390 VILLENEUVE LA GARENNE</t>
   </si>
   <si>
     <t>14/06/2017</t>
   </si>
   <si>
     <t>ABCR - APPPLICATION BREVET CUISINE ET RESTAURANT</t>
   </si>
   <si>
     <t>55 QUAI PAUL SEDALLIAN 69009 LYON</t>
   </si>
   <si>
     <t>15/09/2022</t>
   </si>
   <si>
     <t>70.10Z</t>
   </si>
   <si>
     <t>LA SOURCE</t>
   </si>
@@ -2265,51 +2259,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M226"/>
+  <dimension ref="A1:M225"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -2740,57 +2734,57 @@
         <v>13002794900093</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>49</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>50</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I12" s="3">
         <v>53351087435</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>18061919900011</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>26</v>
@@ -4063,6746 +4057,6719 @@
         <v>170</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>74</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I47" s="3"/>
       <c r="J47" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>19590125100031</v>
+        <v>19590257200013</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>171</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
         <v>172</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>173</v>
+        <v>74</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I48" s="3"/>
       <c r="J48" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>19590257200013</v>
+        <v>19620062000025</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="D49" s="2" t="s">
         <v>174</v>
       </c>
-      <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
         <v>175</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>74</v>
+        <v>103</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="I49" s="3"/>
+        <v>26</v>
+      </c>
+      <c r="I49" s="3" t="s">
+        <v>176</v>
+      </c>
       <c r="J49" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>19620062000025</v>
+        <v>19620188300028</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>176</v>
-[...1 lines deleted...]
-      <c r="D50" s="2" t="s">
         <v>177</v>
       </c>
+      <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
         <v>178</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>103</v>
+        <v>179</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="I50" s="3"/>
       <c r="J50" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M50" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>19620188300028</v>
+        <v>19622807600010</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>180</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
         <v>181</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>182</v>
+        <v>74</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I51" s="3"/>
       <c r="J51" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>19622807600010</v>
+        <v>19641823000013</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="F52" s="2" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>45</v>
+        <v>75</v>
       </c>
       <c r="I52" s="3"/>
       <c r="J52" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>19641823000013</v>
+        <v>19680010600037</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>185</v>
       </c>
-      <c r="D53" s="2"/>
+      <c r="D53" s="2" t="s">
+        <v>186</v>
+      </c>
       <c r="E53" s="2" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="I53" s="3"/>
+        <v>26</v>
+      </c>
+      <c r="I53" s="3" t="s">
+        <v>189</v>
+      </c>
       <c r="J53" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M53" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>19680010600037</v>
+        <v>19681768800019</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>188</v>
-[...3 lines deleted...]
-      </c>
+        <v>190</v>
+      </c>
+      <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="I54" s="3"/>
       <c r="J54" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M54" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>19681768800019</v>
+        <v>19700905300020</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>193</v>
       </c>
-      <c r="D55" s="2"/>
+      <c r="D55" s="2" t="s">
+        <v>194</v>
+      </c>
       <c r="E55" s="2" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="I55" s="3"/>
+        <v>26</v>
+      </c>
+      <c r="I55" s="3" t="s">
+        <v>197</v>
+      </c>
       <c r="J55" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>19700905300020</v>
+        <v>19750707200027</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="D56" s="2" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="E56" s="2" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I56" s="3" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="J56" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>19750707200027</v>
+        <v>19782587000052</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="D57" s="2" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="E57" s="2" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I57" s="3" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="J57" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>19782587000052</v>
+        <v>19800049900022</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>13</v>
+        <v>105</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="D58" s="2" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="E58" s="2" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>209</v>
-[...1 lines deleted...]
-      <c r="G58" s="2"/>
+        <v>211</v>
+      </c>
+      <c r="G58" s="2" t="s">
+        <v>212</v>
+      </c>
       <c r="H58" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I58" s="3" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="J58" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M58" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>19800049900022</v>
+        <v>19830923900038</v>
       </c>
       <c r="B59" s="2" t="s">
-        <v>105</v>
+        <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="D59" s="2" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="E59" s="2" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>214</v>
-[...3 lines deleted...]
-      </c>
+        <v>217</v>
+      </c>
+      <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I59" s="3" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="J59" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M59" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>19830923900038</v>
+        <v>19840005300023</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="D60" s="2" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="E60" s="2" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I60" s="3" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="J60" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>19840005300023</v>
+        <v>19860037100043</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="D61" s="2" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="E61" s="2" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I61" s="3" t="s">
-        <v>226</v>
+      <c r="I61" s="3">
+        <v>54860142086</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>19860037100043</v>
+        <v>19910620400027</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D62" s="2" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="E62" s="2" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I62" s="3">
-        <v>54860142086</v>
+      <c r="I62" s="3" t="s">
+        <v>232</v>
       </c>
       <c r="J62" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>19910620400027</v>
+        <v>19920131000042</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="D63" s="2" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="E63" s="2" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I63" s="3" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>19920131000042</v>
+        <v>19931272900023</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="D64" s="2" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="E64" s="2" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I64" s="3" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="J64" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>19931272900023</v>
+        <v>19940113400028</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="D65" s="2" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="E65" s="2" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>244</v>
+        <v>231</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I65" s="3" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>19940113400028</v>
+        <v>20006116600050</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D66" s="2" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="E66" s="2" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I66" s="3" t="s">
-        <v>249</v>
+      <c r="I66" s="3">
+        <v>11950602195</v>
       </c>
       <c r="J66" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>20006116600050</v>
+        <v>20006710600100</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>250</v>
       </c>
       <c r="D67" s="2" t="s">
         <v>251</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>252</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="I67" s="3">
-        <v>11950602195</v>
+        <v>75640478264</v>
       </c>
       <c r="J67" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K67" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L67" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>20006710600100</v>
+        <v>42924994900075</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>253</v>
       </c>
-      <c r="D68" s="2" t="s">
+      <c r="D68" s="2"/>
+      <c r="E68" s="2" t="s">
         <v>254</v>
       </c>
-      <c r="E68" s="2" t="s">
+      <c r="F68" s="2" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>239</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="I68" s="3">
-        <v>75640478264</v>
+        <v>83630337163</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>50494797900010</v>
+        <v>42924994900117</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>13</v>
+        <v>105</v>
       </c>
       <c r="C69" s="2" t="s">
+        <v>253</v>
+      </c>
+      <c r="D69" s="2" t="s">
         <v>256</v>
       </c>
-      <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
         <v>257</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>258</v>
       </c>
-      <c r="G69" s="2"/>
+      <c r="G69" s="2" t="s">
+        <v>259</v>
+      </c>
       <c r="H69" s="2" t="s">
-        <v>45</v>
+        <v>260</v>
       </c>
       <c r="I69" s="3">
-        <v>41880097888</v>
+        <v>83630337163</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M69" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>52344837100048</v>
+        <v>42924994900133</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>259</v>
-[...1 lines deleted...]
-      <c r="D70" s="2"/>
+        <v>253</v>
+      </c>
+      <c r="D70" s="2" t="s">
+        <v>261</v>
+      </c>
       <c r="E70" s="2" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>109</v>
+        <v>263</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>26</v>
+        <v>260</v>
       </c>
       <c r="I70" s="3">
-        <v>93131376713</v>
+        <v>83630337163</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>52344837100055</v>
+        <v>42924994900141</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>259</v>
+        <v>253</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>26</v>
+        <v>260</v>
       </c>
       <c r="I71" s="3">
-        <v>93131376713</v>
+        <v>83630337163</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>52344837100071</v>
+        <v>42924994900158</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>259</v>
-[...1 lines deleted...]
-      <c r="D72" s="2"/>
+        <v>253</v>
+      </c>
+      <c r="D72" s="2" t="s">
+        <v>253</v>
+      </c>
       <c r="E72" s="2" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>26</v>
+        <v>260</v>
       </c>
       <c r="I72" s="3">
-        <v>93131376713</v>
+        <v>83630337163</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>52344837100147</v>
+        <v>42924994900174</v>
       </c>
       <c r="B73" s="2" t="s">
-        <v>13</v>
+        <v>105</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>259</v>
+        <v>253</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>266</v>
-[...1 lines deleted...]
-      <c r="G73" s="2"/>
+        <v>269</v>
+      </c>
+      <c r="G73" s="2" t="s">
+        <v>34</v>
+      </c>
       <c r="H73" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I73" s="3">
-        <v>93131376713</v>
+        <v>83630337163</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K73" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M73" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>52344837100154</v>
+        <v>49538963700028</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>259</v>
+        <v>270</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>264</v>
+        <v>272</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I74" s="3">
-        <v>93131376713</v>
+        <v>11930554993</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K74" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>52344837100162</v>
+        <v>77568497000129</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>259</v>
-[...1 lines deleted...]
-      <c r="D75" s="2"/>
+        <v>273</v>
+      </c>
+      <c r="D75" s="2" t="s">
+        <v>274</v>
+      </c>
       <c r="E75" s="2" t="s">
-        <v>268</v>
+        <v>275</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>264</v>
+        <v>276</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>26</v>
+        <v>277</v>
       </c>
       <c r="I75" s="3">
-        <v>93131376713</v>
+        <v>11930394393</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>52344837100170</v>
+        <v>77568497000673</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>259</v>
-[...1 lines deleted...]
-      <c r="D76" s="2"/>
+        <v>273</v>
+      </c>
+      <c r="D76" s="2" t="s">
+        <v>278</v>
+      </c>
       <c r="E76" s="2" t="s">
-        <v>269</v>
+        <v>279</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>270</v>
+        <v>280</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>26</v>
+        <v>281</v>
       </c>
       <c r="I76" s="3">
-        <v>93131376713</v>
+        <v>11930394393</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K76" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>52344837100188</v>
+        <v>77568497002273</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>13</v>
+        <v>105</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>259</v>
+        <v>273</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>271</v>
+        <v>282</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>272</v>
-[...1 lines deleted...]
-      <c r="G77" s="2"/>
+        <v>283</v>
+      </c>
+      <c r="G77" s="2" t="s">
+        <v>284</v>
+      </c>
       <c r="H77" s="2" t="s">
-        <v>26</v>
+        <v>285</v>
       </c>
       <c r="I77" s="3">
-        <v>93131376713</v>
+        <v>11930394393</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K77" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M77" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>40487427300257</v>
+        <v>77568879900011</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>273</v>
+        <v>286</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>274</v>
+        <v>287</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>275</v>
+        <v>288</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="I78" s="3"/>
+        <v>45</v>
+      </c>
+      <c r="I78" s="3">
+        <v>11751561875</v>
+      </c>
       <c r="J78" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K78" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M78" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>40765437500044</v>
+        <v>77568879900615</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>276</v>
+        <v>286</v>
       </c>
       <c r="D79" s="2" t="s">
-        <v>276</v>
+        <v>289</v>
       </c>
       <c r="E79" s="2" t="s">
-        <v>277</v>
+        <v>287</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>278</v>
+        <v>290</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="I79" s="3">
-        <v>73650023765</v>
+        <v>11751561875</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>40765437500051</v>
+        <v>77568879900979</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>276</v>
+        <v>286</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>279</v>
+        <v>291</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>280</v>
+        <v>292</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>26</v>
+        <v>293</v>
       </c>
       <c r="I80" s="3">
-        <v>73650023765</v>
+        <v>11751561875</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>40765437500077</v>
+        <v>40487427300257</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>105</v>
+        <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>276</v>
-[...3 lines deleted...]
-      </c>
+        <v>294</v>
+      </c>
+      <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>281</v>
+        <v>295</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>282</v>
-[...3 lines deleted...]
-      </c>
+        <v>296</v>
+      </c>
+      <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I81" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I81" s="3"/>
       <c r="J81" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>40765437500093</v>
+        <v>40765437500044</v>
       </c>
       <c r="B82" s="2" t="s">
-        <v>13</v>
+        <v>105</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>276</v>
-[...1 lines deleted...]
-      <c r="D82" s="2"/>
+        <v>297</v>
+      </c>
+      <c r="D82" s="2" t="s">
+        <v>297</v>
+      </c>
       <c r="E82" s="2" t="s">
-        <v>284</v>
+        <v>298</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>285</v>
-[...1 lines deleted...]
-      <c r="G82" s="2"/>
+        <v>299</v>
+      </c>
+      <c r="G82" s="2" t="s">
+        <v>300</v>
+      </c>
       <c r="H82" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I82" s="3">
         <v>73650023765</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K82" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M82" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>41055004000019</v>
+        <v>40765437500051</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>286</v>
+        <v>297</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>287</v>
+        <v>301</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>288</v>
+        <v>302</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I83" s="3">
-        <v>83030299303</v>
+        <v>73650023765</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>41338650900017</v>
+        <v>40765437500077</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>13</v>
+        <v>105</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>289</v>
-[...1 lines deleted...]
-      <c r="D84" s="2"/>
+        <v>297</v>
+      </c>
+      <c r="D84" s="2" t="s">
+        <v>297</v>
+      </c>
       <c r="E84" s="2" t="s">
-        <v>290</v>
+        <v>303</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="G84" s="2"/>
+        <v>304</v>
+      </c>
+      <c r="G84" s="2" t="s">
+        <v>305</v>
+      </c>
       <c r="H84" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I84" s="3">
-        <v>25610046361</v>
+        <v>73650023765</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M84" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>41339783700027</v>
+        <v>40765437500093</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>293</v>
+        <v>306</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>294</v>
+        <v>307</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I85" s="3">
-        <v>41540163154</v>
+        <v>73650023765</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>41875656500028</v>
+        <v>41055004000019</v>
       </c>
       <c r="B86" s="2" t="s">
-        <v>105</v>
+        <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>295</v>
+        <v>308</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>296</v>
+        <v>309</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>297</v>
-[...3 lines deleted...]
-      </c>
+        <v>310</v>
+      </c>
+      <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I86" s="3">
-        <v>93130998613</v>
+        <v>83030299303</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K86" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M86" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>42043321100026</v>
+        <v>41058110200010</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>298</v>
-[...3 lines deleted...]
-      </c>
+        <v>311</v>
+      </c>
+      <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>300</v>
+        <v>312</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>301</v>
+        <v>310</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="I87" s="3">
-        <v>31620132662</v>
+        <v>72330424333</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L87" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M87" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>42219375500028</v>
+        <v>41338650900017</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>304</v>
+        <v>315</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I88" s="3">
-        <v>11753582375</v>
+        <v>25610046361</v>
       </c>
       <c r="J88" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K88" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L88" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>42219375500770</v>
+        <v>41339783700027</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>302</v>
+        <v>316</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>305</v>
+        <v>317</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>306</v>
+        <v>318</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I89" s="3">
-        <v>11753582375</v>
+        <v>41540163154</v>
       </c>
       <c r="J89" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L89" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>42924994900075</v>
+        <v>41875656500028</v>
       </c>
       <c r="B90" s="2" t="s">
-        <v>13</v>
+        <v>105</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>307</v>
+        <v>319</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>308</v>
+        <v>320</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>309</v>
-[...1 lines deleted...]
-      <c r="G90" s="2"/>
+        <v>321</v>
+      </c>
+      <c r="G90" s="2" t="s">
+        <v>322</v>
+      </c>
       <c r="H90" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I90" s="3">
-        <v>83630337163</v>
+        <v>93130998613</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K90" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M90" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>42924994900117</v>
+        <v>42043321100026</v>
       </c>
       <c r="B91" s="2" t="s">
-        <v>105</v>
+        <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>307</v>
+        <v>323</v>
       </c>
       <c r="D91" s="2" t="s">
-        <v>310</v>
+        <v>324</v>
       </c>
       <c r="E91" s="2" t="s">
-        <v>311</v>
+        <v>325</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>312</v>
-[...3 lines deleted...]
-      </c>
+        <v>326</v>
+      </c>
+      <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
-        <v>314</v>
+        <v>26</v>
       </c>
       <c r="I91" s="3">
-        <v>83630337163</v>
+        <v>31620132662</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K91" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>42924994900133</v>
+        <v>42219375500028</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>307</v>
-[...3 lines deleted...]
-      </c>
+        <v>327</v>
+      </c>
+      <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>316</v>
+        <v>328</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>317</v>
+        <v>329</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
-        <v>314</v>
+        <v>26</v>
       </c>
       <c r="I92" s="3">
-        <v>83630337163</v>
+        <v>11753582375</v>
       </c>
       <c r="J92" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L92" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>42924994900141</v>
+        <v>42219375500770</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>307</v>
+        <v>327</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>318</v>
+        <v>330</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>319</v>
+        <v>331</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
-        <v>314</v>
+        <v>26</v>
       </c>
       <c r="I93" s="3">
-        <v>83630337163</v>
+        <v>11753582375</v>
       </c>
       <c r="J93" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L93" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>42924994900158</v>
+        <v>35185807100027</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>307</v>
-[...3 lines deleted...]
-      </c>
+        <v>332</v>
+      </c>
+      <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>320</v>
+        <v>333</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>321</v>
+        <v>334</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
-        <v>314</v>
+        <v>45</v>
       </c>
       <c r="I94" s="3">
-        <v>83630337163</v>
+        <v>42670151467</v>
       </c>
       <c r="J94" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>42924994900174</v>
+        <v>37978871400036</v>
       </c>
       <c r="B95" s="2" t="s">
-        <v>105</v>
+        <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>307</v>
-[...1 lines deleted...]
-      <c r="D95" s="2"/>
+        <v>335</v>
+      </c>
+      <c r="D95" s="2" t="s">
+        <v>335</v>
+      </c>
       <c r="E95" s="2" t="s">
-        <v>322</v>
+        <v>336</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>323</v>
-[...3 lines deleted...]
-      </c>
+        <v>337</v>
+      </c>
+      <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I95" s="3">
-        <v>83630337163</v>
+        <v>11930186393</v>
       </c>
       <c r="J95" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K95" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L95" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M95" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>43267410900074</v>
+        <v>38903568400064</v>
       </c>
       <c r="B96" s="2" t="s">
-        <v>105</v>
+        <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>324</v>
+        <v>338</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>325</v>
+        <v>339</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>326</v>
-[...3 lines deleted...]
-      </c>
+        <v>340</v>
+      </c>
+      <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I96" s="3">
-        <v>82070066107</v>
+        <v>72330258733</v>
       </c>
       <c r="J96" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K96" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L96" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M96" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>43267410900090</v>
+        <v>77784331900057</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>324</v>
+        <v>341</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
-        <v>328</v>
+        <v>342</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>329</v>
+        <v>343</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
-        <v>26</v>
+        <v>344</v>
       </c>
       <c r="I97" s="3">
-        <v>82070066107</v>
+        <v>53560156856</v>
       </c>
       <c r="J97" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K97" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L97" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M97" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>52505175100010</v>
+        <v>77921920300022</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>330</v>
+        <v>345</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
-        <v>331</v>
+        <v>346</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>332</v>
+        <v>288</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="I98" s="3"/>
+        <v>45</v>
+      </c>
+      <c r="I98" s="3">
+        <v>83630024963</v>
+      </c>
       <c r="J98" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K98" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L98" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M98" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>53948741300038</v>
+        <v>78351618000040</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>333</v>
+        <v>347</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
-        <v>334</v>
+        <v>348</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>42</v>
+        <v>349</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="I99" s="3">
-        <v>52440644844</v>
+        <v>31590122959</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K99" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L99" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>66205454300019</v>
+        <v>78574029100071</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>335</v>
-[...1 lines deleted...]
-      <c r="D100" s="2"/>
+        <v>350</v>
+      </c>
+      <c r="D100" s="2" t="s">
+        <v>351</v>
+      </c>
       <c r="E100" s="2" t="s">
-        <v>336</v>
+        <v>352</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>337</v>
+        <v>353</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
-        <v>338</v>
+        <v>26</v>
       </c>
       <c r="I100" s="3">
-        <v>11750018978</v>
+        <v>11940392094</v>
       </c>
       <c r="J100" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K100" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L100" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M100" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>66205454300456</v>
+        <v>78574029100220</v>
       </c>
       <c r="B101" s="2" t="s">
-        <v>13</v>
+        <v>105</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>335</v>
-[...1 lines deleted...]
-      <c r="D101" s="2"/>
+        <v>350</v>
+      </c>
+      <c r="D101" s="2" t="s">
+        <v>354</v>
+      </c>
       <c r="E101" s="2" t="s">
-        <v>339</v>
+        <v>355</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="G101" s="2"/>
+        <v>196</v>
+      </c>
+      <c r="G101" s="2" t="s">
+        <v>356</v>
+      </c>
       <c r="H101" s="2" t="s">
-        <v>340</v>
+        <v>26</v>
       </c>
       <c r="I101" s="3">
-        <v>11750018978</v>
+        <v>11940392094</v>
       </c>
       <c r="J101" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K101" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L101" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M101" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>75023194600021</v>
+        <v>78574029100394</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>341</v>
+        <v>350</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
-        <v>342</v>
+        <v>357</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>343</v>
+        <v>358</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I102" s="3">
-        <v>82730148673</v>
+        <v>11940392094</v>
       </c>
       <c r="J102" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K102" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L102" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M102" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
-        <v>35185807100027</v>
+        <v>78574029100816</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
-        <v>345</v>
+        <v>359</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>346</v>
+        <v>360</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="I103" s="3">
-        <v>42670151467</v>
+        <v>11940392094</v>
       </c>
       <c r="J103" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K103" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L103" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M103" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
-        <v>37978871400036</v>
+        <v>78574029100857</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>347</v>
-[...3 lines deleted...]
-      </c>
+        <v>350</v>
+      </c>
+      <c r="D104" s="2"/>
       <c r="E104" s="2" t="s">
-        <v>349</v>
+        <v>361</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>350</v>
+        <v>362</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I104" s="3">
-        <v>11930186393</v>
+        <v>11940392094</v>
       </c>
       <c r="J104" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K104" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L104" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M104" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
-        <v>38903568400064</v>
+        <v>78574029101012</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
-        <v>352</v>
+        <v>363</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>353</v>
+        <v>364</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I105" s="3">
-        <v>72330258733</v>
+        <v>11940392094</v>
       </c>
       <c r="J105" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L105" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M105" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
-        <v>81531318400013</v>
+        <v>78574029101020</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
-        <v>355</v>
+        <v>365</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>356</v>
+        <v>366</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="I106" s="3"/>
+        <v>26</v>
+      </c>
+      <c r="I106" s="3">
+        <v>11940392094</v>
+      </c>
       <c r="J106" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K106" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L106" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M106" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
-        <v>82422814200017</v>
+        <v>78574029101038</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>358</v>
+        <v>350</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
-        <v>359</v>
+        <v>367</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>239</v>
+        <v>368</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I107" s="3">
-        <v>11930743393</v>
+        <v>11940392094</v>
       </c>
       <c r="J107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K107" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M107" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
-        <v>82422814200025</v>
+        <v>78574029101046</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>358</v>
+        <v>350</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
-        <v>360</v>
+        <v>369</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>239</v>
+        <v>370</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I108" s="3">
-        <v>11930743393</v>
+        <v>11940392094</v>
       </c>
       <c r="J108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K108" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M108" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
-        <v>82422814200108</v>
+        <v>78804163000047</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>358</v>
+        <v>371</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
-        <v>361</v>
+        <v>372</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>239</v>
+        <v>373</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>11930743393</v>
+        <v>374</v>
+      </c>
+      <c r="I109" s="3" t="s">
+        <v>375</v>
       </c>
       <c r="J109" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K109" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L109" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M109" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
-        <v>82422814200124</v>
+        <v>78875059400038</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>358</v>
-[...1 lines deleted...]
-      <c r="D110" s="2"/>
+        <v>376</v>
+      </c>
+      <c r="D110" s="2" t="s">
+        <v>376</v>
+      </c>
       <c r="E110" s="2" t="s">
-        <v>362</v>
+        <v>377</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>239</v>
+        <v>378</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I110" s="3">
-        <v>11930743393</v>
+        <v>93061213606</v>
       </c>
       <c r="J110" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K110" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L110" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M110" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
-        <v>82422814200207</v>
+        <v>79374443400010</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>358</v>
+        <v>379</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="s">
-        <v>363</v>
+        <v>380</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>239</v>
+        <v>381</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I111" s="3">
-        <v>11930743393</v>
+        <v>98970425197</v>
       </c>
       <c r="J111" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K111" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L111" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M111" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
-        <v>82422814200298</v>
+        <v>43267410900074</v>
       </c>
       <c r="B112" s="2" t="s">
-        <v>13</v>
+        <v>105</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>358</v>
+        <v>382</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
-        <v>364</v>
+        <v>383</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>239</v>
-[...1 lines deleted...]
-      <c r="G112" s="2"/>
+        <v>384</v>
+      </c>
+      <c r="G112" s="2" t="s">
+        <v>385</v>
+      </c>
       <c r="H112" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I112" s="3">
-        <v>11930743393</v>
+        <v>82070066107</v>
       </c>
       <c r="J112" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K112" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L112" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M112" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
-        <v>82422814200371</v>
+        <v>43267410900090</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>358</v>
+        <v>382</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="s">
-        <v>365</v>
+        <v>386</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>239</v>
+        <v>387</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I113" s="3">
-        <v>11930743393</v>
+        <v>82070066107</v>
       </c>
       <c r="J113" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K113" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L113" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M113" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
-        <v>82422814200520</v>
+        <v>43804828200026</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>358</v>
+        <v>388</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="s">
-        <v>366</v>
+        <v>389</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>239</v>
+        <v>390</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I114" s="3">
-        <v>11930743393</v>
+        <v>93131026313</v>
       </c>
       <c r="J114" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K114" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L114" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M114" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
-        <v>82422814200587</v>
+        <v>43865470900015</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>358</v>
+        <v>391</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
-        <v>367</v>
+        <v>392</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>239</v>
+        <v>393</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I115" s="3">
-        <v>11930743393</v>
+        <v>31590543059</v>
       </c>
       <c r="J115" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K115" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L115" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M115" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
-        <v>82422814200652</v>
+        <v>43891831000048</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>358</v>
-[...1 lines deleted...]
-      <c r="D116" s="2"/>
+        <v>394</v>
+      </c>
+      <c r="D116" s="2" t="s">
+        <v>395</v>
+      </c>
       <c r="E116" s="2" t="s">
-        <v>368</v>
+        <v>396</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>239</v>
+        <v>397</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I116" s="3">
-        <v>11930743393</v>
+        <v>11770368077</v>
       </c>
       <c r="J116" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K116" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L116" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M116" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
-        <v>82422814200777</v>
+        <v>43891831000063</v>
       </c>
       <c r="B117" s="2" t="s">
-        <v>13</v>
+        <v>105</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>358</v>
+        <v>394</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="s">
-        <v>369</v>
+        <v>398</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>239</v>
-[...1 lines deleted...]
-      <c r="G117" s="2"/>
+        <v>399</v>
+      </c>
+      <c r="G117" s="2" t="s">
+        <v>400</v>
+      </c>
       <c r="H117" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I117" s="3">
-        <v>11930743393</v>
+        <v>11770368077</v>
       </c>
       <c r="J117" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K117" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L117" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M117" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
-        <v>82422814200926</v>
+        <v>43891831000071</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>358</v>
+        <v>394</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="s">
-        <v>370</v>
+        <v>401</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>239</v>
+        <v>402</v>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I118" s="3">
-        <v>11930743393</v>
+        <v>11770368077</v>
       </c>
       <c r="J118" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K118" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L118" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M118" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
-        <v>82422814201023</v>
+        <v>44057777300052</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>358</v>
+        <v>403</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="s">
-        <v>371</v>
+        <v>404</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>239</v>
+        <v>405</v>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I119" s="3">
-        <v>11930743393</v>
+        <v>31620165562</v>
       </c>
       <c r="J119" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K119" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L119" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M119" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
-        <v>82422814201064</v>
+        <v>44403832700029</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>358</v>
+        <v>406</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="s">
-        <v>372</v>
+        <v>407</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>239</v>
+        <v>408</v>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I120" s="3">
-        <v>11930743393</v>
+        <v>11753742275</v>
       </c>
       <c r="J120" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K120" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L120" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M120" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
-        <v>82422814201106</v>
+        <v>45190631700198</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>358</v>
+        <v>409</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="s">
-        <v>373</v>
+        <v>410</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>239</v>
+        <v>411</v>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
-        <v>26</v>
+        <v>374</v>
       </c>
       <c r="I121" s="3">
-        <v>11930743393</v>
+        <v>11753931975</v>
       </c>
       <c r="J121" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K121" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L121" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M121" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
-        <v>82422814201163</v>
+        <v>48920868600035</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>358</v>
+        <v>412</v>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2" t="s">
-        <v>374</v>
+        <v>413</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>239</v>
+        <v>227</v>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I122" s="3">
-        <v>11930743393</v>
+        <v>11754928575</v>
       </c>
       <c r="J122" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K122" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L122" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M122" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
-        <v>82422814201189</v>
+        <v>50055217900045</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>358</v>
+        <v>414</v>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="s">
-        <v>375</v>
+        <v>415</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>239</v>
+        <v>416</v>
       </c>
       <c r="G123" s="2"/>
       <c r="H123" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I123" s="3">
-        <v>11930743393</v>
+        <v>32620279162</v>
       </c>
       <c r="J123" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K123" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L123" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M123" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
-        <v>82422814201254</v>
+        <v>50494797900010</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>358</v>
+        <v>417</v>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2" t="s">
-        <v>376</v>
+        <v>418</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>239</v>
+        <v>419</v>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="I124" s="3">
-        <v>11930743393</v>
+        <v>41880097888</v>
       </c>
       <c r="J124" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K124" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L124" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M124" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" s="1">
-        <v>82422814201502</v>
+        <v>50890422400047</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>358</v>
+        <v>420</v>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2" t="s">
-        <v>377</v>
+        <v>421</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>239</v>
+        <v>422</v>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I125" s="3">
-        <v>11930743393</v>
+        <v>11910630891</v>
       </c>
       <c r="J125" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K125" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L125" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M125" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" s="1">
-        <v>82422814201528</v>
+        <v>50923283100016</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>358</v>
-[...1 lines deleted...]
-      <c r="D126" s="2"/>
+        <v>423</v>
+      </c>
+      <c r="D126" s="2" t="s">
+        <v>423</v>
+      </c>
       <c r="E126" s="2" t="s">
-        <v>378</v>
+        <v>424</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>239</v>
+        <v>425</v>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="I126" s="3">
-        <v>11930743393</v>
+        <v>21510170351</v>
       </c>
       <c r="J126" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K126" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L126" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M126" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" s="1">
-        <v>82422814201569</v>
+        <v>50923283100024</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>358</v>
-[...1 lines deleted...]
-      <c r="D127" s="2"/>
+        <v>423</v>
+      </c>
+      <c r="D127" s="2" t="s">
+        <v>423</v>
+      </c>
       <c r="E127" s="2" t="s">
-        <v>379</v>
+        <v>426</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>239</v>
+        <v>21</v>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="I127" s="3">
-        <v>11930743393</v>
+        <v>21510170351</v>
       </c>
       <c r="J127" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K127" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L127" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M127" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" s="1">
-        <v>82422814201759</v>
+        <v>50923283100040</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>358</v>
-[...1 lines deleted...]
-      <c r="D128" s="2"/>
+        <v>423</v>
+      </c>
+      <c r="D128" s="2" t="s">
+        <v>423</v>
+      </c>
       <c r="E128" s="2" t="s">
-        <v>380</v>
+        <v>427</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>239</v>
+        <v>21</v>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="I128" s="3">
-        <v>11930743393</v>
+        <v>21510170351</v>
       </c>
       <c r="J128" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K128" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L128" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M128" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" s="1">
-        <v>82422814201775</v>
+        <v>50923283100057</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>358</v>
-[...1 lines deleted...]
-      <c r="D129" s="2"/>
+        <v>423</v>
+      </c>
+      <c r="D129" s="2" t="s">
+        <v>423</v>
+      </c>
       <c r="E129" s="2" t="s">
-        <v>381</v>
+        <v>428</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>239</v>
+        <v>21</v>
       </c>
       <c r="G129" s="2"/>
       <c r="H129" s="2" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="I129" s="3">
-        <v>11930743393</v>
+        <v>21510170351</v>
       </c>
       <c r="J129" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K129" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L129" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M129" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" s="1">
-        <v>82422814201783</v>
+        <v>52344837100048</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>358</v>
+        <v>429</v>
       </c>
       <c r="D130" s="2"/>
       <c r="E130" s="2" t="s">
-        <v>382</v>
+        <v>430</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>239</v>
+        <v>109</v>
       </c>
       <c r="G130" s="2"/>
       <c r="H130" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I130" s="3">
-        <v>11930743393</v>
+        <v>93131376713</v>
       </c>
       <c r="J130" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K130" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L130" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M130" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" s="1">
-        <v>82422814201809</v>
+        <v>52344837100055</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>358</v>
+        <v>429</v>
       </c>
       <c r="D131" s="2"/>
       <c r="E131" s="2" t="s">
-        <v>383</v>
+        <v>431</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>239</v>
+        <v>432</v>
       </c>
       <c r="G131" s="2"/>
       <c r="H131" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I131" s="3">
-        <v>11930743393</v>
+        <v>93131376713</v>
       </c>
       <c r="J131" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K131" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L131" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M131" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" s="1">
-        <v>82422814201825</v>
+        <v>52344837100071</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>358</v>
+        <v>429</v>
       </c>
       <c r="D132" s="2"/>
       <c r="E132" s="2" t="s">
-        <v>384</v>
+        <v>433</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>239</v>
+        <v>322</v>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I132" s="3">
-        <v>11930743393</v>
+        <v>93131376713</v>
       </c>
       <c r="J132" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K132" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L132" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M132" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" s="1">
-        <v>82422814201916</v>
+        <v>52344837100147</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>358</v>
+        <v>429</v>
       </c>
       <c r="D133" s="2"/>
       <c r="E133" s="2" t="s">
-        <v>385</v>
+        <v>434</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>239</v>
+        <v>435</v>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I133" s="3">
-        <v>11930743393</v>
+        <v>93131376713</v>
       </c>
       <c r="J133" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K133" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L133" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M133" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" s="1">
-        <v>82431407400025</v>
+        <v>52344837100154</v>
       </c>
       <c r="B134" s="2" t="s">
-        <v>105</v>
+        <v>13</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>386</v>
+        <v>429</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2" t="s">
-        <v>387</v>
+        <v>436</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>388</v>
-[...3 lines deleted...]
-      </c>
+        <v>322</v>
+      </c>
+      <c r="G134" s="2"/>
       <c r="H134" s="2" t="s">
-        <v>340</v>
+        <v>26</v>
       </c>
       <c r="I134" s="3">
-        <v>93830525383</v>
+        <v>93131376713</v>
       </c>
       <c r="J134" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K134" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L134" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M134" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" s="1">
-        <v>82431407400041</v>
+        <v>52344837100162</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>386</v>
+        <v>429</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2" t="s">
-        <v>390</v>
+        <v>437</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>391</v>
+        <v>322</v>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I135" s="3">
-        <v>93830525383</v>
+        <v>93131376713</v>
       </c>
       <c r="J135" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K135" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L135" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M135" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" s="1">
-        <v>43804828200026</v>
+        <v>52344837100170</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>392</v>
+        <v>429</v>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2" t="s">
-        <v>393</v>
+        <v>438</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>394</v>
+        <v>439</v>
       </c>
       <c r="G136" s="2"/>
       <c r="H136" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I136" s="3">
-        <v>93131026313</v>
+        <v>93131376713</v>
       </c>
       <c r="J136" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K136" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L136" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M136" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" s="1">
-        <v>43865470900015</v>
+        <v>52344837100188</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>395</v>
+        <v>429</v>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="s">
-        <v>396</v>
+        <v>440</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>397</v>
+        <v>441</v>
       </c>
       <c r="G137" s="2"/>
       <c r="H137" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I137" s="3">
-        <v>31590543059</v>
+        <v>93131376713</v>
       </c>
       <c r="J137" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K137" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L137" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M137" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" s="1">
-        <v>43891831000048</v>
+        <v>52505175100010</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>398</v>
-[...3 lines deleted...]
-      </c>
+        <v>442</v>
+      </c>
+      <c r="D138" s="2"/>
       <c r="E138" s="2" t="s">
-        <v>400</v>
+        <v>443</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>401</v>
+        <v>444</v>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I138" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I138" s="3"/>
       <c r="J138" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K138" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L138" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M138" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" s="1">
-        <v>43891831000063</v>
+        <v>30238239500010</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>398</v>
+        <v>445</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="s">
-        <v>402</v>
+        <v>446</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>403</v>
+        <v>288</v>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I139" s="3">
-        <v>11770368077</v>
+        <v>93130013113</v>
       </c>
       <c r="J139" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K139" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L139" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M139" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" s="1">
-        <v>43891831000071</v>
+        <v>30284789200023</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>398</v>
+        <v>447</v>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2" t="s">
-        <v>404</v>
+        <v>448</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>405</v>
+        <v>449</v>
       </c>
       <c r="G140" s="2"/>
       <c r="H140" s="2" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="I140" s="3">
-        <v>11770368077</v>
+        <v>82420081042</v>
       </c>
       <c r="J140" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K140" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L140" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M140" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" s="1">
-        <v>44057777300052</v>
+        <v>30340844700033</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>406</v>
+        <v>450</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2" t="s">
-        <v>407</v>
+        <v>451</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>408</v>
+        <v>452</v>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="I141" s="3">
-        <v>31620165562</v>
+        <v>22800001380</v>
       </c>
       <c r="J141" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K141" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L141" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M141" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" s="1">
-        <v>44403832700029</v>
+        <v>30497431400011</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>409</v>
+        <v>453</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2" t="s">
-        <v>410</v>
+        <v>454</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>411</v>
+        <v>288</v>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I142" s="3">
-        <v>11753742275</v>
+        <v>11750015475</v>
       </c>
       <c r="J142" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K142" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L142" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M142" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143" s="1">
-        <v>45190631700198</v>
+        <v>30591416000034</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>412</v>
+        <v>455</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2" t="s">
-        <v>413</v>
+        <v>456</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>414</v>
+        <v>457</v>
       </c>
       <c r="G143" s="2"/>
       <c r="H143" s="2" t="s">
-        <v>340</v>
+        <v>45</v>
       </c>
       <c r="I143" s="3">
-        <v>11753931975</v>
+        <v>93130698913</v>
       </c>
       <c r="J143" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K143" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L143" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M143" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144" s="1">
-        <v>75313273700044</v>
+        <v>31281559000038</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>415</v>
+        <v>458</v>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2" t="s">
-        <v>416</v>
+        <v>459</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>264</v>
+        <v>460</v>
       </c>
       <c r="G144" s="2"/>
       <c r="H144" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I144" s="3">
-        <v>93131493113</v>
+        <v>73310095331</v>
       </c>
       <c r="J144" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K144" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L144" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M144" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145" s="1">
-        <v>77556139200330</v>
+        <v>31513169800047</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>417</v>
-[...3 lines deleted...]
-      </c>
+        <v>461</v>
+      </c>
+      <c r="D145" s="2"/>
       <c r="E145" s="2" t="s">
-        <v>419</v>
+        <v>462</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>420</v>
+        <v>463</v>
       </c>
       <c r="G145" s="2"/>
       <c r="H145" s="2" t="s">
-        <v>26</v>
+        <v>374</v>
       </c>
       <c r="I145" s="3">
-        <v>25140027514</v>
+        <v>11750763975</v>
       </c>
       <c r="J145" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K145" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L145" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M145" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146" s="1">
-        <v>77563016300019</v>
+        <v>31513169800120</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>421</v>
+        <v>461</v>
       </c>
       <c r="D146" s="2"/>
       <c r="E146" s="2" t="s">
-        <v>422</v>
+        <v>464</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>337</v>
+        <v>465</v>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2" t="s">
-        <v>75</v>
+        <v>374</v>
       </c>
       <c r="I146" s="3">
-        <v>31620012662</v>
+        <v>11750763975</v>
       </c>
       <c r="J146" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K146" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L146" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M146" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="147" spans="1:13">
       <c r="A147" s="1">
-        <v>77568497000129</v>
+        <v>31513169800146</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C147" s="2" t="s">
-        <v>423</v>
-[...3 lines deleted...]
-      </c>
+        <v>461</v>
+      </c>
+      <c r="D147" s="2"/>
       <c r="E147" s="2" t="s">
-        <v>425</v>
+        <v>466</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>426</v>
+        <v>16</v>
       </c>
       <c r="G147" s="2"/>
       <c r="H147" s="2" t="s">
-        <v>427</v>
+        <v>45</v>
       </c>
       <c r="I147" s="3">
-        <v>11930394393</v>
+        <v>11750763975</v>
       </c>
       <c r="J147" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K147" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L147" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M147" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="148" spans="1:13">
       <c r="A148" s="1">
-        <v>77568497000673</v>
+        <v>31513169800153</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>423</v>
-[...3 lines deleted...]
-      </c>
+        <v>461</v>
+      </c>
+      <c r="D148" s="2"/>
       <c r="E148" s="2" t="s">
-        <v>429</v>
+        <v>467</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>430</v>
+        <v>468</v>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2" t="s">
-        <v>431</v>
+        <v>26</v>
       </c>
       <c r="I148" s="3">
-        <v>11930394393</v>
+        <v>11750763975</v>
       </c>
       <c r="J148" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K148" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L148" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M148" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="149" spans="1:13">
       <c r="A149" s="1">
-        <v>77568497002273</v>
+        <v>31513169800179</v>
       </c>
       <c r="B149" s="2" t="s">
-        <v>105</v>
+        <v>13</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>423</v>
+        <v>461</v>
       </c>
       <c r="D149" s="2"/>
       <c r="E149" s="2" t="s">
-        <v>432</v>
+        <v>469</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>433</v>
-[...3 lines deleted...]
-      </c>
+        <v>470</v>
+      </c>
+      <c r="G149" s="2"/>
       <c r="H149" s="2" t="s">
-        <v>338</v>
+        <v>26</v>
       </c>
       <c r="I149" s="3">
-        <v>11930394393</v>
+        <v>11750763975</v>
       </c>
       <c r="J149" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K149" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L149" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M149" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="150" spans="1:13">
       <c r="A150" s="1">
-        <v>77568879900011</v>
+        <v>31513169800187</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>435</v>
+        <v>461</v>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2" t="s">
-        <v>436</v>
+        <v>471</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>337</v>
+        <v>472</v>
       </c>
       <c r="G150" s="2"/>
       <c r="H150" s="2" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="I150" s="3">
-        <v>11751561875</v>
+        <v>11750763975</v>
       </c>
       <c r="J150" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K150" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L150" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M150" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="151" spans="1:13">
       <c r="A151" s="1">
-        <v>77568879900615</v>
+        <v>31513169800195</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>435</v>
-[...3 lines deleted...]
-      </c>
+        <v>461</v>
+      </c>
+      <c r="D151" s="2"/>
       <c r="E151" s="2" t="s">
-        <v>436</v>
+        <v>473</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>438</v>
+        <v>474</v>
       </c>
       <c r="G151" s="2"/>
       <c r="H151" s="2" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="I151" s="3">
-        <v>11751561875</v>
+        <v>11750763975</v>
       </c>
       <c r="J151" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K151" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L151" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M151" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="152" spans="1:13">
       <c r="A152" s="1">
-        <v>77568879900979</v>
+        <v>31513169800211</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>435</v>
+        <v>461</v>
       </c>
       <c r="D152" s="2"/>
       <c r="E152" s="2" t="s">
-        <v>439</v>
+        <v>475</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>440</v>
+        <v>476</v>
       </c>
       <c r="G152" s="2"/>
       <c r="H152" s="2" t="s">
-        <v>441</v>
+        <v>26</v>
       </c>
       <c r="I152" s="3">
-        <v>11751561875</v>
+        <v>11750763975</v>
       </c>
       <c r="J152" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K152" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L152" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M152" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="153" spans="1:13">
       <c r="A153" s="1">
-        <v>77784331900057</v>
+        <v>31721734700044</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C153" s="2" t="s">
-        <v>442</v>
+        <v>477</v>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2" t="s">
-        <v>443</v>
+        <v>478</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>444</v>
+        <v>479</v>
       </c>
       <c r="G153" s="2"/>
       <c r="H153" s="2" t="s">
-        <v>445</v>
+        <v>374</v>
       </c>
       <c r="I153" s="3">
-        <v>53560156856</v>
+        <v>11750327775</v>
       </c>
       <c r="J153" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K153" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L153" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M153" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="154" spans="1:13">
       <c r="A154" s="1">
-        <v>77921920300022</v>
+        <v>32159164600328</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C154" s="2" t="s">
-        <v>446</v>
-[...1 lines deleted...]
-      <c r="D154" s="2"/>
+        <v>480</v>
+      </c>
+      <c r="D154" s="2" t="s">
+        <v>481</v>
+      </c>
       <c r="E154" s="2" t="s">
-        <v>447</v>
+        <v>482</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>337</v>
+        <v>483</v>
       </c>
       <c r="G154" s="2"/>
       <c r="H154" s="2" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="I154" s="3">
-        <v>83630024963</v>
+        <v>53350111635</v>
       </c>
       <c r="J154" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K154" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L154" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M154" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="155" spans="1:13">
       <c r="A155" s="1">
-        <v>78351618000040</v>
+        <v>32159164600492</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C155" s="2" t="s">
-        <v>448</v>
+        <v>480</v>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2" t="s">
-        <v>449</v>
+        <v>484</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>450</v>
+        <v>227</v>
       </c>
       <c r="G155" s="2"/>
       <c r="H155" s="2" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="I155" s="3">
-        <v>31590122959</v>
+        <v>53350111635</v>
       </c>
       <c r="J155" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K155" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L155" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M155" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="156" spans="1:13">
       <c r="A156" s="1">
-        <v>78574029100071</v>
+        <v>32240853500068</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>451</v>
-[...3 lines deleted...]
-      </c>
+        <v>485</v>
+      </c>
+      <c r="D156" s="2"/>
       <c r="E156" s="2" t="s">
-        <v>453</v>
+        <v>486</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>454</v>
+        <v>487</v>
       </c>
       <c r="G156" s="2"/>
       <c r="H156" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I156" s="3">
-        <v>11940392094</v>
+        <v>25610002361</v>
       </c>
       <c r="J156" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K156" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L156" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M156" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="157" spans="1:13">
       <c r="A157" s="1">
-        <v>78574029100220</v>
+        <v>32375233700036</v>
       </c>
       <c r="B157" s="2" t="s">
-        <v>105</v>
+        <v>13</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>451</v>
-[...3 lines deleted...]
-      </c>
+        <v>488</v>
+      </c>
+      <c r="D157" s="2"/>
       <c r="E157" s="2" t="s">
-        <v>456</v>
+        <v>489</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>199</v>
-[...3 lines deleted...]
-      </c>
+        <v>490</v>
+      </c>
+      <c r="G157" s="2"/>
       <c r="H157" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I157" s="3">
-        <v>11940392094</v>
+        <v>42670089367</v>
       </c>
       <c r="J157" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K157" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L157" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M157" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="158" spans="1:13">
       <c r="A158" s="1">
-        <v>78574029100394</v>
+        <v>32441928200383</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>451</v>
+        <v>491</v>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2" t="s">
-        <v>458</v>
+        <v>492</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>459</v>
+        <v>493</v>
       </c>
       <c r="G158" s="2"/>
       <c r="H158" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I158" s="3">
-        <v>11940392094</v>
+        <v>11753781075</v>
       </c>
       <c r="J158" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K158" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L158" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M158" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="159" spans="1:13">
       <c r="A159" s="1">
-        <v>78574029100816</v>
+        <v>32441928200664</v>
       </c>
       <c r="B159" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>451</v>
+        <v>491</v>
       </c>
       <c r="D159" s="2"/>
       <c r="E159" s="2" t="s">
-        <v>460</v>
+        <v>494</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>461</v>
+        <v>495</v>
       </c>
       <c r="G159" s="2"/>
       <c r="H159" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I159" s="3">
-        <v>11940392094</v>
+        <v>11753781075</v>
       </c>
       <c r="J159" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K159" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L159" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M159" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="160" spans="1:13">
       <c r="A160" s="1">
-        <v>78574029100857</v>
+        <v>32441928201209</v>
       </c>
       <c r="B160" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C160" s="2" t="s">
-        <v>451</v>
-[...1 lines deleted...]
-      <c r="D160" s="2"/>
+        <v>491</v>
+      </c>
+      <c r="D160" s="2" t="s">
+        <v>496</v>
+      </c>
       <c r="E160" s="2" t="s">
-        <v>462</v>
+        <v>497</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>463</v>
+        <v>498</v>
       </c>
       <c r="G160" s="2"/>
       <c r="H160" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I160" s="3">
-        <v>11940392094</v>
+        <v>11753781075</v>
       </c>
       <c r="J160" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K160" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L160" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M160" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="161" spans="1:13">
       <c r="A161" s="1">
-        <v>78574029101012</v>
+        <v>32441928201373</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>451</v>
+        <v>491</v>
       </c>
       <c r="D161" s="2"/>
       <c r="E161" s="2" t="s">
-        <v>464</v>
+        <v>499</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>465</v>
+        <v>500</v>
       </c>
       <c r="G161" s="2"/>
       <c r="H161" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I161" s="3">
-        <v>11940392094</v>
+        <v>11753781075</v>
       </c>
       <c r="J161" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K161" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L161" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M161" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="162" spans="1:13">
       <c r="A162" s="1">
-        <v>78574029101020</v>
+        <v>32570588700033</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>451</v>
+        <v>501</v>
       </c>
       <c r="D162" s="2"/>
       <c r="E162" s="2" t="s">
-        <v>466</v>
+        <v>502</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>467</v>
+        <v>503</v>
       </c>
       <c r="G162" s="2"/>
       <c r="H162" s="2" t="s">
-        <v>26</v>
+        <v>374</v>
       </c>
       <c r="I162" s="3">
-        <v>11940392094</v>
+        <v>24370147037</v>
       </c>
       <c r="J162" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K162" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L162" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M162" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="163" spans="1:13">
       <c r="A163" s="1">
-        <v>78574029101038</v>
+        <v>32886010100042</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>451</v>
+        <v>504</v>
       </c>
       <c r="D163" s="2"/>
       <c r="E163" s="2" t="s">
-        <v>468</v>
+        <v>505</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>469</v>
+        <v>506</v>
       </c>
       <c r="G163" s="2"/>
       <c r="H163" s="2" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="I163" s="3">
-        <v>11940392094</v>
+        <v>26210018121</v>
       </c>
       <c r="J163" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K163" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L163" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M163" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="164" spans="1:13">
       <c r="A164" s="1">
-        <v>78574029101046</v>
+        <v>33810922600021</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>451</v>
+        <v>507</v>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2" t="s">
-        <v>470</v>
+        <v>508</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>471</v>
+        <v>509</v>
       </c>
       <c r="G164" s="2"/>
       <c r="H164" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I164" s="3">
-        <v>11940392094</v>
+        <v>31620025862</v>
       </c>
       <c r="J164" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K164" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L164" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M164" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="165" spans="1:13">
       <c r="A165" s="1">
-        <v>78804163000047</v>
+        <v>53948741300038</v>
       </c>
       <c r="B165" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>472</v>
+        <v>510</v>
       </c>
       <c r="D165" s="2"/>
       <c r="E165" s="2" t="s">
-        <v>473</v>
+        <v>511</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>474</v>
+        <v>42</v>
       </c>
       <c r="G165" s="2"/>
       <c r="H165" s="2" t="s">
-        <v>340</v>
-[...2 lines deleted...]
-        <v>475</v>
+        <v>26</v>
+      </c>
+      <c r="I165" s="3">
+        <v>52440644844</v>
       </c>
       <c r="J165" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K165" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L165" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M165" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="166" spans="1:13">
       <c r="A166" s="1">
-        <v>78875059400038</v>
+        <v>66205454300019</v>
       </c>
       <c r="B166" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>476</v>
-[...3 lines deleted...]
-      </c>
+        <v>512</v>
+      </c>
+      <c r="D166" s="2"/>
       <c r="E166" s="2" t="s">
-        <v>477</v>
+        <v>513</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>478</v>
+        <v>288</v>
       </c>
       <c r="G166" s="2"/>
       <c r="H166" s="2" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="I166" s="3"/>
+        <v>285</v>
+      </c>
+      <c r="I166" s="3">
+        <v>11750018978</v>
+      </c>
       <c r="J166" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K166" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L166" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M166" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="167" spans="1:13">
       <c r="A167" s="1">
-        <v>30238239500010</v>
+        <v>66205454300456</v>
       </c>
       <c r="B167" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>479</v>
+        <v>512</v>
       </c>
       <c r="D167" s="2"/>
       <c r="E167" s="2" t="s">
-        <v>480</v>
+        <v>514</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>337</v>
+        <v>42</v>
       </c>
       <c r="G167" s="2"/>
       <c r="H167" s="2" t="s">
-        <v>26</v>
+        <v>374</v>
       </c>
       <c r="I167" s="3">
-        <v>93130013113</v>
+        <v>11750018978</v>
       </c>
       <c r="J167" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K167" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L167" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M167" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="168" spans="1:13">
       <c r="A168" s="1">
-        <v>30284789200023</v>
+        <v>75023194600021</v>
       </c>
       <c r="B168" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>481</v>
+        <v>515</v>
       </c>
       <c r="D168" s="2"/>
       <c r="E168" s="2" t="s">
-        <v>482</v>
+        <v>516</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>483</v>
+        <v>517</v>
       </c>
       <c r="G168" s="2"/>
       <c r="H168" s="2" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="I168" s="3">
-        <v>82420081042</v>
+        <v>82730148673</v>
       </c>
       <c r="J168" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K168" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L168" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M168" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="169" spans="1:13">
       <c r="A169" s="1">
-        <v>30340844700033</v>
+        <v>75313273700044</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>484</v>
+        <v>518</v>
       </c>
       <c r="D169" s="2"/>
       <c r="E169" s="2" t="s">
-        <v>485</v>
+        <v>519</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>486</v>
+        <v>322</v>
       </c>
       <c r="G169" s="2"/>
       <c r="H169" s="2" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="I169" s="3">
-        <v>22800001380</v>
+        <v>93131493113</v>
       </c>
       <c r="J169" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K169" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L169" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M169" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="170" spans="1:13">
       <c r="A170" s="1">
-        <v>30497431400011</v>
+        <v>77556139200330</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>487</v>
-[...1 lines deleted...]
-      <c r="D170" s="2"/>
+        <v>520</v>
+      </c>
+      <c r="D170" s="2" t="s">
+        <v>521</v>
+      </c>
       <c r="E170" s="2" t="s">
-        <v>488</v>
+        <v>522</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>337</v>
+        <v>523</v>
       </c>
       <c r="G170" s="2"/>
       <c r="H170" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I170" s="3">
-        <v>11750015475</v>
+        <v>25140027514</v>
       </c>
       <c r="J170" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K170" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L170" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M170" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="171" spans="1:13">
       <c r="A171" s="1">
-        <v>30591416000034</v>
+        <v>77563016300019</v>
       </c>
       <c r="B171" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>489</v>
+        <v>524</v>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2" t="s">
-        <v>490</v>
+        <v>525</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>491</v>
+        <v>288</v>
       </c>
       <c r="G171" s="2"/>
       <c r="H171" s="2" t="s">
-        <v>45</v>
+        <v>75</v>
       </c>
       <c r="I171" s="3">
-        <v>93130698913</v>
+        <v>31620012662</v>
       </c>
       <c r="J171" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K171" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L171" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M171" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="172" spans="1:13">
       <c r="A172" s="1">
-        <v>31281559000038</v>
+        <v>79964373900011</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>492</v>
+        <v>526</v>
       </c>
       <c r="D172" s="2"/>
       <c r="E172" s="2" t="s">
-        <v>493</v>
+        <v>527</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>494</v>
+        <v>528</v>
       </c>
       <c r="G172" s="2"/>
       <c r="H172" s="2" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="I172" s="3">
-        <v>73310095331</v>
+        <v>74190081619</v>
       </c>
       <c r="J172" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K172" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L172" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M172" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="173" spans="1:13">
       <c r="A173" s="1">
-        <v>31513169800047</v>
+        <v>80464190000019</v>
       </c>
       <c r="B173" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>495</v>
-[...1 lines deleted...]
-      <c r="D173" s="2"/>
+        <v>529</v>
+      </c>
+      <c r="D173" s="2" t="s">
+        <v>529</v>
+      </c>
       <c r="E173" s="2" t="s">
-        <v>355</v>
+        <v>530</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>496</v>
+        <v>531</v>
       </c>
       <c r="G173" s="2"/>
       <c r="H173" s="2" t="s">
-        <v>340</v>
+        <v>26</v>
       </c>
       <c r="I173" s="3">
-        <v>11750763975</v>
+        <v>93060746106</v>
       </c>
       <c r="J173" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K173" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L173" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M173" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="174" spans="1:13">
       <c r="A174" s="1">
-        <v>31513169800120</v>
+        <v>80982162200028</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C174" s="2" t="s">
-        <v>495</v>
+        <v>532</v>
       </c>
       <c r="D174" s="2"/>
       <c r="E174" s="2" t="s">
-        <v>497</v>
+        <v>533</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>498</v>
+        <v>534</v>
       </c>
       <c r="G174" s="2"/>
       <c r="H174" s="2" t="s">
-        <v>340</v>
+        <v>26</v>
       </c>
       <c r="I174" s="3">
-        <v>11750763975</v>
+        <v>11922073692</v>
       </c>
       <c r="J174" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K174" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L174" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M174" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="175" spans="1:13">
       <c r="A175" s="1">
-        <v>31513169800146</v>
+        <v>81531318400013</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C175" s="2" t="s">
-        <v>495</v>
+        <v>535</v>
       </c>
       <c r="D175" s="2"/>
       <c r="E175" s="2" t="s">
-        <v>499</v>
+        <v>462</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>16</v>
+        <v>536</v>
       </c>
       <c r="G175" s="2"/>
       <c r="H175" s="2" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>537</v>
+      </c>
+      <c r="I175" s="3"/>
       <c r="J175" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K175" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L175" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M175" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="176" spans="1:13">
       <c r="A176" s="1">
-        <v>31513169800153</v>
+        <v>82422814200017</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C176" s="2" t="s">
-        <v>495</v>
+        <v>538</v>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2" t="s">
-        <v>500</v>
+        <v>539</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>501</v>
+        <v>236</v>
       </c>
       <c r="G176" s="2"/>
       <c r="H176" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I176" s="3">
-        <v>11750763975</v>
+        <v>11930743393</v>
       </c>
       <c r="J176" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K176" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L176" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M176" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="177" spans="1:13">
       <c r="A177" s="1">
-        <v>31513169800179</v>
+        <v>82422814200025</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C177" s="2" t="s">
-        <v>495</v>
+        <v>538</v>
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2" t="s">
-        <v>502</v>
+        <v>540</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>503</v>
+        <v>236</v>
       </c>
       <c r="G177" s="2"/>
       <c r="H177" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I177" s="3">
-        <v>11750763975</v>
+        <v>11930743393</v>
       </c>
       <c r="J177" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K177" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L177" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M177" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="178" spans="1:13">
       <c r="A178" s="1">
-        <v>31513169800187</v>
+        <v>82422814200108</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C178" s="2" t="s">
-        <v>495</v>
+        <v>538</v>
       </c>
       <c r="D178" s="2"/>
       <c r="E178" s="2" t="s">
-        <v>504</v>
+        <v>541</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>505</v>
+        <v>236</v>
       </c>
       <c r="G178" s="2"/>
       <c r="H178" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I178" s="3">
-        <v>11750763975</v>
+        <v>11930743393</v>
       </c>
       <c r="J178" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K178" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L178" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M178" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="179" spans="1:13">
       <c r="A179" s="1">
-        <v>31513169800195</v>
+        <v>82422814200124</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C179" s="2" t="s">
-        <v>495</v>
+        <v>538</v>
       </c>
       <c r="D179" s="2"/>
       <c r="E179" s="2" t="s">
-        <v>506</v>
+        <v>542</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>507</v>
+        <v>236</v>
       </c>
       <c r="G179" s="2"/>
       <c r="H179" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I179" s="3">
-        <v>11750763975</v>
+        <v>11930743393</v>
       </c>
       <c r="J179" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K179" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L179" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M179" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="180" spans="1:13">
       <c r="A180" s="1">
-        <v>31513169800211</v>
+        <v>82422814200207</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C180" s="2" t="s">
-        <v>495</v>
+        <v>538</v>
       </c>
       <c r="D180" s="2"/>
       <c r="E180" s="2" t="s">
-        <v>508</v>
+        <v>543</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>509</v>
+        <v>236</v>
       </c>
       <c r="G180" s="2"/>
       <c r="H180" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I180" s="3">
-        <v>11750763975</v>
+        <v>11930743393</v>
       </c>
       <c r="J180" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K180" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L180" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M180" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="181" spans="1:13">
       <c r="A181" s="1">
-        <v>31721734700044</v>
+        <v>82422814200298</v>
       </c>
       <c r="B181" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>510</v>
+        <v>538</v>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2" t="s">
-        <v>511</v>
+        <v>544</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>512</v>
+        <v>236</v>
       </c>
       <c r="G181" s="2"/>
       <c r="H181" s="2" t="s">
-        <v>340</v>
+        <v>26</v>
       </c>
       <c r="I181" s="3">
-        <v>11750327775</v>
+        <v>11930743393</v>
       </c>
       <c r="J181" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K181" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L181" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M181" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="182" spans="1:13">
       <c r="A182" s="1">
-        <v>32159164600328</v>
+        <v>82422814200371</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>513</v>
-[...3 lines deleted...]
-      </c>
+        <v>538</v>
+      </c>
+      <c r="D182" s="2"/>
       <c r="E182" s="2" t="s">
-        <v>515</v>
+        <v>545</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>516</v>
+        <v>236</v>
       </c>
       <c r="G182" s="2"/>
       <c r="H182" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I182" s="3">
-        <v>53350111635</v>
+        <v>11930743393</v>
       </c>
       <c r="J182" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K182" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L182" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M182" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="183" spans="1:13">
       <c r="A183" s="1">
-        <v>32159164600492</v>
+        <v>82422814200520</v>
       </c>
       <c r="B183" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C183" s="2" t="s">
-        <v>513</v>
+        <v>538</v>
       </c>
       <c r="D183" s="2"/>
       <c r="E183" s="2" t="s">
-        <v>517</v>
+        <v>546</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="G183" s="2"/>
       <c r="H183" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I183" s="3">
-        <v>53350111635</v>
+        <v>11930743393</v>
       </c>
       <c r="J183" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K183" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L183" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M183" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="184" spans="1:13">
       <c r="A184" s="1">
-        <v>32240853500068</v>
+        <v>82422814200587</v>
       </c>
       <c r="B184" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C184" s="2" t="s">
-        <v>518</v>
+        <v>538</v>
       </c>
       <c r="D184" s="2"/>
       <c r="E184" s="2" t="s">
-        <v>519</v>
+        <v>547</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>520</v>
+        <v>236</v>
       </c>
       <c r="G184" s="2"/>
       <c r="H184" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I184" s="3">
-        <v>25610002361</v>
+        <v>11930743393</v>
       </c>
       <c r="J184" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K184" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L184" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M184" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="185" spans="1:13">
       <c r="A185" s="1">
-        <v>32375233700036</v>
+        <v>82422814200652</v>
       </c>
       <c r="B185" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C185" s="2" t="s">
-        <v>521</v>
+        <v>538</v>
       </c>
       <c r="D185" s="2"/>
       <c r="E185" s="2" t="s">
-        <v>522</v>
+        <v>548</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>523</v>
+        <v>236</v>
       </c>
       <c r="G185" s="2"/>
       <c r="H185" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I185" s="3">
-        <v>42670089367</v>
+        <v>11930743393</v>
       </c>
       <c r="J185" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K185" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L185" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M185" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="186" spans="1:13">
       <c r="A186" s="1">
-        <v>32441928200383</v>
+        <v>82422814200777</v>
       </c>
       <c r="B186" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>524</v>
+        <v>538</v>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2" t="s">
-        <v>525</v>
+        <v>549</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>526</v>
+        <v>236</v>
       </c>
       <c r="G186" s="2"/>
       <c r="H186" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I186" s="3">
-        <v>11753781075</v>
+        <v>11930743393</v>
       </c>
       <c r="J186" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K186" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L186" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M186" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="187" spans="1:13">
       <c r="A187" s="1">
-        <v>32441928200664</v>
+        <v>82422814200926</v>
       </c>
       <c r="B187" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C187" s="2" t="s">
-        <v>524</v>
+        <v>538</v>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2" t="s">
-        <v>527</v>
+        <v>550</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>528</v>
+        <v>236</v>
       </c>
       <c r="G187" s="2"/>
       <c r="H187" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I187" s="3">
-        <v>11753781075</v>
+        <v>11930743393</v>
       </c>
       <c r="J187" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K187" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L187" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M187" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="188" spans="1:13">
       <c r="A188" s="1">
-        <v>32441928201209</v>
+        <v>82422814201023</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C188" s="2" t="s">
-        <v>524</v>
-[...3 lines deleted...]
-      </c>
+        <v>538</v>
+      </c>
+      <c r="D188" s="2"/>
       <c r="E188" s="2" t="s">
-        <v>530</v>
+        <v>551</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>531</v>
+        <v>236</v>
       </c>
       <c r="G188" s="2"/>
       <c r="H188" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I188" s="3">
-        <v>11753781075</v>
+        <v>11930743393</v>
       </c>
       <c r="J188" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K188" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L188" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M188" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="189" spans="1:13">
       <c r="A189" s="1">
-        <v>32441928201373</v>
+        <v>82422814201064</v>
       </c>
       <c r="B189" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C189" s="2" t="s">
-        <v>524</v>
+        <v>538</v>
       </c>
       <c r="D189" s="2"/>
       <c r="E189" s="2" t="s">
-        <v>532</v>
+        <v>552</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>533</v>
+        <v>236</v>
       </c>
       <c r="G189" s="2"/>
       <c r="H189" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I189" s="3">
-        <v>11753781075</v>
+        <v>11930743393</v>
       </c>
       <c r="J189" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K189" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L189" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M189" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="190" spans="1:13">
       <c r="A190" s="1">
-        <v>32570588700033</v>
+        <v>82422814201106</v>
       </c>
       <c r="B190" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C190" s="2" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="D190" s="2"/>
       <c r="E190" s="2" t="s">
-        <v>535</v>
+        <v>553</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>536</v>
+        <v>236</v>
       </c>
       <c r="G190" s="2"/>
       <c r="H190" s="2" t="s">
-        <v>340</v>
+        <v>26</v>
       </c>
       <c r="I190" s="3">
-        <v>24370147037</v>
+        <v>11930743393</v>
       </c>
       <c r="J190" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K190" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L190" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M190" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="191" spans="1:13">
       <c r="A191" s="1">
-        <v>32886010100042</v>
+        <v>82422814201163</v>
       </c>
       <c r="B191" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="D191" s="2"/>
       <c r="E191" s="2" t="s">
-        <v>538</v>
+        <v>554</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>539</v>
+        <v>236</v>
       </c>
       <c r="G191" s="2"/>
       <c r="H191" s="2" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="I191" s="3">
-        <v>26210018121</v>
+        <v>11930743393</v>
       </c>
       <c r="J191" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K191" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L191" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M191" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="192" spans="1:13">
       <c r="A192" s="1">
-        <v>33810922600021</v>
+        <v>82422814201189</v>
       </c>
       <c r="B192" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C192" s="2" t="s">
-        <v>540</v>
+        <v>538</v>
       </c>
       <c r="D192" s="2"/>
       <c r="E192" s="2" t="s">
-        <v>541</v>
+        <v>555</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>542</v>
+        <v>236</v>
       </c>
       <c r="G192" s="2"/>
       <c r="H192" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I192" s="3">
-        <v>31620025862</v>
+        <v>11930743393</v>
       </c>
       <c r="J192" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K192" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L192" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M192" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="193" spans="1:13">
       <c r="A193" s="1">
-        <v>79374443400010</v>
+        <v>82422814201254</v>
       </c>
       <c r="B193" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C193" s="2" t="s">
-        <v>543</v>
+        <v>538</v>
       </c>
       <c r="D193" s="2"/>
       <c r="E193" s="2" t="s">
-        <v>544</v>
+        <v>556</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>545</v>
+        <v>236</v>
       </c>
       <c r="G193" s="2"/>
       <c r="H193" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I193" s="3">
-        <v>98970425197</v>
+        <v>11930743393</v>
       </c>
       <c r="J193" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K193" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L193" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M193" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="194" spans="1:13">
       <c r="A194" s="1">
-        <v>79964373900011</v>
+        <v>82422814201502</v>
       </c>
       <c r="B194" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C194" s="2" t="s">
-        <v>546</v>
+        <v>538</v>
       </c>
       <c r="D194" s="2"/>
       <c r="E194" s="2" t="s">
-        <v>547</v>
+        <v>557</v>
       </c>
       <c r="F194" s="2" t="s">
-        <v>548</v>
+        <v>236</v>
       </c>
       <c r="G194" s="2"/>
       <c r="H194" s="2" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="I194" s="3">
-        <v>74190081619</v>
+        <v>11930743393</v>
       </c>
       <c r="J194" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K194" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L194" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M194" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="195" spans="1:13">
       <c r="A195" s="1">
-        <v>80464190000019</v>
+        <v>82422814201528</v>
       </c>
       <c r="B195" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C195" s="2" t="s">
-        <v>549</v>
-[...3 lines deleted...]
-      </c>
+        <v>538</v>
+      </c>
+      <c r="D195" s="2"/>
       <c r="E195" s="2" t="s">
-        <v>550</v>
+        <v>558</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>551</v>
+        <v>236</v>
       </c>
       <c r="G195" s="2"/>
       <c r="H195" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I195" s="3">
-        <v>93060746106</v>
+        <v>11930743393</v>
       </c>
       <c r="J195" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K195" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L195" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M195" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="196" spans="1:13">
       <c r="A196" s="1">
-        <v>80982162200028</v>
+        <v>82422814201569</v>
       </c>
       <c r="B196" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C196" s="2" t="s">
-        <v>552</v>
+        <v>538</v>
       </c>
       <c r="D196" s="2"/>
       <c r="E196" s="2" t="s">
-        <v>553</v>
+        <v>559</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>554</v>
+        <v>236</v>
       </c>
       <c r="G196" s="2"/>
       <c r="H196" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I196" s="3">
-        <v>11922073692</v>
+        <v>11930743393</v>
       </c>
       <c r="J196" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K196" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L196" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M196" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="197" spans="1:13">
       <c r="A197" s="1">
-        <v>50890422400047</v>
+        <v>82422814201759</v>
       </c>
       <c r="B197" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C197" s="2" t="s">
-        <v>555</v>
+        <v>538</v>
       </c>
       <c r="D197" s="2"/>
       <c r="E197" s="2" t="s">
-        <v>556</v>
+        <v>560</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>557</v>
+        <v>236</v>
       </c>
       <c r="G197" s="2"/>
       <c r="H197" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I197" s="3">
-        <v>11910630891</v>
+        <v>11930743393</v>
       </c>
       <c r="J197" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K197" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L197" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M197" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="198" spans="1:13">
       <c r="A198" s="1">
-        <v>50923283100016</v>
+        <v>82422814201775</v>
       </c>
       <c r="B198" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C198" s="2" t="s">
-        <v>558</v>
-[...3 lines deleted...]
-      </c>
+        <v>538</v>
+      </c>
+      <c r="D198" s="2"/>
       <c r="E198" s="2" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F198" s="2" t="s">
-        <v>560</v>
+        <v>236</v>
       </c>
       <c r="G198" s="2"/>
       <c r="H198" s="2" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="I198" s="3">
-        <v>21510170351</v>
+        <v>11930743393</v>
       </c>
       <c r="J198" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K198" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L198" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M198" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="199" spans="1:13">
       <c r="A199" s="1">
-        <v>50923283100024</v>
+        <v>82422814201783</v>
       </c>
       <c r="B199" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C199" s="2" t="s">
-        <v>558</v>
-[...3 lines deleted...]
-      </c>
+        <v>538</v>
+      </c>
+      <c r="D199" s="2"/>
       <c r="E199" s="2" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>21</v>
+        <v>236</v>
       </c>
       <c r="G199" s="2"/>
       <c r="H199" s="2" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="I199" s="3">
-        <v>21510170351</v>
+        <v>11930743393</v>
       </c>
       <c r="J199" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K199" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L199" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M199" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="200" spans="1:13">
       <c r="A200" s="1">
-        <v>50923283100040</v>
+        <v>82422814201809</v>
       </c>
       <c r="B200" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C200" s="2" t="s">
-        <v>558</v>
-[...3 lines deleted...]
-      </c>
+        <v>538</v>
+      </c>
+      <c r="D200" s="2"/>
       <c r="E200" s="2" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>21</v>
+        <v>236</v>
       </c>
       <c r="G200" s="2"/>
       <c r="H200" s="2" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="I200" s="3">
-        <v>21510170351</v>
+        <v>11930743393</v>
       </c>
       <c r="J200" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K200" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L200" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M200" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="201" spans="1:13">
       <c r="A201" s="1">
-        <v>50923283100057</v>
+        <v>82422814201825</v>
       </c>
       <c r="B201" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C201" s="2" t="s">
-        <v>558</v>
-[...3 lines deleted...]
-      </c>
+        <v>538</v>
+      </c>
+      <c r="D201" s="2"/>
       <c r="E201" s="2" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="F201" s="2" t="s">
-        <v>21</v>
+        <v>236</v>
       </c>
       <c r="G201" s="2"/>
       <c r="H201" s="2" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="I201" s="3">
-        <v>21510170351</v>
+        <v>11930743393</v>
       </c>
       <c r="J201" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K201" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L201" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M201" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="202" spans="1:13">
       <c r="A202" s="1">
-        <v>48538820100041</v>
+        <v>82422814201916</v>
       </c>
       <c r="B202" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C202" s="2" t="s">
-        <v>564</v>
+        <v>538</v>
       </c>
       <c r="D202" s="2"/>
       <c r="E202" s="2" t="s">
         <v>565</v>
       </c>
       <c r="F202" s="2" t="s">
-        <v>566</v>
+        <v>236</v>
       </c>
       <c r="G202" s="2"/>
       <c r="H202" s="2" t="s">
-        <v>357</v>
+        <v>26</v>
       </c>
       <c r="I202" s="3">
-        <v>53351043235</v>
+        <v>11930743393</v>
       </c>
       <c r="J202" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K202" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L202" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M202" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="203" spans="1:13">
       <c r="A203" s="1">
-        <v>48920868600035</v>
+        <v>82431407400025</v>
       </c>
       <c r="B203" s="2" t="s">
-        <v>13</v>
+        <v>105</v>
       </c>
       <c r="C203" s="2" t="s">
-        <v>567</v>
+        <v>566</v>
       </c>
       <c r="D203" s="2"/>
       <c r="E203" s="2" t="s">
+        <v>567</v>
+      </c>
+      <c r="F203" s="2" t="s">
         <v>568</v>
       </c>
-      <c r="F203" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G203" s="2"/>
+      <c r="G203" s="2" t="s">
+        <v>569</v>
+      </c>
       <c r="H203" s="2" t="s">
-        <v>26</v>
+        <v>374</v>
       </c>
       <c r="I203" s="3">
-        <v>11754928575</v>
+        <v>93830525383</v>
       </c>
       <c r="J203" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K203" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L203" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M203" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="204" spans="1:13">
       <c r="A204" s="1">
-        <v>49538963700028</v>
+        <v>82431407400041</v>
       </c>
       <c r="B204" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C204" s="2" t="s">
-        <v>569</v>
+        <v>566</v>
       </c>
       <c r="D204" s="2"/>
       <c r="E204" s="2" t="s">
         <v>570</v>
       </c>
       <c r="F204" s="2" t="s">
         <v>571</v>
       </c>
       <c r="G204" s="2"/>
       <c r="H204" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I204" s="3">
-        <v>11930554993</v>
+        <v>93830525383</v>
       </c>
       <c r="J204" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K204" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L204" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M204" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="205" spans="1:13">
       <c r="A205" s="1">
-        <v>50055217900045</v>
+        <v>82907750200013</v>
       </c>
       <c r="B205" s="2" t="s">
-        <v>13</v>
+        <v>105</v>
       </c>
       <c r="C205" s="2" t="s">
         <v>572</v>
       </c>
       <c r="D205" s="2"/>
       <c r="E205" s="2" t="s">
         <v>573</v>
       </c>
       <c r="F205" s="2" t="s">
         <v>574</v>
       </c>
-      <c r="G205" s="2"/>
+      <c r="G205" s="2" t="s">
+        <v>575</v>
+      </c>
       <c r="H205" s="2" t="s">
-        <v>26</v>
+        <v>537</v>
       </c>
       <c r="I205" s="3">
-        <v>32620279162</v>
+        <v>11756457675</v>
       </c>
       <c r="J205" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K205" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L205" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M205" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="206" spans="1:13">
       <c r="A206" s="1">
-        <v>82907750200013</v>
+        <v>83069650600013</v>
       </c>
       <c r="B206" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C206" s="2" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="D206" s="2"/>
       <c r="E206" s="2" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="F206" s="2" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="G206" s="2"/>
       <c r="H206" s="2" t="s">
-        <v>357</v>
+        <v>45</v>
       </c>
       <c r="I206" s="3">
-        <v>11756457675</v>
+        <v>11922181892</v>
       </c>
       <c r="J206" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K206" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L206" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M206" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="207" spans="1:13">
       <c r="A207" s="1">
-        <v>83069650600013</v>
+        <v>83335670200039</v>
       </c>
       <c r="B207" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C207" s="2" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="D207" s="2"/>
       <c r="E207" s="2" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="F207" s="2" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="G207" s="2"/>
       <c r="H207" s="2" t="s">
-        <v>45</v>
+        <v>582</v>
       </c>
       <c r="I207" s="3">
-        <v>11922181892</v>
+        <v>84691903669</v>
       </c>
       <c r="J207" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K207" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L207" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M207" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="208" spans="1:13">
       <c r="A208" s="1">
-        <v>83335670200039</v>
+        <v>84359033200030</v>
       </c>
       <c r="B208" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C208" s="2" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="D208" s="2"/>
       <c r="E208" s="2" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="G208" s="2"/>
       <c r="H208" s="2" t="s">
-        <v>584</v>
+        <v>582</v>
       </c>
       <c r="I208" s="3">
-        <v>84691903669</v>
+        <v>11922279792</v>
       </c>
       <c r="J208" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K208" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L208" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M208" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="209" spans="1:13">
       <c r="A209" s="1">
-        <v>84359033200030</v>
+        <v>84359033200055</v>
       </c>
       <c r="B209" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C209" s="2" t="s">
-        <v>585</v>
-[...1 lines deleted...]
-      <c r="D209" s="2"/>
+        <v>583</v>
+      </c>
+      <c r="D209" s="2" t="s">
+        <v>586</v>
+      </c>
       <c r="E209" s="2" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="G209" s="2"/>
       <c r="H209" s="2" t="s">
-        <v>584</v>
+        <v>26</v>
       </c>
       <c r="I209" s="3">
         <v>11922279792</v>
       </c>
       <c r="J209" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K209" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L209" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M209" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="210" spans="1:13">
       <c r="A210" s="1">
-        <v>84359033200055</v>
+        <v>84359033200063</v>
       </c>
       <c r="B210" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C210" s="2" t="s">
-        <v>585</v>
-[...3 lines deleted...]
-      </c>
+        <v>583</v>
+      </c>
+      <c r="D210" s="2"/>
       <c r="E210" s="2" t="s">
         <v>589</v>
       </c>
       <c r="F210" s="2" t="s">
         <v>590</v>
       </c>
       <c r="G210" s="2"/>
       <c r="H210" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I210" s="3">
         <v>11922279792</v>
       </c>
       <c r="J210" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K210" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L210" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M210" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="211" spans="1:13">
       <c r="A211" s="1">
-        <v>84359033200063</v>
+        <v>84359033200071</v>
       </c>
       <c r="B211" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C211" s="2" t="s">
-        <v>585</v>
-[...1 lines deleted...]
-      <c r="D211" s="2"/>
+        <v>583</v>
+      </c>
+      <c r="D211" s="2" t="s">
+        <v>583</v>
+      </c>
       <c r="E211" s="2" t="s">
         <v>591</v>
       </c>
       <c r="F211" s="2" t="s">
         <v>592</v>
       </c>
       <c r="G211" s="2"/>
       <c r="H211" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I211" s="3">
         <v>11922279792</v>
       </c>
       <c r="J211" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K211" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L211" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M211" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="212" spans="1:13">
       <c r="A212" s="1">
-        <v>84359033200071</v>
+        <v>88223062600013</v>
       </c>
       <c r="B212" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C212" s="2" t="s">
-        <v>585</v>
-[...3 lines deleted...]
-      </c>
+        <v>593</v>
+      </c>
+      <c r="D212" s="2"/>
       <c r="E212" s="2" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="F212" s="2" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="G212" s="2"/>
       <c r="H212" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I212" s="3">
-        <v>11922279792</v>
+        <v>11931090893</v>
       </c>
       <c r="J212" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K212" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L212" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M212" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="213" spans="1:13">
       <c r="A213" s="1">
-        <v>88223062600013</v>
+        <v>88280019600017</v>
       </c>
       <c r="B213" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C213" s="2" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="D213" s="2"/>
       <c r="E213" s="2" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="F213" s="2" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="G213" s="2"/>
       <c r="H213" s="2" t="s">
-        <v>26</v>
+        <v>599</v>
       </c>
       <c r="I213" s="3">
-        <v>11931090893</v>
+        <v>44540389954</v>
       </c>
       <c r="J213" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K213" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L213" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M213" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="214" spans="1:13">
       <c r="A214" s="1">
-        <v>88280019600017</v>
+        <v>88488405700016</v>
       </c>
       <c r="B214" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C214" s="2" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="D214" s="2"/>
       <c r="E214" s="2" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="G214" s="2"/>
       <c r="H214" s="2" t="s">
-        <v>601</v>
+        <v>582</v>
       </c>
       <c r="I214" s="3">
-        <v>44540389954</v>
+        <v>28140345414</v>
       </c>
       <c r="J214" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K214" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L214" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M214" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="215" spans="1:13">
       <c r="A215" s="1">
-        <v>88488405700016</v>
+        <v>88776394400014</v>
       </c>
       <c r="B215" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C215" s="2" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="D215" s="2"/>
       <c r="E215" s="2" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="F215" s="2" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="G215" s="2"/>
       <c r="H215" s="2" t="s">
-        <v>584</v>
+        <v>582</v>
       </c>
       <c r="I215" s="3">
-        <v>28140345414</v>
+        <v>28760633776</v>
       </c>
       <c r="J215" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K215" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L215" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M215" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="216" spans="1:13">
       <c r="A216" s="1">
-        <v>88776394400014</v>
+        <v>88776394400022</v>
       </c>
       <c r="B216" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C216" s="2" t="s">
-        <v>605</v>
-[...1 lines deleted...]
-      <c r="D216" s="2"/>
+        <v>603</v>
+      </c>
+      <c r="D216" s="2" t="s">
+        <v>606</v>
+      </c>
       <c r="E216" s="2" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="F216" s="2" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="G216" s="2"/>
       <c r="H216" s="2" t="s">
-        <v>584</v>
+        <v>374</v>
       </c>
       <c r="I216" s="3">
         <v>28760633776</v>
       </c>
       <c r="J216" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K216" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L216" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M216" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="217" spans="1:13">
       <c r="A217" s="1">
-        <v>88776394400022</v>
+        <v>89079142900016</v>
       </c>
       <c r="B217" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C217" s="2" t="s">
-        <v>605</v>
-[...3 lines deleted...]
-      </c>
+        <v>609</v>
+      </c>
+      <c r="D217" s="2"/>
       <c r="E217" s="2" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>610</v>
+        <v>42</v>
       </c>
       <c r="G217" s="2"/>
       <c r="H217" s="2" t="s">
-        <v>340</v>
+        <v>26</v>
       </c>
       <c r="I217" s="3">
-        <v>28760633776</v>
+        <v>76341086134</v>
       </c>
       <c r="J217" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K217" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L217" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M217" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="218" spans="1:13">
       <c r="A218" s="1">
-        <v>89079142900016</v>
+        <v>89079142900040</v>
       </c>
       <c r="B218" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C218" s="2" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="D218" s="2"/>
       <c r="E218" s="2" t="s">
-        <v>612</v>
+        <v>611</v>
       </c>
       <c r="F218" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G218" s="2"/>
       <c r="H218" s="2" t="s">
-        <v>26</v>
+        <v>374</v>
       </c>
       <c r="I218" s="3">
         <v>76341086134</v>
       </c>
       <c r="J218" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K218" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L218" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M218" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="219" spans="1:13">
       <c r="A219" s="1">
-        <v>89079142900040</v>
+        <v>89079142900065</v>
       </c>
       <c r="B219" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C219" s="2" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="D219" s="2"/>
       <c r="E219" s="2" t="s">
-        <v>613</v>
+        <v>612</v>
       </c>
       <c r="F219" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G219" s="2"/>
       <c r="H219" s="2" t="s">
-        <v>340</v>
+        <v>374</v>
       </c>
       <c r="I219" s="3">
         <v>76341086134</v>
       </c>
       <c r="J219" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K219" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L219" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M219" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="220" spans="1:13">
       <c r="A220" s="1">
-        <v>89079142900065</v>
+        <v>89079142900073</v>
       </c>
       <c r="B220" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C220" s="2" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="D220" s="2"/>
       <c r="E220" s="2" t="s">
-        <v>614</v>
+        <v>613</v>
       </c>
       <c r="F220" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G220" s="2"/>
       <c r="H220" s="2" t="s">
-        <v>340</v>
+        <v>374</v>
       </c>
       <c r="I220" s="3">
         <v>76341086134</v>
       </c>
       <c r="J220" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K220" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L220" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M220" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="221" spans="1:13">
       <c r="A221" s="1">
-        <v>89079142900073</v>
+        <v>89079142900107</v>
       </c>
       <c r="B221" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C221" s="2" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="D221" s="2"/>
       <c r="E221" s="2" t="s">
-        <v>615</v>
+        <v>614</v>
       </c>
       <c r="F221" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G221" s="2"/>
       <c r="H221" s="2" t="s">
-        <v>340</v>
+        <v>374</v>
       </c>
       <c r="I221" s="3">
         <v>76341086134</v>
       </c>
       <c r="J221" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K221" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L221" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M221" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="222" spans="1:13">
       <c r="A222" s="1">
-        <v>89079142900107</v>
+        <v>89079142900123</v>
       </c>
       <c r="B222" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C222" s="2" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="D222" s="2"/>
       <c r="E222" s="2" t="s">
-        <v>616</v>
+        <v>615</v>
       </c>
       <c r="F222" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G222" s="2"/>
       <c r="H222" s="2" t="s">
-        <v>340</v>
+        <v>374</v>
       </c>
       <c r="I222" s="3">
         <v>76341086134</v>
       </c>
       <c r="J222" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K222" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L222" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M222" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="223" spans="1:13">
       <c r="A223" s="1">
-        <v>89079142900123</v>
+        <v>89079142900131</v>
       </c>
       <c r="B223" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C223" s="2" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="D223" s="2"/>
       <c r="E223" s="2" t="s">
-        <v>617</v>
+        <v>616</v>
       </c>
       <c r="F223" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G223" s="2"/>
       <c r="H223" s="2" t="s">
-        <v>340</v>
+        <v>374</v>
       </c>
       <c r="I223" s="3">
         <v>76341086134</v>
       </c>
       <c r="J223" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K223" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L223" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M223" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="224" spans="1:13">
       <c r="A224" s="1">
-        <v>89079142900131</v>
+        <v>91850054700016</v>
       </c>
       <c r="B224" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C224" s="2" t="s">
-        <v>611</v>
+        <v>617</v>
       </c>
       <c r="D224" s="2"/>
       <c r="E224" s="2" t="s">
+        <v>407</v>
+      </c>
+      <c r="F224" s="2" t="s">
         <v>618</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="G224" s="2"/>
       <c r="H224" s="2" t="s">
-        <v>340</v>
+        <v>26</v>
       </c>
       <c r="I224" s="3">
-        <v>76341086134</v>
+        <v>11756581875</v>
       </c>
       <c r="J224" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K224" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L224" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M224" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="225" spans="1:13">
       <c r="A225" s="1">
-        <v>91850054700016</v>
+        <v>91950343300014</v>
       </c>
       <c r="B225" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C225" s="2" t="s">
         <v>619</v>
       </c>
       <c r="D225" s="2"/>
       <c r="E225" s="2" t="s">
-        <v>410</v>
+        <v>587</v>
       </c>
       <c r="F225" s="2" t="s">
         <v>620</v>
       </c>
       <c r="G225" s="2"/>
       <c r="H225" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I225" s="3">
-        <v>11756581875</v>
+        <v>75331542733</v>
       </c>
       <c r="J225" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K225" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L225" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M225" s="2" t="s">
-        <v>18</v>
-[...35 lines deleted...]
-      <c r="M226" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -10816,31 +10783,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/19/2025 13:10:33</dc:description>
+  <dc:description>Export en date du 01/19/2026 20:45:34</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>