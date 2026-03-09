--- v1 (2026-01-19)
+++ v2 (2026-03-09)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="621">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="599">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -346,59 +346,59 @@
   <si>
     <t>AVENUE NAPOLEON 3 20000 AJACCIO</t>
   </si>
   <si>
     <t>11/04/1989</t>
   </si>
   <si>
     <t>9420P100220</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT CHAPTAL</t>
   </si>
   <si>
     <t>GRETA DES COTES D'ARMOR</t>
   </si>
   <si>
     <t>19 B BOULEVARD LAMARTINE 22000 SAINT-BRIEUC</t>
   </si>
   <si>
     <t>01/08/2024</t>
   </si>
   <si>
+    <t>GRETA-CFA DES COTES D'ARMOR</t>
+  </si>
+  <si>
+    <t>6 ALLEE CHAPTAL 22000 SAINT-BRIEUC</t>
+  </si>
+  <si>
     <t>5335P001022</t>
   </si>
   <si>
-    <t>GRETA-CFA DES COTES D'ARMOR</t>
-[...4 lines deleted...]
-  <si>
     <t>LYCEE PROFESSIONNEL JEAN CAPELLE - LYCEE DES METIERS DE L'HOTELLERIE, DE LA GASTRONOMIE ET DES SERVICES</t>
   </si>
   <si>
     <t>AVENUE DU MARECHAL LECLERC 24100 BERGERAC</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL JOSEPHINE BAKER</t>
   </si>
   <si>
     <t>387 AVENUE JOSEPHINE BAKER 24200 SARLAT-LA-CANEDA</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT YVES THEPOT</t>
   </si>
   <si>
     <t>GRETA-CFA DE BRETAGNE OCCIDENTALE</t>
   </si>
   <si>
     <t>5 RUE DE L'ILE BREHAT 29000 QUIMPER</t>
   </si>
   <si>
     <t>5335P000829</t>
   </si>
   <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE CAMILLE JULLIAN</t>
@@ -415,53 +415,50 @@
   <si>
     <t>7233P015633</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT HOTELIER GASCOGNE - LYCEE DES METIERS DE L'HOTELLERIE, DE LA GASTRONOMIE ET DU TOURISME</t>
   </si>
   <si>
     <t>15 RUE FRANCOIS RABELAIS 33400 TALENCE</t>
   </si>
   <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE GRANDMONT</t>
   </si>
   <si>
     <t>GRETA VAL DE LOIRE</t>
   </si>
   <si>
     <t>6 AVENUE DE SEVIGNE 37200 TOURS</t>
   </si>
   <si>
     <t>01/09/1989</t>
   </si>
   <si>
     <t>31/07/2024</t>
   </si>
   <si>
-    <t>2437P000837</t>
-[...1 lines deleted...]
-  <si>
     <t>LYCEE PROFESSIONNEL LOUIS DARMANTE - LYCEE DES METIERS DE L'HOTELLERIE ET DU COMMERCE LOUIS DARMANTE</t>
   </si>
   <si>
     <t>23 RUE JEAN-BAPTISTE GABARRA 40130 CAPBRETON</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT D'ETAT DE BORDA</t>
   </si>
   <si>
     <t>7 AVENUE PAUL DOUMER 40100 DAX</t>
   </si>
   <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE LIVET</t>
   </si>
   <si>
     <t>GRETA LOIRE-ATLANTIQUE</t>
   </si>
   <si>
     <t>16 RUE DUFOUR 44000 NANTES</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL LOUIS-ANTOINE DE BOUGAINVILLE - LYCEE DES METIERS</t>
   </si>
   <si>
     <t>2 RUE EUGENE LE ROUX 44100 NANTES</t>
@@ -475,65 +472,50 @@
   <si>
     <t>LYCEE POLYVALENT NICOLAS APPERT - LYCEE DES METIERS</t>
   </si>
   <si>
     <t>22 AVENUE DE LA CHOLIERE 44700 ORVAULT</t>
   </si>
   <si>
     <t>10/10/1989</t>
   </si>
   <si>
     <t>LYCEE ENS.PROFESSIONNEL JACQUES DE ROMAS</t>
   </si>
   <si>
     <t>ROUTE DE MEZIN 47600 NERAC</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT CHEVROLLIER</t>
   </si>
   <si>
     <t>GRETA-CFA 49</t>
   </si>
   <si>
     <t>3 RUE DE LETANDUERE 49000 ANGERS</t>
   </si>
   <si>
-    <t>LYCEE POLYVALENT CURIE-COROT</t>
-[...13 lines deleted...]
-  <si>
     <t>LYCEE LIBERGIER</t>
   </si>
   <si>
     <t>GRETA DE LA MARNE</t>
   </si>
   <si>
     <t>20 RUE DES AUGUSTINS 51100 REIMS</t>
   </si>
   <si>
     <t>2151P000451</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT DE SAINT-EXUPERY - LYCEE DES METIERS DE LA PERSONNE ET DU BIEN VIVRE</t>
   </si>
   <si>
     <t>82 RUE ANATOLE FRANCE 52100 SAINT-DIZIER</t>
   </si>
   <si>
     <t>LYCEE RAYMOND POINCARE</t>
   </si>
   <si>
     <t>GRETA LORRAINE OUEST</t>
   </si>
   <si>
     <t>77 BOULEVARD RAYMOND POINCARE 55000 BAR-LE-DUC</t>
@@ -655,53 +637,50 @@
   <si>
     <t>1 ROUTE DE SEPTEUIL 78640 VILLIERS-SAINT-FREDERIC</t>
   </si>
   <si>
     <t>01/09/2006</t>
   </si>
   <si>
     <t>1178P000978</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT LA HOTOIE</t>
   </si>
   <si>
     <t>GRETA SOMME</t>
   </si>
   <si>
     <t>70 BOULEVARD SAINT-QUENTIN 80090 AMIENS</t>
   </si>
   <si>
     <t>25/12/2005</t>
   </si>
   <si>
     <t>26/02/2025</t>
   </si>
   <si>
-    <t>2280P000780</t>
-[...1 lines deleted...]
-  <si>
     <t>LYCEE POLYVALENT PAUL LANGEVIN - LYCEE DES METIERS DE L'INDUSTRIE ET DE LA CREATION</t>
   </si>
   <si>
     <t>GRETA DU VAR</t>
   </si>
   <si>
     <t>BD DE L EUROPE 83500 LA SEYNE SUR MER</t>
   </si>
   <si>
     <t>31/03/1988</t>
   </si>
   <si>
     <t>9383P000883</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT PHILIPPE DE GIRARD</t>
   </si>
   <si>
     <t>GRETA-CFA VAUCLUSE</t>
   </si>
   <si>
     <t>138 AVENUE DE TARASCON 84000 AVIGNON</t>
   </si>
   <si>
     <t>01/01/1987</t>
@@ -775,50 +754,416 @@
   <si>
     <t>126 AVENUE ROGER SALENGRO 94500 CHAMPIGNY-SUR-MARNE</t>
   </si>
   <si>
     <t>1194P000194</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT GUSTAVE MONOD</t>
   </si>
   <si>
     <t>GRETA DU VAL D OISE</t>
   </si>
   <si>
     <t>71 AVENUE DE CEINTURE 95880 ENGHIEN-LES-BAINS</t>
   </si>
   <si>
     <t>CA DU PAYS BASQUE</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION DES APPRENTIS</t>
   </si>
   <si>
     <t>PLACE PAUL BERT 64100 BAYONNE</t>
   </si>
   <si>
+    <t>ASSOCIATION DE FORMATION POUR LA COOPERATION ET LA PROMOTION PROFESSIONNELLE MEDITERRANEENNE</t>
+  </si>
+  <si>
+    <t>48 AVENUE MARCEL DELPRAT 13013 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>INSTITUT DES METIERS DE SAINT ETIENNE</t>
+  </si>
+  <si>
+    <t>1 RUE AUGUSTE COLONNA 42100 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>12/12/2019</t>
+  </si>
+  <si>
+    <t>INTERFOR</t>
+  </si>
+  <si>
+    <t>2 RUE VADE 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>28/09/1989</t>
+  </si>
+  <si>
+    <t>ASS FORMATION CONTINUE RESTAURATEURS</t>
+  </si>
+  <si>
+    <t>4 RUE DE GRAMONT 75002 PARIS</t>
+  </si>
+  <si>
+    <t>CTR FORMATION APPRENTI INTERPROF COROT</t>
+  </si>
+  <si>
+    <t>PARC MASSILIA 33 BOULEVARD DU CAPITAINE GEZE 13014 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/09/1998</t>
+  </si>
+  <si>
+    <t>ASS FORMATIO APPRENTIS COMMERCE SERVICES</t>
+  </si>
+  <si>
+    <t>21 AVENUE GEORGES BRASSENS 31700 BLAGNAC</t>
+  </si>
+  <si>
+    <t>02/10/1995</t>
+  </si>
+  <si>
+    <t>STELO FORMATION</t>
+  </si>
+  <si>
+    <t>22 RUE D'ANJOU 75008 PARIS</t>
+  </si>
+  <si>
+    <t>03/02/1981</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>PLACE PIERRE JEANNIN 13 RUE DES HALLES 71150 CHAGNY</t>
+  </si>
+  <si>
+    <t>01/09/2008</t>
+  </si>
+  <si>
+    <t>BOULOURIS 142 AVENUE DES CHENES VERTS 83700 SAINT-RAPHAEL</t>
+  </si>
+  <si>
+    <t>AVENUE JEAN FOURGEAUD 93420 VILLEPINTE</t>
+  </si>
+  <si>
+    <t>01/01/2012</t>
+  </si>
+  <si>
+    <t>3 RUE DES MIMOSAS 06400 CANNES</t>
+  </si>
+  <si>
+    <t>23/04/2014</t>
+  </si>
+  <si>
+    <t>8 RUE DE L’ECHAUGUETTE 78570 CHANTELOUP-LES-VIGNES</t>
+  </si>
+  <si>
+    <t>01/10/2018</t>
+  </si>
+  <si>
+    <t>6 B RUE EMILE DUCLAUX 92150 SURESNES</t>
+  </si>
+  <si>
+    <t>01/02/2020</t>
+  </si>
+  <si>
+    <t>75 LE CHEMIN DES ANGLAIS 62600 BERCK</t>
+  </si>
+  <si>
+    <t>01/03/2021</t>
+  </si>
+  <si>
+    <t>ASS DEVELOPEMENT DES METIERS DE LA TABLE</t>
+  </si>
+  <si>
+    <t>17 A 19 19 RUE JACQUES IBERT 75017 PARIS</t>
+  </si>
+  <si>
+    <t>17/01/1983</t>
+  </si>
+  <si>
+    <t>CLPS L ENJEU COMPETENCES</t>
+  </si>
+  <si>
+    <t>CLPS L'ENJEU COMPETENCES</t>
+  </si>
+  <si>
+    <t>16 AVENUE DE LA CROIX VERTE 35650 LE RHEU</t>
+  </si>
+  <si>
+    <t>01/04/2003</t>
+  </si>
+  <si>
+    <t>4 RUE FERDINAND DE LESSEPS 29200 BREST</t>
+  </si>
+  <si>
+    <t>IRFA FORMATION</t>
+  </si>
+  <si>
+    <t>CTIS 2 AVENUE DE CAMBRIDGE 14200 HEROUVILLE-SAINT-CLAIR</t>
+  </si>
+  <si>
+    <t>01/10/2007</t>
+  </si>
+  <si>
+    <t>ASSOCIATION L'ATELIER</t>
+  </si>
+  <si>
+    <t>21 RUE LIVIO 67100 STRASBOURG</t>
+  </si>
+  <si>
+    <t>28/05/1998</t>
+  </si>
+  <si>
+    <t>INSTITUT NATIONAL DE FORMATION ET DE RECHERCHES SUR L'EDUCATION PERMANENTE INFREP</t>
+  </si>
+  <si>
+    <t>21 RUE SAINT-FARGEAU 75020 PARIS</t>
+  </si>
+  <si>
+    <t>01/09/1993</t>
+  </si>
+  <si>
+    <t>2 RUE DE LA CHAUSSEE ROMAINE 02100 SAINT-QUENTIN</t>
+  </si>
+  <si>
+    <t>01/05/1997</t>
+  </si>
+  <si>
+    <t>1ER ETAGE 23 B RUE DANJOU 92100 BOULOGNE BILLANCOURT</t>
+  </si>
+  <si>
+    <t>01/10/2021</t>
+  </si>
+  <si>
+    <t>LA CITE DES FORMATIONS</t>
+  </si>
+  <si>
+    <t>8 ALLEE ROGER LECOTTE 37100 TOURS</t>
+  </si>
+  <si>
+    <t>01/01/1996</t>
+  </si>
+  <si>
+    <t>ECOLE DES METIERS DIJON METROPOLE</t>
+  </si>
+  <si>
+    <t>1 CHEMIN DE LA NOUE 21600 LONGVIC</t>
+  </si>
+  <si>
+    <t>01/02/2008</t>
+  </si>
+  <si>
+    <t>CENTRE FORMATION HOTELLERIE&amp;RESTAURATION</t>
+  </si>
+  <si>
+    <t>7 A Z I LES PORTES DU NORD 62820 LIBERCOURT</t>
+  </si>
+  <si>
+    <t>19/07/2007</t>
+  </si>
+  <si>
+    <t>CTRE EUROPEEN FORMATION PROFESS HOTELIER</t>
+  </si>
+  <si>
+    <t>4 RUE EUGENIE BRAZIER 67400 ILLKIRCH-GRAFFENSTADEN</t>
+  </si>
+  <si>
+    <t>19/06/2019</t>
+  </si>
+  <si>
+    <t>RELAIS FORMATION</t>
+  </si>
+  <si>
+    <t>61 RUE VICTOR HUGO 93500 PANTIN</t>
+  </si>
+  <si>
+    <t>01/10/1993</t>
+  </si>
+  <si>
+    <t>CAFA FORMATION</t>
+  </si>
+  <si>
+    <t>108 QUAI DES CHARTRONS 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>30/04/2008</t>
+  </si>
+  <si>
+    <t>HENRIMAN FORMATION</t>
+  </si>
+  <si>
+    <t>18 RUE DE LA RAINIERE 44300 NANTES</t>
+  </si>
+  <si>
+    <t>CONSEIL FORMATION INGENIERIE MEDITERRANEE</t>
+  </si>
+  <si>
+    <t>57 RUE DRAGON 13006 MARSEILLE</t>
+  </si>
+  <si>
+    <t>15/12/2005</t>
+  </si>
+  <si>
+    <t>SARL INFRES</t>
+  </si>
+  <si>
+    <t>384 RUE DU GENERAL DE GAULLE 59370 MONS-EN-BARŒUL</t>
+  </si>
+  <si>
+    <t>04/07/2001</t>
+  </si>
+  <si>
+    <t>PANORAMA ETUDES FORMATIONS CONSEILS</t>
+  </si>
+  <si>
+    <t>3-7 3 RUE ALBERT MARQUET 75020 PARIS</t>
+  </si>
+  <si>
+    <t>ABCR - APPPLICATION BREVET CUISINE ET RESTAURANT</t>
+  </si>
+  <si>
+    <t>55 QUAI PAUL SEDALLIAN 69009 LYON</t>
+  </si>
+  <si>
+    <t>15/09/2022</t>
+  </si>
+  <si>
+    <t>70.10Z</t>
+  </si>
+  <si>
+    <t>SCOP INSTEP</t>
+  </si>
+  <si>
+    <t>70 RUE DE BOUVINES 59800 LILLE</t>
+  </si>
+  <si>
+    <t>15/04/2003</t>
+  </si>
+  <si>
+    <t>CATALYSE</t>
+  </si>
+  <si>
+    <t>RUE DE LATTRE DE TASSIGNY 64000 PAU</t>
+  </si>
+  <si>
+    <t>04/11/2002</t>
+  </si>
+  <si>
+    <t>30/09/2025</t>
+  </si>
+  <si>
+    <t>CHE DE ST FRAI 65600 SEMEAC</t>
+  </si>
+  <si>
+    <t>01/09/2004</t>
+  </si>
+  <si>
+    <t>281 ROUTE D'ESPAGNE 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>01/10/2011</t>
+  </si>
+  <si>
+    <t>130 RUE HENRI DESBALS 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>03/06/2022</t>
+  </si>
+  <si>
+    <t>CAMPUS DU LAC</t>
+  </si>
+  <si>
+    <t>CS 31991 RUE RENE CASSIN 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
+    <t>IRFA ENTREPRISES</t>
+  </si>
+  <si>
+    <t>POLE UNIVERSITAIRE MONTFOULON 61250 DAMIGNY</t>
+  </si>
+  <si>
+    <t>01/07/1997</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION DES METIERS DE L'INDUSTRIE HOTELIERE 54</t>
+  </si>
+  <si>
+    <t>24 RUE HENRI BAZIN 54000 NANCY</t>
+  </si>
+  <si>
+    <t>25/02/1997</t>
+  </si>
+  <si>
+    <t>INSTITUT LA FORBINE - ECOLE HOTELIERE DE PROVENCE</t>
+  </si>
+  <si>
+    <t>CHATEAU DES CREISSAUDS LE CLOS RUFISQUE 13400 AUBAGNE</t>
+  </si>
+  <si>
+    <t>30/08/2000</t>
+  </si>
+  <si>
+    <t>02/09/2024</t>
+  </si>
+  <si>
+    <t>SARL F2C</t>
+  </si>
+  <si>
+    <t>ACADEMIE CULINAIRE STEPHANE BULTEAU</t>
+  </si>
+  <si>
+    <t>47 RUE DES DEUX PONTS 62200 BOULOGNE SUR MER</t>
+  </si>
+  <si>
+    <t>01/01/2005</t>
+  </si>
+  <si>
+    <t>AFEC</t>
+  </si>
+  <si>
+    <t>6 RUE DE LA PIERRE LEVEE 75011 PARIS</t>
+  </si>
+  <si>
+    <t>30/06/2001</t>
+  </si>
+  <si>
+    <t>2 RUE OLOF PALME 94000 CRETEIL</t>
+  </si>
+  <si>
+    <t>01/07/2022</t>
+  </si>
+  <si>
     <t>H &amp; C CONSEIL</t>
   </si>
   <si>
     <t>6 PLACE DE REGENSBURG 63000 CLERMONT-FERRAND</t>
   </si>
   <si>
     <t>15/02/2005</t>
   </si>
   <si>
     <t>H ET C CONSEIL</t>
   </si>
   <si>
     <t>20 RUE DE MARAUSSAN 11100 NARBONNE</t>
   </si>
   <si>
     <t>01/08/2008</t>
   </si>
   <si>
     <t>01/03/2023</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
     <t>H2C CONSEIL</t>
@@ -826,290 +1171,335 @@
   <si>
     <t>39 RUE POMIER-LAYRARGUES 34070 MONTPELLIER</t>
   </si>
   <si>
     <t>01/04/2010</t>
   </si>
   <si>
     <t>BAT.K VILLE ACTIVE 32 RUE ROBERT MALLET STEVENS 30900 NIMES</t>
   </si>
   <si>
     <t>01/11/2010</t>
   </si>
   <si>
     <t>7 RUE ARISTIDE BERGES 66330 CABESTANY</t>
   </si>
   <si>
     <t>01/07/2013</t>
   </si>
   <si>
     <t>35 RUE BERNARD DE VENTADOUR 31300 TOULOUSE</t>
   </si>
   <si>
     <t>01/04/2019</t>
   </si>
   <si>
+    <t>AGIR INNOVER MOBILISER ESSAIMER</t>
+  </si>
+  <si>
+    <t>615 RTE DES VERNADES - ZONE COMMERCIALE 07260 ROSIERES</t>
+  </si>
+  <si>
+    <t>13/10/2016</t>
+  </si>
+  <si>
+    <t>26/06/2024</t>
+  </si>
+  <si>
+    <t>10 PL SOULEGE 07260 JOYEUSE</t>
+  </si>
+  <si>
+    <t>27/03/2024</t>
+  </si>
+  <si>
+    <t>AGENCE SEINE ET MARNAISE DE FORMATION PROFESSION- NELLE - ASMFP 77</t>
+  </si>
+  <si>
+    <t>ASMFP</t>
+  </si>
+  <si>
+    <t>IMM LE MILLENIUM 9 BOULEVARD MENDES FRANCE 77600 BUSSY-SAINT-GEORGES</t>
+  </si>
+  <si>
+    <t>13/01/2012</t>
+  </si>
+  <si>
+    <t>59 RUE BOISSIERE 75016 PARIS</t>
+  </si>
+  <si>
+    <t>30/08/2021</t>
+  </si>
+  <si>
+    <t>30/06/2025</t>
+  </si>
+  <si>
+    <t>3 RUE PAUL TAVERNIER 77300 FONTAINEBLEAU</t>
+  </si>
+  <si>
+    <t>01/04/2022</t>
+  </si>
+  <si>
+    <t>SARL RESTHO FORMATION</t>
+  </si>
+  <si>
+    <t>30 B ROUTE DE BETHUNE 62300 LENS</t>
+  </si>
+  <si>
+    <t>01/01/2022</t>
+  </si>
+  <si>
+    <t>UNION METIER INDUS HOTELLERIE FORMATION</t>
+  </si>
+  <si>
+    <t>211 RUE DE L'UNIVERSITE 75007 PARIS</t>
+  </si>
+  <si>
+    <t>26/09/2009</t>
+  </si>
+  <si>
+    <t>L ATELIER DES CHEFS</t>
+  </si>
+  <si>
+    <t>IMMEUBLE APOLLO 8 RUE JACQUES DAGUERRE 92500 RUEIL-MALMAISON</t>
+  </si>
+  <si>
+    <t>19/02/2015</t>
+  </si>
+  <si>
     <t>INSERTION. FORMATION. EMPLOI-BAT (I.F.E. - BAT)</t>
   </si>
   <si>
     <t>189 RUE D'AUBERVILLIERS 75018 PARIS</t>
   </si>
   <si>
     <t>18/02/2008</t>
   </si>
   <si>
+    <t>A L'ECOLE DES CHEFS</t>
+  </si>
+  <si>
+    <t>15 RUE DE LA SOUS-PREFECTURE 59190 HAZEBROUCK</t>
+  </si>
+  <si>
+    <t>30/12/2021</t>
+  </si>
+  <si>
+    <t>FIH 88 FORMATION</t>
+  </si>
+  <si>
+    <t>32 RUE ANDRE VITU 88000 EPINAL</t>
+  </si>
+  <si>
+    <t>26/06/2008</t>
+  </si>
+  <si>
+    <t>FORM'ALACARTE</t>
+  </si>
+  <si>
+    <t>46 RUE PIERRE BROSSOLETTE 91360 EPINAY-SUR-ORGE</t>
+  </si>
+  <si>
+    <t>27/02/2023</t>
+  </si>
+  <si>
+    <t>ALMEA FORMATIONS INTERPRO</t>
+  </si>
+  <si>
+    <t>32 RUE BENJAMIN FRANKLIN 51000 CHALONS-EN-CHAMPAGNE</t>
+  </si>
+  <si>
+    <t>08/10/2008</t>
+  </si>
+  <si>
+    <t>9 RUE ROBERT KELLER 10150 PONT-SAINTE-MARIE</t>
+  </si>
+  <si>
+    <t>1 RUE ALBERT CAMUS 52000 CHAUMONT</t>
+  </si>
+  <si>
+    <t>129 AVENUE CHARLES DE GAULLE 08000 CHARLEVILLE-MEZIERES</t>
+  </si>
+  <si>
+    <t>AFC GROUPE</t>
+  </si>
+  <si>
+    <t>14 RUE DE DUNKERQUE 75010 PARIS</t>
+  </si>
+  <si>
+    <t>23 AVENUE DES GOUMS 13400 AUBAGNE</t>
+  </si>
+  <si>
+    <t>19/09/2024</t>
+  </si>
+  <si>
+    <t>23 RUE CREPET 69007 LYON</t>
+  </si>
+  <si>
+    <t>8 ESPLANADE COMPANS CAFFARELLI 31000 TOULOUSE</t>
+  </si>
+  <si>
+    <t>05/09/2024</t>
+  </si>
+  <si>
+    <t>3 BOULEVARD DE BELFORT 59000 LILLE</t>
+  </si>
+  <si>
+    <t>18 RUE DU BOURG NOUVEAU 35000 RENNES</t>
+  </si>
+  <si>
+    <t>22 MAIL PABLO PICASSO 44000 NANTES</t>
+  </si>
+  <si>
+    <t>01/09/2024</t>
+  </si>
+  <si>
+    <t>IMMEUBLE VAL DE LOIRE CS31635 4 PASSAGE DE LA RAPE 45000 ORLEANS</t>
+  </si>
+  <si>
+    <t>01/03/2025</t>
+  </si>
+  <si>
+    <t>CONFLUENCE FORMATION</t>
+  </si>
+  <si>
+    <t>13 RUE DU BAIN-AUX-PLANTES 67000 STRASBOURG</t>
+  </si>
+  <si>
+    <t>20/08/2010</t>
+  </si>
+  <si>
+    <t>LENOTRE</t>
+  </si>
+  <si>
+    <t>44 RUE D'AUTEUIL 75016 PARIS</t>
+  </si>
+  <si>
+    <t>56.21Z</t>
+  </si>
+  <si>
+    <t>IMMEUBLE PAPRIKA 94 RUE DES SOLETS 94150 RUNGIS</t>
+  </si>
+  <si>
+    <t>LA FORBINE LYCEE TECHNIQUE PRIVE DE CHIMIE ET BIOLOGIE</t>
+  </si>
+  <si>
+    <t>LE CLOS RUFISQUE LES CREISSAUDS 13400 AUBAGNE</t>
+  </si>
+  <si>
+    <t>ACSEA</t>
+  </si>
+  <si>
+    <t>LES CEDRES FORMATION</t>
+  </si>
+  <si>
+    <t>57 BOULEVARD HERBET FOURNET 14100 LISIEUX</t>
+  </si>
+  <si>
+    <t>01/10/1983</t>
+  </si>
+  <si>
+    <t>OGEC VINCENT DE PAUL</t>
+  </si>
+  <si>
+    <t>32 RUE BAUDIMONT 62000 ARRAS</t>
+  </si>
+  <si>
     <t>ASSOCIATION AURORE</t>
   </si>
   <si>
     <t>ESPACEAURORE</t>
   </si>
   <si>
     <t>23 RUE DES TERRES AU CURE 75013 PARIS</t>
   </si>
   <si>
     <t>03/11/1997</t>
   </si>
   <si>
     <t>88.10C</t>
   </si>
   <si>
     <t>AURORE L' ODYSSEE</t>
   </si>
   <si>
     <t>6 BOULEVARD GUTENBERG 93190 LIVRY-GARGAN</t>
   </si>
   <si>
     <t>01/01/2010</t>
   </si>
   <si>
     <t>87.90B</t>
   </si>
   <si>
     <t>PLATEAU TECHNIQUE RESTAURATION 82 AVENUE DENFERT-ROCHEREAU 75014 PARIS</t>
   </si>
   <si>
     <t>01/05/2018</t>
   </si>
   <si>
     <t>31/08/2023</t>
   </si>
   <si>
-    <t>56.21Z</t>
-[...1 lines deleted...]
-  <si>
     <t>FONDATION APPRENTIS D'AUTEUIL</t>
   </si>
   <si>
     <t>40 RUE JEAN DE LA FONTAINE 75016 PARIS</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>LYCEE ENSEIGNEMENT PROFESSIONNEL</t>
   </si>
   <si>
     <t>18/10/1990</t>
   </si>
   <si>
     <t>8 AVENUE DE LA FORET-NOIRE 67000 STRASBOURG</t>
   </si>
   <si>
     <t>04/04/2006</t>
   </si>
   <si>
     <t>87.90A</t>
   </si>
   <si>
-    <t>SCOP INSTEP</t>
-[...139 lines deleted...]
-  <si>
     <t>AGORA SERVICES</t>
   </si>
   <si>
     <t>2 A BOULEVARD LOUIS FRANCHET D'ESPEREY 56100 LORIENT</t>
   </si>
   <si>
     <t>01/12/1995</t>
   </si>
   <si>
     <t>55.90Z</t>
   </si>
   <si>
     <t>ASS FORMAT PROFESS PERMANENTE</t>
   </si>
   <si>
     <t>14 RUE DU CHATEAU DES VERGNES 63100 CLERMONT-FERRAND</t>
   </si>
   <si>
-    <t>ASSOCIATION JEUNESSE ET AVENIR</t>
-[...7 lines deleted...]
-  <si>
     <t>INSTITUT NATIONAL DE FORMATION ET D'APPLICATION DU CENTRE DE CULTURE OUVRIERE - INFA</t>
   </si>
   <si>
     <t>INFA GOUVIEUX</t>
   </si>
   <si>
     <t>LE MANOIR CHEMIN DES AIGLES 60500 GOUVIEUX</t>
   </si>
   <si>
     <t>01/01/1995</t>
   </si>
   <si>
     <t>INFA HERAULT</t>
   </si>
   <si>
     <t>515 RUE DE L'INDUSTRIE 34070 MONTPELLIER</t>
   </si>
   <si>
     <t>30/06/2023</t>
   </si>
   <si>
     <t>107 AVENUE DE LA LIBERATION 63000 CLERMONT-FERRAND</t>
   </si>
   <si>
     <t>01/11/2005</t>
@@ -1129,542 +1519,89 @@
   <si>
     <t>17 RUE DU COMMANDANT COUSTEAU 33100 BORDEAUX</t>
   </si>
   <si>
     <t>01/02/2022</t>
   </si>
   <si>
     <t>12 AVENUE DU VAL DE FONTENAY 94120 FONTENAY-SOUS-BOIS</t>
   </si>
   <si>
     <t>02/05/2022</t>
   </si>
   <si>
     <t>6 ALLEE DE L'EURO 67205 OBERHAUSBERGEN</t>
   </si>
   <si>
     <t>03/10/2022</t>
   </si>
   <si>
     <t>3 PLACE LAHERRERE 64000 PAU</t>
   </si>
   <si>
     <t>02/05/2023</t>
   </si>
   <si>
-    <t>INSTITUT FORMATION PROFESSION PERMANENTE</t>
-[...13 lines deleted...]
-  <si>
     <t>AVALYS</t>
   </si>
   <si>
     <t>PALAZZO NICE MERIDIA 29 AVENUE SIMONE VEIL 06200 NICE</t>
   </si>
   <si>
     <t>21/06/2024</t>
   </si>
   <si>
     <t>CENTRE REUNIONNAIS D'ENTREPRISE EDUCATIVE</t>
   </si>
   <si>
     <t>2 RUE MARIUS ET ARY LEBLOND 97460 SAINT-PAUL</t>
   </si>
   <si>
     <t>13/05/2013</t>
   </si>
   <si>
-    <t>AGIR INNOVER MOBILISER ESSAIMER</t>
-[...439 lines deleted...]
-  <si>
     <t>JMB FORMATION</t>
   </si>
   <si>
     <t>245 ROUTE DES LUCIOLES 06560 VALBONNE</t>
   </si>
   <si>
     <t>08/09/2014</t>
   </si>
   <si>
     <t>ACADEMIE FORMATION GROUPE COMPASS</t>
   </si>
   <si>
     <t>117-133 117 AVENUE DE LA REPUBLIQUE 92320 CHATILLON</t>
   </si>
   <si>
     <t>09/01/2017</t>
   </si>
   <si>
+    <t>16/02/2026</t>
+  </si>
+  <si>
     <t>CERTIFICATIONS ET SERVICES - TOURISME HOTELLERIE RESTAURATION LOISIRS</t>
   </si>
   <si>
     <t>12/05/2015</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>1 RUE DE LA CITOYENNETE 93240 STAINS</t>
   </si>
   <si>
     <t>67-69 67 AVENUE DU GENERAL DE GAULLE 77420 CHAMPS-SUR-MARNE</t>
   </si>
   <si>
     <t>675 ROUTE DE MACULLY 74330 POISY</t>
   </si>
   <si>
     <t>EQUEURDREVILLE RUE DE BEUZEVILLE 50100 CHERBOURG-EN-COTENTIN</t>
@@ -1753,62 +1690,50 @@
   <si>
     <t>01/03/2020</t>
   </si>
   <si>
     <t>FOODSWEETFOOD</t>
   </si>
   <si>
     <t>26 RUE MONSIEUR LE PRINCE 75006 PARIS</t>
   </si>
   <si>
     <t>30/11/2012</t>
   </si>
   <si>
     <t>10/07/2025</t>
   </si>
   <si>
     <t>SAG&amp;FORM</t>
   </si>
   <si>
     <t>50-54 50 AV VIEUX CHE DE ST DENIS 92390 VILLENEUVE LA GARENNE</t>
   </si>
   <si>
     <t>14/06/2017</t>
   </si>
   <si>
-    <t>ABCR - APPPLICATION BREVET CUISINE ET RESTAURANT</t>
-[...10 lines deleted...]
-  <si>
     <t>LA SOURCE</t>
   </si>
   <si>
     <t>7 RUE PAUL CHATROUSSE 92200 NEUILLY-SUR-SEINE</t>
   </si>
   <si>
     <t>14/09/2021</t>
   </si>
   <si>
     <t>LA SOURCE DARWIN</t>
   </si>
   <si>
     <t>87 QUAI DES QUEYRIES 33100 BORDEAUX</t>
   </si>
   <si>
     <t>06/04/2023</t>
   </si>
   <si>
     <t>HALLE 10 PLACE DE LA CHARTE DES LIBERTES COMMUNALES 31100 TOULOUSE</t>
   </si>
   <si>
     <t>01/05/2023</t>
   </si>
   <si>
     <t>40 AVENUE DES TERROIRS DE FRANCE 75012 PARIS</t>
@@ -1865,50 +1790,59 @@
     <t>28/06/2021</t>
   </si>
   <si>
     <t>PURPLE CAMPUS</t>
   </si>
   <si>
     <t>99 IMPASSE ADAM SMITH 34470 PEROLS</t>
   </si>
   <si>
     <t>90 ALLEE JACQUES CARTIER 30320 MARGUERITTES</t>
   </si>
   <si>
     <t>BP 90443 1 AVENUE PAUL PASCOT 66000 PERPIGNAN</t>
   </si>
   <si>
     <t>705 AVENUE GEORGES GUILLE 11000 CARCASSONNE</t>
   </si>
   <si>
     <t>308 RUE DE CHICLANA 34500 BEZIERS</t>
   </si>
   <si>
     <t>2300 AVENUE DES MOULINS 34080 MONTPELLIER</t>
   </si>
   <si>
     <t>BP 20245 270 QUAI DES PRES RASCLAUX 30100 ALES</t>
+  </si>
+  <si>
+    <t>PERFORMHANCE</t>
+  </si>
+  <si>
+    <t>5 T AVENUE CELINA 94500 CHAMPIGNY-SUR-MARNE</t>
+  </si>
+  <si>
+    <t>19/11/2021</t>
   </si>
   <si>
     <t>UMIH FORMATION SAS</t>
   </si>
   <si>
     <t>16/08/2022</t>
   </si>
   <si>
     <t>RETOUR AUX SOURCES</t>
   </si>
   <si>
     <t>13/09/2022</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -2259,51 +2193,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M225"/>
+  <dimension ref="A1:M219"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -3301,91 +3235,89 @@
     <row r="27" spans="1:13">
       <c r="A27" s="1">
         <v>19220058200026</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>105</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>106</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>107</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>108</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>103</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>109</v>
       </c>
       <c r="H27" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I27" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I27" s="3"/>
       <c r="J27" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>19220058200034</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>106</v>
       </c>
       <c r="D28" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="E28" s="2" t="s">
         <v>111</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>109</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I28" s="3" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
         <v>19240007500011</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>113</v>
       </c>
       <c r="D29" s="2"/>
@@ -3564,7212 +3496,6960 @@
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>19370038200024</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>105</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>128</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>129</v>
       </c>
       <c r="E34" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>131</v>
       </c>
       <c r="G34" s="2" t="s">
         <v>132</v>
       </c>
       <c r="H34" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I34" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I34" s="3"/>
       <c r="J34" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
         <v>19400004800018</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>74</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I35" s="3"/>
       <c r="J35" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>19400007100010</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>74</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>75</v>
       </c>
       <c r="I36" s="3"/>
       <c r="J36" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>19440029700025</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="D37" s="2" t="s">
         <v>138</v>
       </c>
-      <c r="D37" s="2" t="s">
+      <c r="E37" s="2" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I37" s="3">
         <v>52440417944</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
         <v>19440036200019</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>74</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I38" s="3"/>
       <c r="J38" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
         <v>19440074300010</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>74</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I39" s="3"/>
       <c r="J39" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
         <v>19442094900027</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="F40" s="2" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>75</v>
       </c>
       <c r="I40" s="3"/>
       <c r="J40" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
         <v>19470029000019</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>74</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I41" s="3"/>
       <c r="J41" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
         <v>19490003100023</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="D42" s="2" t="s">
         <v>150</v>
       </c>
-      <c r="D42" s="2" t="s">
+      <c r="E42" s="2" t="s">
         <v>151</v>
-      </c>
-[...1 lines deleted...]
-        <v>152</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I42" s="3">
         <v>52490280149</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>19501219000029</v>
+        <v>19510035900023</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="D43" s="2" t="s">
         <v>153</v>
       </c>
-      <c r="D43" s="2" t="s">
+      <c r="E43" s="2" t="s">
         <v>154</v>
       </c>
-      <c r="E43" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F43" s="2" t="s">
-        <v>156</v>
+        <v>84</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I43" s="3" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>19510035900023</v>
+        <v>19520027400015</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>158</v>
-[...3 lines deleted...]
-      </c>
+        <v>156</v>
+      </c>
+      <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>84</v>
+        <v>74</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="I44" s="3"/>
       <c r="J44" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M44" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>19520027400015</v>
+        <v>19550002000027</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>162</v>
-[...1 lines deleted...]
-      <c r="D45" s="2"/>
+        <v>158</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>159</v>
+      </c>
       <c r="E45" s="2" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>74</v>
+        <v>161</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="I45" s="3"/>
+        <v>26</v>
+      </c>
+      <c r="I45" s="3" t="s">
+        <v>162</v>
+      </c>
       <c r="J45" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>19550002000027</v>
+        <v>19570095000015</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="D46" s="2"/>
+      <c r="E46" s="2" t="s">
         <v>164</v>
       </c>
-      <c r="D46" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F46" s="2" t="s">
-        <v>167</v>
+        <v>74</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="I46" s="3"/>
       <c r="J46" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L46" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>19570095000015</v>
+        <v>19590257200013</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>74</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I47" s="3"/>
       <c r="J47" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>19590257200013</v>
+        <v>19620062000025</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="D48" s="2"/>
+        <v>167</v>
+      </c>
+      <c r="D48" s="2" t="s">
+        <v>168</v>
+      </c>
       <c r="E48" s="2" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>74</v>
+        <v>103</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="I48" s="3"/>
+        <v>26</v>
+      </c>
+      <c r="I48" s="3" t="s">
+        <v>170</v>
+      </c>
       <c r="J48" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>19620062000025</v>
+        <v>19620188300028</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="D49" s="2"/>
+      <c r="E49" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="F49" s="2" t="s">
         <v>173</v>
-      </c>
-[...7 lines deleted...]
-        <v>103</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>45</v>
+      </c>
+      <c r="I49" s="3"/>
       <c r="J49" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M49" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>19620188300028</v>
+        <v>19622807600010</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>179</v>
+        <v>74</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I50" s="3"/>
       <c r="J50" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>19622807600010</v>
+        <v>19641823000013</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>74</v>
+        <v>178</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>45</v>
+        <v>75</v>
       </c>
       <c r="I51" s="3"/>
       <c r="J51" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>19641823000013</v>
+        <v>19680010600037</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="D52" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="E52" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="F52" s="2" t="s">
         <v>182</v>
-      </c>
-[...5 lines deleted...]
-        <v>184</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="I52" s="3"/>
+        <v>26</v>
+      </c>
+      <c r="I52" s="3" t="s">
+        <v>183</v>
+      </c>
       <c r="J52" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M52" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>19680010600037</v>
+        <v>19681768800019</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="D53" s="2"/>
+      <c r="E53" s="2" t="s">
         <v>185</v>
       </c>
-      <c r="D53" s="2" t="s">
+      <c r="F53" s="2" t="s">
         <v>186</v>
-      </c>
-[...4 lines deleted...]
-        <v>188</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="I53" s="3"/>
       <c r="J53" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M53" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>19681768800019</v>
+        <v>19700905300020</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="D54" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="E54" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="F54" s="2" t="s">
         <v>190</v>
-      </c>
-[...5 lines deleted...]
-        <v>192</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="I54" s="3"/>
+        <v>26</v>
+      </c>
+      <c r="I54" s="3" t="s">
+        <v>191</v>
+      </c>
       <c r="J54" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>19700905300020</v>
+        <v>19750707200027</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
+        <v>192</v>
+      </c>
+      <c r="D55" s="2" t="s">
         <v>193</v>
       </c>
-      <c r="D55" s="2" t="s">
+      <c r="E55" s="2" t="s">
         <v>194</v>
       </c>
-      <c r="E55" s="2" t="s">
+      <c r="F55" s="2" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I55" s="3" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="J55" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>19750707200027</v>
+        <v>19782587000052</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
+        <v>197</v>
+      </c>
+      <c r="D56" s="2" t="s">
         <v>198</v>
       </c>
-      <c r="D56" s="2" t="s">
+      <c r="E56" s="2" t="s">
         <v>199</v>
       </c>
-      <c r="E56" s="2" t="s">
+      <c r="F56" s="2" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I56" s="3" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="J56" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>19782587000052</v>
+        <v>19800049900022</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>13</v>
+        <v>105</v>
       </c>
       <c r="C57" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="D57" s="2" t="s">
         <v>203</v>
       </c>
-      <c r="D57" s="2" t="s">
+      <c r="E57" s="2" t="s">
         <v>204</v>
       </c>
-      <c r="E57" s="2" t="s">
+      <c r="F57" s="2" t="s">
         <v>205</v>
       </c>
-      <c r="F57" s="2" t="s">
+      <c r="G57" s="2" t="s">
         <v>206</v>
       </c>
-      <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I57" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I57" s="3"/>
       <c r="J57" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M57" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>19800049900022</v>
+        <v>19830923900038</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>105</v>
+        <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="D58" s="2" t="s">
         <v>208</v>
       </c>
-      <c r="D58" s="2" t="s">
+      <c r="E58" s="2" t="s">
         <v>209</v>
       </c>
-      <c r="E58" s="2" t="s">
+      <c r="F58" s="2" t="s">
         <v>210</v>
       </c>
-      <c r="F58" s="2" t="s">
+      <c r="G58" s="2"/>
+      <c r="H58" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="I58" s="3" t="s">
         <v>211</v>
       </c>
-      <c r="G58" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J58" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M58" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>19830923900038</v>
+        <v>19840005300023</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
+        <v>212</v>
+      </c>
+      <c r="D59" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="E59" s="2" t="s">
         <v>214</v>
       </c>
-      <c r="D59" s="2" t="s">
+      <c r="F59" s="2" t="s">
         <v>215</v>
-      </c>
-[...4 lines deleted...]
-        <v>217</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I59" s="3" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="J59" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K59" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>19840005300023</v>
+        <v>19860037100043</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="D60" s="2" t="s">
+        <v>218</v>
+      </c>
+      <c r="E60" s="2" t="s">
         <v>219</v>
       </c>
-      <c r="D60" s="2" t="s">
+      <c r="F60" s="2" t="s">
         <v>220</v>
-      </c>
-[...4 lines deleted...]
-        <v>222</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I60" s="3" t="s">
-        <v>223</v>
+      <c r="I60" s="3">
+        <v>54860142086</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>19860037100043</v>
+        <v>19910620400027</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="D61" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="E61" s="2" t="s">
+        <v>223</v>
+      </c>
+      <c r="F61" s="2" t="s">
         <v>224</v>
-      </c>
-[...7 lines deleted...]
-        <v>227</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I61" s="3">
-        <v>54860142086</v>
+      <c r="I61" s="3" t="s">
+        <v>225</v>
       </c>
       <c r="J61" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>19910620400027</v>
+        <v>19920131000042</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
+        <v>226</v>
+      </c>
+      <c r="D62" s="2" t="s">
+        <v>227</v>
+      </c>
+      <c r="E62" s="2" t="s">
         <v>228</v>
       </c>
-      <c r="D62" s="2" t="s">
+      <c r="F62" s="2" t="s">
         <v>229</v>
-      </c>
-[...4 lines deleted...]
-        <v>231</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I62" s="3" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>19920131000042</v>
+        <v>19931272900023</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
+        <v>231</v>
+      </c>
+      <c r="D63" s="2" t="s">
+        <v>232</v>
+      </c>
+      <c r="E63" s="2" t="s">
         <v>233</v>
       </c>
-      <c r="D63" s="2" t="s">
+      <c r="F63" s="2" t="s">
         <v>234</v>
-      </c>
-[...4 lines deleted...]
-        <v>236</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I63" s="3" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="J63" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>19931272900023</v>
+        <v>19940113400028</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
+        <v>236</v>
+      </c>
+      <c r="D64" s="2" t="s">
+        <v>237</v>
+      </c>
+      <c r="E64" s="2" t="s">
         <v>238</v>
       </c>
-      <c r="D64" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F64" s="2" t="s">
-        <v>241</v>
+        <v>224</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I64" s="3" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>19940113400028</v>
+        <v>20006116600050</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="D65" s="2" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="E65" s="2" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I65" s="3" t="s">
-        <v>246</v>
+      <c r="I65" s="3">
+        <v>11950602195</v>
       </c>
       <c r="J65" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L65" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>20006116600050</v>
+        <v>20006710600100</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="D66" s="2" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="E66" s="2" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="I66" s="3">
-        <v>11950602195</v>
+        <v>75640478264</v>
       </c>
       <c r="J66" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L66" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>20006710600100</v>
+        <v>30238239500010</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>250</v>
-[...3 lines deleted...]
-      </c>
+        <v>246</v>
+      </c>
+      <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>236</v>
+        <v>248</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="I67" s="3">
-        <v>75640478264</v>
+        <v>93130013113</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>42924994900075</v>
+        <v>30284789200023</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="I68" s="3">
-        <v>83630337163</v>
+        <v>82420081042</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>42924994900117</v>
+        <v>30340844700033</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>105</v>
+        <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
+        <v>252</v>
+      </c>
+      <c r="D69" s="2"/>
+      <c r="E69" s="2" t="s">
         <v>253</v>
       </c>
-      <c r="D69" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F69" s="2" t="s">
-        <v>258</v>
-[...3 lines deleted...]
-      </c>
+        <v>254</v>
+      </c>
+      <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
-        <v>260</v>
+        <v>45</v>
       </c>
       <c r="I69" s="3">
-        <v>83630337163</v>
+        <v>22800001380</v>
       </c>
       <c r="J69" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L69" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M69" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>42924994900133</v>
+        <v>30497431400011</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>253</v>
-[...3 lines deleted...]
-      </c>
+        <v>255</v>
+      </c>
+      <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>262</v>
+        <v>256</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>263</v>
+        <v>248</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>260</v>
+        <v>26</v>
       </c>
       <c r="I70" s="3">
-        <v>83630337163</v>
+        <v>11750015475</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K70" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>42924994900141</v>
+        <v>30591416000034</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>264</v>
+        <v>258</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>265</v>
+        <v>259</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>260</v>
+        <v>45</v>
       </c>
       <c r="I71" s="3">
-        <v>83630337163</v>
+        <v>93130698913</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>42924994900158</v>
+        <v>31281559000038</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>253</v>
-[...3 lines deleted...]
-      </c>
+        <v>260</v>
+      </c>
+      <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>266</v>
+        <v>261</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>267</v>
+        <v>262</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
-        <v>260</v>
+        <v>26</v>
       </c>
       <c r="I72" s="3">
-        <v>83630337163</v>
+        <v>73310095331</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>42924994900174</v>
+        <v>31513169800047</v>
       </c>
       <c r="B73" s="2" t="s">
-        <v>105</v>
+        <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>253</v>
+        <v>263</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>269</v>
-[...3 lines deleted...]
-      </c>
+        <v>265</v>
+      </c>
+      <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>26</v>
+        <v>266</v>
       </c>
       <c r="I73" s="3">
-        <v>83630337163</v>
+        <v>11750763975</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K73" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L73" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M73" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>49538963700028</v>
+        <v>31513169800120</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>270</v>
+        <v>263</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>271</v>
+        <v>267</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>26</v>
+        <v>266</v>
       </c>
       <c r="I74" s="3">
-        <v>11930554993</v>
+        <v>11750763975</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K74" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L74" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>77568497000129</v>
+        <v>31513169800146</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>273</v>
-[...3 lines deleted...]
-      </c>
+        <v>263</v>
+      </c>
+      <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>275</v>
+        <v>269</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>276</v>
+        <v>16</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>277</v>
+        <v>45</v>
       </c>
       <c r="I75" s="3">
-        <v>11930394393</v>
+        <v>11750763975</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>77568497000673</v>
+        <v>31513169800153</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>273</v>
-[...3 lines deleted...]
-      </c>
+        <v>263</v>
+      </c>
+      <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>279</v>
+        <v>270</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>280</v>
+        <v>271</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>281</v>
+        <v>26</v>
       </c>
       <c r="I76" s="3">
-        <v>11930394393</v>
+        <v>11750763975</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K76" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>77568497002273</v>
+        <v>31513169800179</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>105</v>
+        <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>273</v>
+        <v>263</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>282</v>
+        <v>272</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>283</v>
-[...3 lines deleted...]
-      </c>
+        <v>273</v>
+      </c>
+      <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>285</v>
+        <v>26</v>
       </c>
       <c r="I77" s="3">
-        <v>11930394393</v>
+        <v>11750763975</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K77" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L77" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M77" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>77568879900011</v>
+        <v>31513169800187</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>286</v>
+        <v>263</v>
       </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>287</v>
+        <v>274</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>288</v>
+        <v>275</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="I78" s="3">
-        <v>11751561875</v>
+        <v>11750763975</v>
       </c>
       <c r="J78" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L78" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>77568879900615</v>
+        <v>31513169800195</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>286</v>
-[...3 lines deleted...]
-      </c>
+        <v>263</v>
+      </c>
+      <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>287</v>
+        <v>276</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>290</v>
+        <v>277</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="I79" s="3">
-        <v>11751561875</v>
+        <v>11750763975</v>
       </c>
       <c r="J79" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L79" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>77568879900979</v>
+        <v>31513169800211</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>286</v>
+        <v>263</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>291</v>
+        <v>278</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>292</v>
+        <v>279</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
-        <v>293</v>
+        <v>26</v>
       </c>
       <c r="I80" s="3">
-        <v>11751561875</v>
+        <v>11750763975</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L80" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>40487427300257</v>
+        <v>31721734700044</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>294</v>
+        <v>280</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>295</v>
+        <v>281</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>296</v>
+        <v>282</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="I81" s="3"/>
+        <v>266</v>
+      </c>
+      <c r="I81" s="3">
+        <v>11750327775</v>
+      </c>
       <c r="J81" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K81" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M81" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>40765437500044</v>
+        <v>32159164600328</v>
       </c>
       <c r="B82" s="2" t="s">
-        <v>105</v>
+        <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>297</v>
+        <v>283</v>
       </c>
       <c r="D82" s="2" t="s">
-        <v>297</v>
+        <v>284</v>
       </c>
       <c r="E82" s="2" t="s">
-        <v>298</v>
+        <v>285</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>299</v>
-[...3 lines deleted...]
-      </c>
+        <v>286</v>
+      </c>
+      <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I82" s="3">
-        <v>73650023765</v>
+        <v>53350111635</v>
       </c>
       <c r="J82" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L82" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M82" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>40765437500051</v>
+        <v>32159164600492</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>297</v>
+        <v>283</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>301</v>
+        <v>287</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>302</v>
+        <v>220</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I83" s="3">
-        <v>73650023765</v>
+        <v>53350111635</v>
       </c>
       <c r="J83" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L83" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>40765437500077</v>
+        <v>32240853500068</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>105</v>
+        <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>297</v>
-[...3 lines deleted...]
-      </c>
+        <v>288</v>
+      </c>
+      <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>303</v>
+        <v>289</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>304</v>
-[...3 lines deleted...]
-      </c>
+        <v>290</v>
+      </c>
+      <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I84" s="3">
-        <v>73650023765</v>
+        <v>25610002361</v>
       </c>
       <c r="J84" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L84" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M84" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>40765437500093</v>
+        <v>32375233700036</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>297</v>
+        <v>291</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>306</v>
+        <v>292</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>307</v>
+        <v>293</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I85" s="3">
-        <v>73650023765</v>
+        <v>42670089367</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>41055004000019</v>
+        <v>32441928200383</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>308</v>
+        <v>294</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>309</v>
+        <v>295</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>310</v>
+        <v>296</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I86" s="3">
-        <v>83030299303</v>
+        <v>11753781075</v>
       </c>
       <c r="J86" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K86" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L86" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>41058110200010</v>
+        <v>32441928200664</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>311</v>
+        <v>294</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>312</v>
+        <v>297</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>310</v>
+        <v>298</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="I87" s="3">
-        <v>72330424333</v>
+        <v>11753781075</v>
       </c>
       <c r="J87" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K87" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>41338650900017</v>
+        <v>32441928201373</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>313</v>
+        <v>294</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>314</v>
+        <v>299</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>315</v>
+        <v>300</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I88" s="3">
-        <v>25610046361</v>
+        <v>11753781075</v>
       </c>
       <c r="J88" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L88" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>41339783700027</v>
+        <v>32570588700033</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>316</v>
+        <v>301</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>317</v>
+        <v>302</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>318</v>
+        <v>303</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
-        <v>26</v>
+        <v>266</v>
       </c>
       <c r="I89" s="3">
-        <v>41540163154</v>
+        <v>24370147037</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>41875656500028</v>
+        <v>32886010100042</v>
       </c>
       <c r="B90" s="2" t="s">
-        <v>105</v>
+        <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>319</v>
+        <v>304</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>320</v>
+        <v>305</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>321</v>
-[...3 lines deleted...]
-      </c>
+        <v>306</v>
+      </c>
+      <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="I90" s="3">
-        <v>93130998613</v>
+        <v>26210018121</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K90" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M90" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>42043321100026</v>
+        <v>33810922600021</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>323</v>
-[...3 lines deleted...]
-      </c>
+        <v>307</v>
+      </c>
+      <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
-        <v>325</v>
+        <v>308</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>326</v>
+        <v>309</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I91" s="3">
-        <v>31620132662</v>
+        <v>31620025862</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K91" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M91" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>42219375500028</v>
+        <v>35185807100027</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>327</v>
+        <v>310</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>328</v>
+        <v>311</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>329</v>
+        <v>312</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="I92" s="3">
-        <v>11753582375</v>
+        <v>42670151467</v>
       </c>
       <c r="J92" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L92" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>42219375500770</v>
+        <v>37978871400036</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>327</v>
-[...1 lines deleted...]
-      <c r="D93" s="2"/>
+        <v>313</v>
+      </c>
+      <c r="D93" s="2" t="s">
+        <v>313</v>
+      </c>
       <c r="E93" s="2" t="s">
-        <v>330</v>
+        <v>314</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>331</v>
+        <v>315</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I93" s="3">
-        <v>11753582375</v>
+        <v>11930186393</v>
       </c>
       <c r="J93" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K93" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L93" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>35185807100027</v>
+        <v>38903568400064</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>332</v>
+        <v>316</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>333</v>
+        <v>317</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>334</v>
+        <v>318</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="I94" s="3">
-        <v>42670151467</v>
+        <v>72330258733</v>
       </c>
       <c r="J94" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>37978871400036</v>
+        <v>53948741300038</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>335</v>
-[...3 lines deleted...]
-      </c>
+        <v>319</v>
+      </c>
+      <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>336</v>
+        <v>320</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>337</v>
+        <v>42</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I95" s="3">
-        <v>11930186393</v>
+        <v>52440644844</v>
       </c>
       <c r="J95" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L95" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M95" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>38903568400064</v>
+        <v>43804828200026</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>338</v>
+        <v>321</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>339</v>
+        <v>322</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>340</v>
+        <v>323</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I96" s="3">
-        <v>72330258733</v>
+        <v>93131026313</v>
       </c>
       <c r="J96" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L96" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>77784331900057</v>
+        <v>43865470900015</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>341</v>
+        <v>324</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
-        <v>342</v>
+        <v>325</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>343</v>
+        <v>326</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
-        <v>344</v>
+        <v>26</v>
       </c>
       <c r="I97" s="3">
-        <v>53560156856</v>
+        <v>31590543059</v>
       </c>
       <c r="J97" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K97" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L97" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M97" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>77921920300022</v>
+        <v>48920868600035</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>345</v>
+        <v>327</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
-        <v>346</v>
+        <v>328</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>288</v>
+        <v>220</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="I98" s="3">
-        <v>83630024963</v>
+        <v>11754928575</v>
       </c>
       <c r="J98" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K98" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L98" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M98" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>78351618000040</v>
+        <v>83335670200039</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>347</v>
+        <v>329</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
-        <v>348</v>
+        <v>330</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>349</v>
+        <v>331</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
-        <v>45</v>
+        <v>332</v>
       </c>
       <c r="I99" s="3">
-        <v>31590122959</v>
+        <v>84691903669</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K99" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L99" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>78574029100071</v>
+        <v>40487427300257</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>350</v>
-[...3 lines deleted...]
-      </c>
+        <v>333</v>
+      </c>
+      <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
-        <v>352</v>
+        <v>334</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>353</v>
+        <v>335</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I100" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I100" s="3"/>
       <c r="J100" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K100" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L100" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M100" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>78574029100220</v>
+        <v>40765437500044</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>105</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>350</v>
+        <v>336</v>
       </c>
       <c r="D101" s="2" t="s">
-        <v>354</v>
+        <v>336</v>
       </c>
       <c r="E101" s="2" t="s">
-        <v>355</v>
+        <v>337</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>196</v>
+        <v>338</v>
       </c>
       <c r="G101" s="2" t="s">
-        <v>356</v>
+        <v>339</v>
       </c>
       <c r="H101" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I101" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I101" s="3"/>
       <c r="J101" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K101" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L101" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M101" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>78574029100394</v>
+        <v>40765437500051</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>350</v>
+        <v>336</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
-        <v>357</v>
+        <v>340</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>358</v>
+        <v>341</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I102" s="3">
-        <v>11940392094</v>
+        <v>73650023765</v>
       </c>
       <c r="J102" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K102" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L102" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M102" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
-        <v>78574029100816</v>
+        <v>40765437500077</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>350</v>
-[...1 lines deleted...]
-      <c r="D103" s="2"/>
+        <v>336</v>
+      </c>
+      <c r="D103" s="2" t="s">
+        <v>336</v>
+      </c>
       <c r="E103" s="2" t="s">
-        <v>359</v>
+        <v>342</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>360</v>
+        <v>343</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I103" s="3">
-        <v>11940392094</v>
+        <v>73650023765</v>
       </c>
       <c r="J103" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K103" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L103" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M103" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
-        <v>78574029100857</v>
+        <v>40765437500093</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>350</v>
+        <v>336</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="s">
-        <v>361</v>
+        <v>344</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>362</v>
+        <v>345</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I104" s="3">
-        <v>11940392094</v>
+        <v>73650023765</v>
       </c>
       <c r="J104" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K104" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L104" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M104" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
-        <v>78574029101012</v>
+        <v>41058110200010</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
-        <v>363</v>
+        <v>347</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>364</v>
+        <v>348</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="I105" s="3">
-        <v>11940392094</v>
+        <v>72330424333</v>
       </c>
       <c r="J105" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L105" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M105" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
-        <v>78574029101020</v>
+        <v>41338650900017</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
-        <v>365</v>
+        <v>350</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>366</v>
+        <v>351</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I106" s="3">
-        <v>11940392094</v>
+        <v>25610046361</v>
       </c>
       <c r="J106" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K106" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L106" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M106" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
-        <v>78574029101038</v>
+        <v>41339783700027</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
-        <v>367</v>
+        <v>353</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>368</v>
+        <v>354</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I107" s="3">
-        <v>11940392094</v>
+        <v>41540163154</v>
       </c>
       <c r="J107" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L107" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M107" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
-        <v>78574029101046</v>
+        <v>41875656500028</v>
       </c>
       <c r="B108" s="2" t="s">
-        <v>13</v>
+        <v>105</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
-        <v>369</v>
+        <v>356</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>370</v>
-[...1 lines deleted...]
-      <c r="G108" s="2"/>
+        <v>357</v>
+      </c>
+      <c r="G108" s="2" t="s">
+        <v>358</v>
+      </c>
       <c r="H108" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I108" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I108" s="3"/>
       <c r="J108" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K108" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L108" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M108" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
-        <v>78804163000047</v>
+        <v>42043321100026</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>371</v>
-[...1 lines deleted...]
-      <c r="D109" s="2"/>
+        <v>359</v>
+      </c>
+      <c r="D109" s="2" t="s">
+        <v>360</v>
+      </c>
       <c r="E109" s="2" t="s">
-        <v>372</v>
+        <v>361</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>373</v>
+        <v>362</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
-        <v>374</v>
-[...2 lines deleted...]
-        <v>375</v>
+        <v>26</v>
+      </c>
+      <c r="I109" s="3">
+        <v>31620132662</v>
       </c>
       <c r="J109" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K109" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L109" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M109" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
-        <v>78875059400038</v>
+        <v>42219375500028</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>376</v>
-[...3 lines deleted...]
-      </c>
+        <v>363</v>
+      </c>
+      <c r="D110" s="2"/>
       <c r="E110" s="2" t="s">
-        <v>377</v>
+        <v>364</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>378</v>
+        <v>365</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I110" s="3">
-        <v>93061213606</v>
+        <v>11753582375</v>
       </c>
       <c r="J110" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K110" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L110" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M110" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
-        <v>79374443400010</v>
+        <v>42219375500770</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>379</v>
+        <v>363</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="s">
-        <v>380</v>
+        <v>366</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>381</v>
+        <v>367</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I111" s="3">
-        <v>98970425197</v>
+        <v>11753582375</v>
       </c>
       <c r="J111" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K111" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L111" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M111" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
-        <v>43267410900074</v>
+        <v>42924994900075</v>
       </c>
       <c r="B112" s="2" t="s">
-        <v>105</v>
+        <v>13</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>382</v>
+        <v>368</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
-        <v>383</v>
+        <v>369</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>384</v>
-[...3 lines deleted...]
-      </c>
+        <v>370</v>
+      </c>
+      <c r="G112" s="2"/>
       <c r="H112" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I112" s="3">
-        <v>82070066107</v>
+        <v>83630337163</v>
       </c>
       <c r="J112" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K112" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L112" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M112" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
-        <v>43267410900090</v>
+        <v>42924994900117</v>
       </c>
       <c r="B113" s="2" t="s">
-        <v>13</v>
+        <v>105</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>382</v>
-[...1 lines deleted...]
-      <c r="D113" s="2"/>
+        <v>368</v>
+      </c>
+      <c r="D113" s="2" t="s">
+        <v>371</v>
+      </c>
       <c r="E113" s="2" t="s">
-        <v>386</v>
+        <v>372</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>387</v>
-[...1 lines deleted...]
-      <c r="G113" s="2"/>
+        <v>373</v>
+      </c>
+      <c r="G113" s="2" t="s">
+        <v>374</v>
+      </c>
       <c r="H113" s="2" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>375</v>
+      </c>
+      <c r="I113" s="3"/>
       <c r="J113" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K113" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L113" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M113" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
-        <v>43804828200026</v>
+        <v>42924994900133</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>388</v>
-[...1 lines deleted...]
-      <c r="D114" s="2"/>
+        <v>368</v>
+      </c>
+      <c r="D114" s="2" t="s">
+        <v>376</v>
+      </c>
       <c r="E114" s="2" t="s">
-        <v>389</v>
+        <v>377</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>390</v>
+        <v>378</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
-        <v>26</v>
+        <v>375</v>
       </c>
       <c r="I114" s="3">
-        <v>93131026313</v>
+        <v>83630337163</v>
       </c>
       <c r="J114" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K114" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L114" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M114" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
-        <v>43865470900015</v>
+        <v>42924994900141</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>391</v>
+        <v>368</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
-        <v>392</v>
+        <v>379</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>393</v>
+        <v>380</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
-        <v>26</v>
+        <v>375</v>
       </c>
       <c r="I115" s="3">
-        <v>31590543059</v>
+        <v>83630337163</v>
       </c>
       <c r="J115" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K115" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L115" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M115" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
-        <v>43891831000048</v>
+        <v>42924994900158</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>394</v>
+        <v>368</v>
       </c>
       <c r="D116" s="2" t="s">
-        <v>395</v>
+        <v>368</v>
       </c>
       <c r="E116" s="2" t="s">
-        <v>396</v>
+        <v>381</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>397</v>
+        <v>382</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
-        <v>26</v>
+        <v>375</v>
       </c>
       <c r="I116" s="3">
-        <v>11770368077</v>
+        <v>83630337163</v>
       </c>
       <c r="J116" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K116" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L116" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M116" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
-        <v>43891831000063</v>
+        <v>42924994900174</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>105</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>394</v>
+        <v>368</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="s">
-        <v>398</v>
+        <v>383</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>399</v>
+        <v>384</v>
       </c>
       <c r="G117" s="2" t="s">
-        <v>400</v>
+        <v>34</v>
       </c>
       <c r="H117" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I117" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I117" s="3"/>
       <c r="J117" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K117" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L117" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M117" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
-        <v>43891831000071</v>
+        <v>43267410900074</v>
       </c>
       <c r="B118" s="2" t="s">
-        <v>13</v>
+        <v>105</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>394</v>
+        <v>385</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="s">
-        <v>401</v>
+        <v>386</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>402</v>
-[...1 lines deleted...]
-      <c r="G118" s="2"/>
+        <v>387</v>
+      </c>
+      <c r="G118" s="2" t="s">
+        <v>388</v>
+      </c>
       <c r="H118" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I118" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I118" s="3"/>
       <c r="J118" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K118" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L118" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M118" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
-        <v>44057777300052</v>
+        <v>43267410900090</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>403</v>
+        <v>385</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="s">
-        <v>404</v>
+        <v>389</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>405</v>
+        <v>390</v>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I119" s="3">
-        <v>31620165562</v>
+        <v>82070066107</v>
       </c>
       <c r="J119" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K119" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L119" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M119" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
-        <v>44403832700029</v>
+        <v>43891831000048</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>406</v>
-[...1 lines deleted...]
-      <c r="D120" s="2"/>
+        <v>391</v>
+      </c>
+      <c r="D120" s="2" t="s">
+        <v>392</v>
+      </c>
       <c r="E120" s="2" t="s">
-        <v>407</v>
+        <v>393</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>408</v>
+        <v>394</v>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I120" s="3">
-        <v>11753742275</v>
+        <v>11770368077</v>
       </c>
       <c r="J120" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K120" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L120" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M120" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
-        <v>45190631700198</v>
+        <v>43891831000063</v>
       </c>
       <c r="B121" s="2" t="s">
-        <v>13</v>
+        <v>105</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>409</v>
+        <v>391</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="s">
-        <v>410</v>
+        <v>395</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>411</v>
-[...1 lines deleted...]
-      <c r="G121" s="2"/>
+        <v>396</v>
+      </c>
+      <c r="G121" s="2" t="s">
+        <v>397</v>
+      </c>
       <c r="H121" s="2" t="s">
-        <v>374</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="I121" s="3"/>
       <c r="J121" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K121" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L121" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M121" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="122" spans="1:13">
       <c r="A122" s="1">
-        <v>48920868600035</v>
+        <v>43891831000071</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>412</v>
+        <v>391</v>
       </c>
       <c r="D122" s="2"/>
       <c r="E122" s="2" t="s">
-        <v>413</v>
+        <v>398</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>227</v>
+        <v>399</v>
       </c>
       <c r="G122" s="2"/>
       <c r="H122" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I122" s="3">
-        <v>11754928575</v>
+        <v>11770368077</v>
       </c>
       <c r="J122" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K122" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L122" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M122" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="123" spans="1:13">
       <c r="A123" s="1">
-        <v>50055217900045</v>
+        <v>44057777300052</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>414</v>
+        <v>400</v>
       </c>
       <c r="D123" s="2"/>
       <c r="E123" s="2" t="s">
-        <v>415</v>
+        <v>401</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>416</v>
+        <v>402</v>
       </c>
       <c r="G123" s="2"/>
       <c r="H123" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I123" s="3">
-        <v>32620279162</v>
+        <v>31620165562</v>
       </c>
       <c r="J123" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K123" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L123" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M123" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="124" spans="1:13">
       <c r="A124" s="1">
-        <v>50494797900010</v>
+        <v>44403832700029</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>417</v>
+        <v>403</v>
       </c>
       <c r="D124" s="2"/>
       <c r="E124" s="2" t="s">
-        <v>418</v>
+        <v>404</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>419</v>
+        <v>405</v>
       </c>
       <c r="G124" s="2"/>
       <c r="H124" s="2" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="I124" s="3">
-        <v>41880097888</v>
+        <v>11753742275</v>
       </c>
       <c r="J124" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K124" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L124" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M124" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="125" spans="1:13">
       <c r="A125" s="1">
-        <v>50890422400047</v>
+        <v>45190631700198</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>420</v>
+        <v>406</v>
       </c>
       <c r="D125" s="2"/>
       <c r="E125" s="2" t="s">
-        <v>421</v>
+        <v>407</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>422</v>
+        <v>408</v>
       </c>
       <c r="G125" s="2"/>
       <c r="H125" s="2" t="s">
-        <v>26</v>
+        <v>266</v>
       </c>
       <c r="I125" s="3">
-        <v>11910630891</v>
+        <v>11753931975</v>
       </c>
       <c r="J125" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K125" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L125" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M125" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="126" spans="1:13">
       <c r="A126" s="1">
-        <v>50923283100016</v>
+        <v>49538963700028</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>423</v>
-[...3 lines deleted...]
-      </c>
+        <v>409</v>
+      </c>
+      <c r="D126" s="2"/>
       <c r="E126" s="2" t="s">
-        <v>424</v>
+        <v>410</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>425</v>
+        <v>411</v>
       </c>
       <c r="G126" s="2"/>
       <c r="H126" s="2" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="I126" s="3">
-        <v>21510170351</v>
+        <v>11930554993</v>
       </c>
       <c r="J126" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K126" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L126" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M126" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="127" spans="1:13">
       <c r="A127" s="1">
-        <v>50923283100024</v>
+        <v>50055217900045</v>
       </c>
       <c r="B127" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>423</v>
-[...3 lines deleted...]
-      </c>
+        <v>412</v>
+      </c>
+      <c r="D127" s="2"/>
       <c r="E127" s="2" t="s">
-        <v>426</v>
+        <v>413</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>21</v>
+        <v>414</v>
       </c>
       <c r="G127" s="2"/>
       <c r="H127" s="2" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="I127" s="3">
-        <v>21510170351</v>
+        <v>32620279162</v>
       </c>
       <c r="J127" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K127" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L127" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M127" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="128" spans="1:13">
       <c r="A128" s="1">
-        <v>50923283100040</v>
+        <v>50494797900010</v>
       </c>
       <c r="B128" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>423</v>
-[...3 lines deleted...]
-      </c>
+        <v>415</v>
+      </c>
+      <c r="D128" s="2"/>
       <c r="E128" s="2" t="s">
-        <v>427</v>
+        <v>416</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>21</v>
+        <v>417</v>
       </c>
       <c r="G128" s="2"/>
       <c r="H128" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I128" s="3">
-        <v>21510170351</v>
+        <v>41880097888</v>
       </c>
       <c r="J128" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K128" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L128" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M128" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="129" spans="1:13">
       <c r="A129" s="1">
-        <v>50923283100057</v>
+        <v>50890422400047</v>
       </c>
       <c r="B129" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>423</v>
-[...3 lines deleted...]
-      </c>
+        <v>418</v>
+      </c>
+      <c r="D129" s="2"/>
       <c r="E129" s="2" t="s">
-        <v>428</v>
+        <v>419</v>
       </c>
       <c r="F129" s="2" t="s">
-        <v>21</v>
+        <v>420</v>
       </c>
       <c r="G129" s="2"/>
       <c r="H129" s="2" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="I129" s="3">
-        <v>21510170351</v>
+        <v>11910630891</v>
       </c>
       <c r="J129" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K129" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L129" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M129" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="130" spans="1:13">
       <c r="A130" s="1">
-        <v>52344837100048</v>
+        <v>50923283100016</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>429</v>
-[...1 lines deleted...]
-      <c r="D130" s="2"/>
+        <v>421</v>
+      </c>
+      <c r="D130" s="2" t="s">
+        <v>421</v>
+      </c>
       <c r="E130" s="2" t="s">
-        <v>430</v>
+        <v>422</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>109</v>
+        <v>423</v>
       </c>
       <c r="G130" s="2"/>
       <c r="H130" s="2" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="I130" s="3">
-        <v>93131376713</v>
+        <v>21510170351</v>
       </c>
       <c r="J130" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K130" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L130" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M130" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="131" spans="1:13">
       <c r="A131" s="1">
-        <v>52344837100055</v>
+        <v>50923283100024</v>
       </c>
       <c r="B131" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>429</v>
-[...1 lines deleted...]
-      <c r="D131" s="2"/>
+        <v>421</v>
+      </c>
+      <c r="D131" s="2" t="s">
+        <v>421</v>
+      </c>
       <c r="E131" s="2" t="s">
-        <v>431</v>
+        <v>424</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>432</v>
+        <v>21</v>
       </c>
       <c r="G131" s="2"/>
       <c r="H131" s="2" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="I131" s="3">
-        <v>93131376713</v>
+        <v>21510170351</v>
       </c>
       <c r="J131" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K131" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L131" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M131" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="132" spans="1:13">
       <c r="A132" s="1">
-        <v>52344837100071</v>
+        <v>50923283100040</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>429</v>
-[...1 lines deleted...]
-      <c r="D132" s="2"/>
+        <v>421</v>
+      </c>
+      <c r="D132" s="2" t="s">
+        <v>421</v>
+      </c>
       <c r="E132" s="2" t="s">
-        <v>433</v>
+        <v>425</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>322</v>
+        <v>21</v>
       </c>
       <c r="G132" s="2"/>
       <c r="H132" s="2" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="I132" s="3">
-        <v>93131376713</v>
+        <v>21510170351</v>
       </c>
       <c r="J132" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K132" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L132" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M132" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="133" spans="1:13">
       <c r="A133" s="1">
-        <v>52344837100147</v>
+        <v>50923283100057</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>429</v>
-[...1 lines deleted...]
-      <c r="D133" s="2"/>
+        <v>421</v>
+      </c>
+      <c r="D133" s="2" t="s">
+        <v>421</v>
+      </c>
       <c r="E133" s="2" t="s">
-        <v>434</v>
+        <v>426</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>435</v>
+        <v>21</v>
       </c>
       <c r="G133" s="2"/>
       <c r="H133" s="2" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="I133" s="3">
-        <v>93131376713</v>
+        <v>21510170351</v>
       </c>
       <c r="J133" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K133" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L133" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M133" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="134" spans="1:13">
       <c r="A134" s="1">
-        <v>52344837100154</v>
+        <v>52344837100048</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="D134" s="2"/>
       <c r="E134" s="2" t="s">
-        <v>436</v>
+        <v>428</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>322</v>
+        <v>109</v>
       </c>
       <c r="G134" s="2"/>
       <c r="H134" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I134" s="3">
         <v>93131376713</v>
       </c>
       <c r="J134" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K134" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L134" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M134" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="135" spans="1:13">
       <c r="A135" s="1">
-        <v>52344837100162</v>
+        <v>52344837100055</v>
       </c>
       <c r="B135" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="D135" s="2"/>
       <c r="E135" s="2" t="s">
-        <v>437</v>
+        <v>429</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>322</v>
+        <v>430</v>
       </c>
       <c r="G135" s="2"/>
       <c r="H135" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I135" s="3">
         <v>93131376713</v>
       </c>
       <c r="J135" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K135" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L135" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M135" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="136" spans="1:13">
       <c r="A136" s="1">
-        <v>52344837100170</v>
+        <v>52344837100071</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="D136" s="2"/>
       <c r="E136" s="2" t="s">
-        <v>438</v>
+        <v>431</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>439</v>
+        <v>358</v>
       </c>
       <c r="G136" s="2"/>
       <c r="H136" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I136" s="3">
         <v>93131376713</v>
       </c>
       <c r="J136" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K136" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L136" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M136" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="137" spans="1:13">
       <c r="A137" s="1">
-        <v>52344837100188</v>
+        <v>52344837100147</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
       <c r="D137" s="2"/>
       <c r="E137" s="2" t="s">
-        <v>440</v>
+        <v>432</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>441</v>
+        <v>433</v>
       </c>
       <c r="G137" s="2"/>
       <c r="H137" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I137" s="3">
         <v>93131376713</v>
       </c>
       <c r="J137" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K137" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L137" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M137" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="138" spans="1:13">
       <c r="A138" s="1">
-        <v>52505175100010</v>
+        <v>52344837100154</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>442</v>
+        <v>427</v>
       </c>
       <c r="D138" s="2"/>
       <c r="E138" s="2" t="s">
-        <v>443</v>
+        <v>434</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>444</v>
+        <v>358</v>
       </c>
       <c r="G138" s="2"/>
       <c r="H138" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I138" s="3"/>
+      <c r="I138" s="3">
+        <v>93131376713</v>
+      </c>
       <c r="J138" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K138" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L138" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M138" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="139" spans="1:13">
       <c r="A139" s="1">
-        <v>30238239500010</v>
+        <v>52344837100162</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C139" s="2" t="s">
-        <v>445</v>
+        <v>427</v>
       </c>
       <c r="D139" s="2"/>
       <c r="E139" s="2" t="s">
-        <v>446</v>
+        <v>435</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>288</v>
+        <v>358</v>
       </c>
       <c r="G139" s="2"/>
       <c r="H139" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I139" s="3">
-        <v>93130013113</v>
+        <v>93131376713</v>
       </c>
       <c r="J139" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K139" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L139" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M139" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="140" spans="1:13">
       <c r="A140" s="1">
-        <v>30284789200023</v>
+        <v>52344837100170</v>
       </c>
       <c r="B140" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>447</v>
+        <v>427</v>
       </c>
       <c r="D140" s="2"/>
       <c r="E140" s="2" t="s">
-        <v>448</v>
+        <v>436</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>449</v>
+        <v>437</v>
       </c>
       <c r="G140" s="2"/>
       <c r="H140" s="2" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="I140" s="3">
-        <v>82420081042</v>
+        <v>93131376713</v>
       </c>
       <c r="J140" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K140" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L140" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M140" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="141" spans="1:13">
       <c r="A141" s="1">
-        <v>30340844700033</v>
+        <v>52344837100188</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C141" s="2" t="s">
-        <v>450</v>
+        <v>427</v>
       </c>
       <c r="D141" s="2"/>
       <c r="E141" s="2" t="s">
-        <v>451</v>
+        <v>438</v>
       </c>
       <c r="F141" s="2" t="s">
-        <v>452</v>
+        <v>439</v>
       </c>
       <c r="G141" s="2"/>
       <c r="H141" s="2" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="I141" s="3">
-        <v>22800001380</v>
+        <v>93131376713</v>
       </c>
       <c r="J141" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K141" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L141" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M141" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="142" spans="1:13">
       <c r="A142" s="1">
-        <v>30497431400011</v>
+        <v>52505175100010</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>453</v>
+        <v>440</v>
       </c>
       <c r="D142" s="2"/>
       <c r="E142" s="2" t="s">
-        <v>454</v>
+        <v>441</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>288</v>
+        <v>442</v>
       </c>
       <c r="G142" s="2"/>
       <c r="H142" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I142" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I142" s="3"/>
       <c r="J142" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K142" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L142" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M142" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="143" spans="1:13">
       <c r="A143" s="1">
-        <v>30591416000034</v>
+        <v>66205454300019</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>455</v>
+        <v>443</v>
       </c>
       <c r="D143" s="2"/>
       <c r="E143" s="2" t="s">
-        <v>456</v>
+        <v>444</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>457</v>
+        <v>248</v>
       </c>
       <c r="G143" s="2"/>
       <c r="H143" s="2" t="s">
-        <v>45</v>
+        <v>445</v>
       </c>
       <c r="I143" s="3">
-        <v>93130698913</v>
+        <v>11750018978</v>
       </c>
       <c r="J143" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K143" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L143" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M143" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="144" spans="1:13">
       <c r="A144" s="1">
-        <v>31281559000038</v>
+        <v>66205454300456</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>458</v>
+        <v>443</v>
       </c>
       <c r="D144" s="2"/>
       <c r="E144" s="2" t="s">
-        <v>459</v>
+        <v>446</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>460</v>
+        <v>42</v>
       </c>
       <c r="G144" s="2"/>
       <c r="H144" s="2" t="s">
-        <v>26</v>
+        <v>266</v>
       </c>
       <c r="I144" s="3">
-        <v>73310095331</v>
+        <v>11750018978</v>
       </c>
       <c r="J144" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K144" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L144" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M144" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="145" spans="1:13">
       <c r="A145" s="1">
-        <v>31513169800047</v>
+        <v>75313273700044</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>461</v>
+        <v>447</v>
       </c>
       <c r="D145" s="2"/>
       <c r="E145" s="2" t="s">
-        <v>462</v>
+        <v>448</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>463</v>
+        <v>358</v>
       </c>
       <c r="G145" s="2"/>
       <c r="H145" s="2" t="s">
-        <v>374</v>
+        <v>26</v>
       </c>
       <c r="I145" s="3">
-        <v>11750763975</v>
+        <v>93131493113</v>
       </c>
       <c r="J145" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K145" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L145" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M145" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="146" spans="1:13">
       <c r="A146" s="1">
-        <v>31513169800120</v>
+        <v>77556139200330</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>461</v>
-[...1 lines deleted...]
-      <c r="D146" s="2"/>
+        <v>449</v>
+      </c>
+      <c r="D146" s="2" t="s">
+        <v>450</v>
+      </c>
       <c r="E146" s="2" t="s">
-        <v>464</v>
+        <v>451</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>465</v>
+        <v>452</v>
       </c>
       <c r="G146" s="2"/>
       <c r="H146" s="2" t="s">
-        <v>374</v>
+        <v>26</v>
       </c>
       <c r="I146" s="3">
-        <v>11750763975</v>
+        <v>25140027514</v>
       </c>
       <c r="J146" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K146" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L146" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M146" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="147" spans="1:13">
       <c r="A147" s="1">
-        <v>31513169800146</v>
+        <v>77563016300019</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C147" s="2" t="s">
-        <v>461</v>
+        <v>453</v>
       </c>
       <c r="D147" s="2"/>
       <c r="E147" s="2" t="s">
-        <v>466</v>
+        <v>454</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>16</v>
+        <v>248</v>
       </c>
       <c r="G147" s="2"/>
       <c r="H147" s="2" t="s">
-        <v>45</v>
+        <v>75</v>
       </c>
       <c r="I147" s="3">
-        <v>11750763975</v>
+        <v>31620012662</v>
       </c>
       <c r="J147" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K147" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L147" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M147" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="148" spans="1:13">
       <c r="A148" s="1">
-        <v>31513169800153</v>
+        <v>77568497000129</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>461</v>
-[...1 lines deleted...]
-      <c r="D148" s="2"/>
+        <v>455</v>
+      </c>
+      <c r="D148" s="2" t="s">
+        <v>456</v>
+      </c>
       <c r="E148" s="2" t="s">
-        <v>467</v>
+        <v>457</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>468</v>
+        <v>458</v>
       </c>
       <c r="G148" s="2"/>
       <c r="H148" s="2" t="s">
-        <v>26</v>
+        <v>459</v>
       </c>
       <c r="I148" s="3">
-        <v>11750763975</v>
+        <v>11930394393</v>
       </c>
       <c r="J148" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K148" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L148" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M148" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="149" spans="1:13">
       <c r="A149" s="1">
-        <v>31513169800179</v>
+        <v>77568497000673</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C149" s="2" t="s">
+        <v>455</v>
+      </c>
+      <c r="D149" s="2" t="s">
+        <v>460</v>
+      </c>
+      <c r="E149" s="2" t="s">
         <v>461</v>
       </c>
-      <c r="D149" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="F149" s="2" t="s">
-        <v>470</v>
+        <v>462</v>
       </c>
       <c r="G149" s="2"/>
       <c r="H149" s="2" t="s">
-        <v>26</v>
+        <v>463</v>
       </c>
       <c r="I149" s="3">
-        <v>11750763975</v>
+        <v>11930394393</v>
       </c>
       <c r="J149" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K149" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L149" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M149" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="150" spans="1:13">
       <c r="A150" s="1">
-        <v>31513169800187</v>
+        <v>77568497002273</v>
       </c>
       <c r="B150" s="2" t="s">
-        <v>13</v>
+        <v>105</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="D150" s="2"/>
       <c r="E150" s="2" t="s">
-        <v>471</v>
+        <v>464</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>472</v>
-[...1 lines deleted...]
-      <c r="G150" s="2"/>
+        <v>465</v>
+      </c>
+      <c r="G150" s="2" t="s">
+        <v>466</v>
+      </c>
       <c r="H150" s="2" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>445</v>
+      </c>
+      <c r="I150" s="3"/>
       <c r="J150" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K150" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L150" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M150" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="151" spans="1:13">
       <c r="A151" s="1">
-        <v>31513169800195</v>
+        <v>77568879900011</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>461</v>
+        <v>467</v>
       </c>
       <c r="D151" s="2"/>
       <c r="E151" s="2" t="s">
-        <v>473</v>
+        <v>468</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>474</v>
+        <v>248</v>
       </c>
       <c r="G151" s="2"/>
       <c r="H151" s="2" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="I151" s="3">
-        <v>11750763975</v>
+        <v>11751561875</v>
       </c>
       <c r="J151" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K151" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L151" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M151" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="152" spans="1:13">
       <c r="A152" s="1">
-        <v>31513169800211</v>
+        <v>77568879900615</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>461</v>
-[...1 lines deleted...]
-      <c r="D152" s="2"/>
+        <v>467</v>
+      </c>
+      <c r="D152" s="2" t="s">
+        <v>469</v>
+      </c>
       <c r="E152" s="2" t="s">
-        <v>475</v>
+        <v>468</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>476</v>
+        <v>470</v>
       </c>
       <c r="G152" s="2"/>
       <c r="H152" s="2" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="I152" s="3">
-        <v>11750763975</v>
+        <v>11751561875</v>
       </c>
       <c r="J152" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K152" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L152" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M152" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="153" spans="1:13">
       <c r="A153" s="1">
-        <v>31721734700044</v>
+        <v>77568879900979</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C153" s="2" t="s">
-        <v>477</v>
+        <v>467</v>
       </c>
       <c r="D153" s="2"/>
       <c r="E153" s="2" t="s">
-        <v>478</v>
+        <v>471</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>479</v>
+        <v>472</v>
       </c>
       <c r="G153" s="2"/>
       <c r="H153" s="2" t="s">
-        <v>374</v>
+        <v>473</v>
       </c>
       <c r="I153" s="3">
-        <v>11750327775</v>
+        <v>11751561875</v>
       </c>
       <c r="J153" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K153" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L153" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M153" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="154" spans="1:13">
       <c r="A154" s="1">
-        <v>32159164600328</v>
+        <v>77784331900057</v>
       </c>
       <c r="B154" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C154" s="2" t="s">
-        <v>480</v>
-[...3 lines deleted...]
-      </c>
+        <v>474</v>
+      </c>
+      <c r="D154" s="2"/>
       <c r="E154" s="2" t="s">
-        <v>482</v>
+        <v>475</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>483</v>
+        <v>476</v>
       </c>
       <c r="G154" s="2"/>
       <c r="H154" s="2" t="s">
-        <v>26</v>
+        <v>477</v>
       </c>
       <c r="I154" s="3">
-        <v>53350111635</v>
+        <v>53560156856</v>
       </c>
       <c r="J154" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K154" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L154" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M154" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="155" spans="1:13">
       <c r="A155" s="1">
-        <v>32159164600492</v>
+        <v>77921920300022</v>
       </c>
       <c r="B155" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C155" s="2" t="s">
-        <v>480</v>
+        <v>478</v>
       </c>
       <c r="D155" s="2"/>
       <c r="E155" s="2" t="s">
-        <v>484</v>
+        <v>479</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>227</v>
+        <v>248</v>
       </c>
       <c r="G155" s="2"/>
       <c r="H155" s="2" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="I155" s="3">
-        <v>53350111635</v>
+        <v>83630024963</v>
       </c>
       <c r="J155" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K155" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L155" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M155" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="156" spans="1:13">
       <c r="A156" s="1">
-        <v>32240853500068</v>
+        <v>78574029100071</v>
       </c>
       <c r="B156" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>485</v>
-[...1 lines deleted...]
-      <c r="D156" s="2"/>
+        <v>480</v>
+      </c>
+      <c r="D156" s="2" t="s">
+        <v>481</v>
+      </c>
       <c r="E156" s="2" t="s">
-        <v>486</v>
+        <v>482</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>487</v>
+        <v>483</v>
       </c>
       <c r="G156" s="2"/>
       <c r="H156" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I156" s="3">
-        <v>25610002361</v>
+        <v>11940392094</v>
       </c>
       <c r="J156" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K156" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L156" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M156" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="157" spans="1:13">
       <c r="A157" s="1">
-        <v>32375233700036</v>
+        <v>78574029100220</v>
       </c>
       <c r="B157" s="2" t="s">
-        <v>13</v>
+        <v>105</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>488</v>
-[...1 lines deleted...]
-      <c r="D157" s="2"/>
+        <v>480</v>
+      </c>
+      <c r="D157" s="2" t="s">
+        <v>484</v>
+      </c>
       <c r="E157" s="2" t="s">
-        <v>489</v>
+        <v>485</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>490</v>
-[...1 lines deleted...]
-      <c r="G157" s="2"/>
+        <v>190</v>
+      </c>
+      <c r="G157" s="2" t="s">
+        <v>486</v>
+      </c>
       <c r="H157" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I157" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I157" s="3"/>
       <c r="J157" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K157" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L157" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M157" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="158" spans="1:13">
       <c r="A158" s="1">
-        <v>32441928200383</v>
+        <v>78574029100394</v>
       </c>
       <c r="B158" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>491</v>
+        <v>480</v>
       </c>
       <c r="D158" s="2"/>
       <c r="E158" s="2" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>493</v>
+        <v>488</v>
       </c>
       <c r="G158" s="2"/>
       <c r="H158" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I158" s="3">
-        <v>11753781075</v>
+        <v>11940392094</v>
       </c>
       <c r="J158" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K158" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L158" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M158" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="159" spans="1:13">
       <c r="A159" s="1">
-        <v>32441928200664</v>
+        <v>78574029100816</v>
       </c>
       <c r="B159" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C159" s="2" t="s">
-        <v>491</v>
+        <v>480</v>
       </c>
       <c r="D159" s="2"/>
       <c r="E159" s="2" t="s">
-        <v>494</v>
+        <v>489</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>495</v>
+        <v>490</v>
       </c>
       <c r="G159" s="2"/>
       <c r="H159" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I159" s="3">
-        <v>11753781075</v>
+        <v>11940392094</v>
       </c>
       <c r="J159" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K159" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L159" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M159" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="160" spans="1:13">
       <c r="A160" s="1">
-        <v>32441928201209</v>
+        <v>78574029100857</v>
       </c>
       <c r="B160" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C160" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="D160" s="2"/>
+      <c r="E160" s="2" t="s">
         <v>491</v>
       </c>
-      <c r="D160" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F160" s="2" t="s">
-        <v>498</v>
+        <v>492</v>
       </c>
       <c r="G160" s="2"/>
       <c r="H160" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I160" s="3">
-        <v>11753781075</v>
+        <v>11940392094</v>
       </c>
       <c r="J160" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K160" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L160" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M160" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="161" spans="1:13">
       <c r="A161" s="1">
-        <v>32441928201373</v>
+        <v>78574029101012</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>491</v>
+        <v>480</v>
       </c>
       <c r="D161" s="2"/>
       <c r="E161" s="2" t="s">
-        <v>499</v>
+        <v>493</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>500</v>
+        <v>494</v>
       </c>
       <c r="G161" s="2"/>
       <c r="H161" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I161" s="3">
-        <v>11753781075</v>
+        <v>11940392094</v>
       </c>
       <c r="J161" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K161" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L161" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M161" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="162" spans="1:13">
       <c r="A162" s="1">
-        <v>32570588700033</v>
+        <v>78574029101020</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>501</v>
+        <v>480</v>
       </c>
       <c r="D162" s="2"/>
       <c r="E162" s="2" t="s">
-        <v>502</v>
+        <v>495</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>503</v>
+        <v>496</v>
       </c>
       <c r="G162" s="2"/>
       <c r="H162" s="2" t="s">
-        <v>374</v>
+        <v>26</v>
       </c>
       <c r="I162" s="3">
-        <v>24370147037</v>
+        <v>11940392094</v>
       </c>
       <c r="J162" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K162" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L162" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M162" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="163" spans="1:13">
       <c r="A163" s="1">
-        <v>32886010100042</v>
+        <v>78574029101038</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>504</v>
+        <v>480</v>
       </c>
       <c r="D163" s="2"/>
       <c r="E163" s="2" t="s">
-        <v>505</v>
+        <v>497</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>506</v>
+        <v>498</v>
       </c>
       <c r="G163" s="2"/>
       <c r="H163" s="2" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="I163" s="3">
-        <v>26210018121</v>
+        <v>11940392094</v>
       </c>
       <c r="J163" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K163" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L163" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M163" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="164" spans="1:13">
       <c r="A164" s="1">
-        <v>33810922600021</v>
+        <v>78574029101046</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>507</v>
+        <v>480</v>
       </c>
       <c r="D164" s="2"/>
       <c r="E164" s="2" t="s">
-        <v>508</v>
+        <v>499</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>509</v>
+        <v>500</v>
       </c>
       <c r="G164" s="2"/>
       <c r="H164" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I164" s="3">
-        <v>31620025862</v>
+        <v>11940392094</v>
       </c>
       <c r="J164" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K164" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L164" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M164" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="165" spans="1:13">
       <c r="A165" s="1">
-        <v>53948741300038</v>
+        <v>78875059400038</v>
       </c>
       <c r="B165" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>510</v>
-[...1 lines deleted...]
-      <c r="D165" s="2"/>
+        <v>501</v>
+      </c>
+      <c r="D165" s="2" t="s">
+        <v>501</v>
+      </c>
       <c r="E165" s="2" t="s">
-        <v>511</v>
+        <v>502</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>42</v>
+        <v>503</v>
       </c>
       <c r="G165" s="2"/>
       <c r="H165" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I165" s="3">
-        <v>52440644844</v>
+        <v>93061213606</v>
       </c>
       <c r="J165" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K165" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L165" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M165" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="166" spans="1:13">
       <c r="A166" s="1">
-        <v>66205454300019</v>
+        <v>79374443400010</v>
       </c>
       <c r="B166" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>512</v>
+        <v>504</v>
       </c>
       <c r="D166" s="2"/>
       <c r="E166" s="2" t="s">
-        <v>513</v>
+        <v>505</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>288</v>
+        <v>506</v>
       </c>
       <c r="G166" s="2"/>
       <c r="H166" s="2" t="s">
-        <v>285</v>
+        <v>26</v>
       </c>
       <c r="I166" s="3">
-        <v>11750018978</v>
+        <v>98970425197</v>
       </c>
       <c r="J166" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K166" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L166" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M166" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="167" spans="1:13">
       <c r="A167" s="1">
-        <v>66205454300456</v>
+        <v>80464190000019</v>
       </c>
       <c r="B167" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>512</v>
-[...1 lines deleted...]
-      <c r="D167" s="2"/>
+        <v>507</v>
+      </c>
+      <c r="D167" s="2" t="s">
+        <v>507</v>
+      </c>
       <c r="E167" s="2" t="s">
-        <v>514</v>
+        <v>508</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>42</v>
+        <v>509</v>
       </c>
       <c r="G167" s="2"/>
       <c r="H167" s="2" t="s">
-        <v>374</v>
+        <v>26</v>
       </c>
       <c r="I167" s="3">
-        <v>11750018978</v>
+        <v>93060746106</v>
       </c>
       <c r="J167" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K167" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L167" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M167" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="168" spans="1:13">
       <c r="A168" s="1">
-        <v>75023194600021</v>
+        <v>80982162200028</v>
       </c>
       <c r="B168" s="2" t="s">
-        <v>13</v>
+        <v>105</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>515</v>
+        <v>510</v>
       </c>
       <c r="D168" s="2"/>
       <c r="E168" s="2" t="s">
-        <v>516</v>
+        <v>511</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>517</v>
-[...1 lines deleted...]
-      <c r="G168" s="2"/>
+        <v>512</v>
+      </c>
+      <c r="G168" s="2" t="s">
+        <v>513</v>
+      </c>
       <c r="H168" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I168" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I168" s="3"/>
       <c r="J168" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K168" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L168" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M168" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="169" spans="1:13">
       <c r="A169" s="1">
-        <v>75313273700044</v>
+        <v>81531318400013</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>518</v>
+        <v>514</v>
       </c>
       <c r="D169" s="2"/>
       <c r="E169" s="2" t="s">
-        <v>519</v>
+        <v>264</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>322</v>
+        <v>515</v>
       </c>
       <c r="G169" s="2"/>
       <c r="H169" s="2" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>516</v>
+      </c>
+      <c r="I169" s="3"/>
       <c r="J169" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K169" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L169" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M169" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="170" spans="1:13">
       <c r="A170" s="1">
-        <v>77556139200330</v>
+        <v>82422814200017</v>
       </c>
       <c r="B170" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>520</v>
-[...3 lines deleted...]
-      </c>
+        <v>517</v>
+      </c>
+      <c r="D170" s="2"/>
       <c r="E170" s="2" t="s">
-        <v>522</v>
+        <v>518</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>523</v>
+        <v>229</v>
       </c>
       <c r="G170" s="2"/>
       <c r="H170" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I170" s="3">
-        <v>25140027514</v>
+        <v>11930743393</v>
       </c>
       <c r="J170" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K170" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L170" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M170" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="171" spans="1:13">
       <c r="A171" s="1">
-        <v>77563016300019</v>
+        <v>82422814200025</v>
       </c>
       <c r="B171" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>524</v>
+        <v>517</v>
       </c>
       <c r="D171" s="2"/>
       <c r="E171" s="2" t="s">
-        <v>525</v>
+        <v>519</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>288</v>
+        <v>229</v>
       </c>
       <c r="G171" s="2"/>
       <c r="H171" s="2" t="s">
-        <v>75</v>
+        <v>26</v>
       </c>
       <c r="I171" s="3">
-        <v>31620012662</v>
+        <v>11930743393</v>
       </c>
       <c r="J171" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K171" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L171" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M171" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="172" spans="1:13">
       <c r="A172" s="1">
-        <v>79964373900011</v>
+        <v>82422814200108</v>
       </c>
       <c r="B172" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>526</v>
+        <v>517</v>
       </c>
       <c r="D172" s="2"/>
       <c r="E172" s="2" t="s">
-        <v>527</v>
+        <v>520</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>528</v>
+        <v>229</v>
       </c>
       <c r="G172" s="2"/>
       <c r="H172" s="2" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="I172" s="3">
-        <v>74190081619</v>
+        <v>11930743393</v>
       </c>
       <c r="J172" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K172" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L172" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M172" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="173" spans="1:13">
       <c r="A173" s="1">
-        <v>80464190000019</v>
+        <v>82422814200124</v>
       </c>
       <c r="B173" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>529</v>
-[...3 lines deleted...]
-      </c>
+        <v>517</v>
+      </c>
+      <c r="D173" s="2"/>
       <c r="E173" s="2" t="s">
-        <v>530</v>
+        <v>521</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>531</v>
+        <v>229</v>
       </c>
       <c r="G173" s="2"/>
       <c r="H173" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I173" s="3">
-        <v>93060746106</v>
+        <v>11930743393</v>
       </c>
       <c r="J173" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K173" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L173" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M173" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="174" spans="1:13">
       <c r="A174" s="1">
-        <v>80982162200028</v>
+        <v>82422814200207</v>
       </c>
       <c r="B174" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C174" s="2" t="s">
-        <v>532</v>
+        <v>517</v>
       </c>
       <c r="D174" s="2"/>
       <c r="E174" s="2" t="s">
-        <v>533</v>
+        <v>522</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>534</v>
+        <v>229</v>
       </c>
       <c r="G174" s="2"/>
       <c r="H174" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I174" s="3">
-        <v>11922073692</v>
+        <v>11930743393</v>
       </c>
       <c r="J174" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K174" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L174" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M174" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="175" spans="1:13">
       <c r="A175" s="1">
-        <v>81531318400013</v>
+        <v>82422814200298</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C175" s="2" t="s">
-        <v>535</v>
+        <v>517</v>
       </c>
       <c r="D175" s="2"/>
       <c r="E175" s="2" t="s">
-        <v>462</v>
+        <v>523</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>536</v>
+        <v>229</v>
       </c>
       <c r="G175" s="2"/>
       <c r="H175" s="2" t="s">
-        <v>537</v>
-[...1 lines deleted...]
-      <c r="I175" s="3"/>
+        <v>26</v>
+      </c>
+      <c r="I175" s="3">
+        <v>11930743393</v>
+      </c>
       <c r="J175" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K175" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L175" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M175" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="176" spans="1:13">
       <c r="A176" s="1">
-        <v>82422814200017</v>
+        <v>82422814200371</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C176" s="2" t="s">
-        <v>538</v>
+        <v>517</v>
       </c>
       <c r="D176" s="2"/>
       <c r="E176" s="2" t="s">
-        <v>539</v>
+        <v>524</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="G176" s="2"/>
       <c r="H176" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I176" s="3">
         <v>11930743393</v>
       </c>
       <c r="J176" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K176" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L176" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M176" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="177" spans="1:13">
       <c r="A177" s="1">
-        <v>82422814200025</v>
+        <v>82422814200520</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C177" s="2" t="s">
-        <v>538</v>
+        <v>517</v>
       </c>
       <c r="D177" s="2"/>
       <c r="E177" s="2" t="s">
-        <v>540</v>
+        <v>525</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="G177" s="2"/>
       <c r="H177" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I177" s="3">
         <v>11930743393</v>
       </c>
       <c r="J177" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K177" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L177" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M177" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="178" spans="1:13">
       <c r="A178" s="1">
-        <v>82422814200108</v>
+        <v>82422814200587</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C178" s="2" t="s">
-        <v>538</v>
+        <v>517</v>
       </c>
       <c r="D178" s="2"/>
       <c r="E178" s="2" t="s">
-        <v>541</v>
+        <v>526</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="G178" s="2"/>
       <c r="H178" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I178" s="3">
         <v>11930743393</v>
       </c>
       <c r="J178" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K178" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L178" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M178" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="179" spans="1:13">
       <c r="A179" s="1">
-        <v>82422814200124</v>
+        <v>82422814200652</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C179" s="2" t="s">
-        <v>538</v>
+        <v>517</v>
       </c>
       <c r="D179" s="2"/>
       <c r="E179" s="2" t="s">
-        <v>542</v>
+        <v>527</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="G179" s="2"/>
       <c r="H179" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I179" s="3">
         <v>11930743393</v>
       </c>
       <c r="J179" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K179" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L179" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M179" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="180" spans="1:13">
       <c r="A180" s="1">
-        <v>82422814200207</v>
+        <v>82422814200777</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C180" s="2" t="s">
-        <v>538</v>
+        <v>517</v>
       </c>
       <c r="D180" s="2"/>
       <c r="E180" s="2" t="s">
-        <v>543</v>
+        <v>528</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="G180" s="2"/>
       <c r="H180" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I180" s="3">
         <v>11930743393</v>
       </c>
       <c r="J180" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K180" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L180" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M180" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="181" spans="1:13">
       <c r="A181" s="1">
-        <v>82422814200298</v>
+        <v>82422814200926</v>
       </c>
       <c r="B181" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>538</v>
+        <v>517</v>
       </c>
       <c r="D181" s="2"/>
       <c r="E181" s="2" t="s">
-        <v>544</v>
+        <v>529</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="G181" s="2"/>
       <c r="H181" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I181" s="3">
         <v>11930743393</v>
       </c>
       <c r="J181" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K181" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L181" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M181" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="182" spans="1:13">
       <c r="A182" s="1">
-        <v>82422814200371</v>
+        <v>82422814201023</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>538</v>
+        <v>517</v>
       </c>
       <c r="D182" s="2"/>
       <c r="E182" s="2" t="s">
-        <v>545</v>
+        <v>530</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="G182" s="2"/>
       <c r="H182" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I182" s="3">
         <v>11930743393</v>
       </c>
       <c r="J182" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K182" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L182" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M182" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="183" spans="1:13">
       <c r="A183" s="1">
-        <v>82422814200520</v>
+        <v>82422814201064</v>
       </c>
       <c r="B183" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C183" s="2" t="s">
-        <v>538</v>
+        <v>517</v>
       </c>
       <c r="D183" s="2"/>
       <c r="E183" s="2" t="s">
-        <v>546</v>
+        <v>531</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="G183" s="2"/>
       <c r="H183" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I183" s="3">
         <v>11930743393</v>
       </c>
       <c r="J183" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K183" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L183" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M183" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="184" spans="1:13">
       <c r="A184" s="1">
-        <v>82422814200587</v>
+        <v>82422814201106</v>
       </c>
       <c r="B184" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C184" s="2" t="s">
-        <v>538</v>
+        <v>517</v>
       </c>
       <c r="D184" s="2"/>
       <c r="E184" s="2" t="s">
-        <v>547</v>
+        <v>532</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="G184" s="2"/>
       <c r="H184" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I184" s="3">
         <v>11930743393</v>
       </c>
       <c r="J184" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K184" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L184" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M184" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="185" spans="1:13">
       <c r="A185" s="1">
-        <v>82422814200652</v>
+        <v>82422814201163</v>
       </c>
       <c r="B185" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C185" s="2" t="s">
-        <v>538</v>
+        <v>517</v>
       </c>
       <c r="D185" s="2"/>
       <c r="E185" s="2" t="s">
-        <v>548</v>
+        <v>533</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="G185" s="2"/>
       <c r="H185" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I185" s="3">
         <v>11930743393</v>
       </c>
       <c r="J185" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K185" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L185" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M185" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="186" spans="1:13">
       <c r="A186" s="1">
-        <v>82422814200777</v>
+        <v>82422814201189</v>
       </c>
       <c r="B186" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>538</v>
+        <v>517</v>
       </c>
       <c r="D186" s="2"/>
       <c r="E186" s="2" t="s">
-        <v>549</v>
+        <v>534</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="G186" s="2"/>
       <c r="H186" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I186" s="3">
         <v>11930743393</v>
       </c>
       <c r="J186" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K186" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L186" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M186" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="187" spans="1:13">
       <c r="A187" s="1">
-        <v>82422814200926</v>
+        <v>82422814201254</v>
       </c>
       <c r="B187" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C187" s="2" t="s">
-        <v>538</v>
+        <v>517</v>
       </c>
       <c r="D187" s="2"/>
       <c r="E187" s="2" t="s">
-        <v>550</v>
+        <v>535</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="G187" s="2"/>
       <c r="H187" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I187" s="3">
         <v>11930743393</v>
       </c>
       <c r="J187" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K187" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L187" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M187" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="188" spans="1:13">
       <c r="A188" s="1">
-        <v>82422814201023</v>
+        <v>82422814201502</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C188" s="2" t="s">
-        <v>538</v>
+        <v>517</v>
       </c>
       <c r="D188" s="2"/>
       <c r="E188" s="2" t="s">
-        <v>551</v>
+        <v>536</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="G188" s="2"/>
       <c r="H188" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I188" s="3">
         <v>11930743393</v>
       </c>
       <c r="J188" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K188" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L188" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M188" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="189" spans="1:13">
       <c r="A189" s="1">
-        <v>82422814201064</v>
+        <v>82422814201528</v>
       </c>
       <c r="B189" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C189" s="2" t="s">
-        <v>538</v>
+        <v>517</v>
       </c>
       <c r="D189" s="2"/>
       <c r="E189" s="2" t="s">
-        <v>552</v>
+        <v>537</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="G189" s="2"/>
       <c r="H189" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I189" s="3">
         <v>11930743393</v>
       </c>
       <c r="J189" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K189" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L189" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M189" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="190" spans="1:13">
       <c r="A190" s="1">
-        <v>82422814201106</v>
+        <v>82422814201569</v>
       </c>
       <c r="B190" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C190" s="2" t="s">
-        <v>538</v>
+        <v>517</v>
       </c>
       <c r="D190" s="2"/>
       <c r="E190" s="2" t="s">
-        <v>553</v>
+        <v>538</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="G190" s="2"/>
       <c r="H190" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I190" s="3">
         <v>11930743393</v>
       </c>
       <c r="J190" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K190" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L190" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M190" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="191" spans="1:13">
       <c r="A191" s="1">
-        <v>82422814201163</v>
+        <v>82422814201759</v>
       </c>
       <c r="B191" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>538</v>
+        <v>517</v>
       </c>
       <c r="D191" s="2"/>
       <c r="E191" s="2" t="s">
-        <v>554</v>
+        <v>539</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="G191" s="2"/>
       <c r="H191" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I191" s="3">
         <v>11930743393</v>
       </c>
       <c r="J191" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K191" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L191" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M191" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="192" spans="1:13">
       <c r="A192" s="1">
-        <v>82422814201189</v>
+        <v>82422814201775</v>
       </c>
       <c r="B192" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C192" s="2" t="s">
-        <v>538</v>
+        <v>517</v>
       </c>
       <c r="D192" s="2"/>
       <c r="E192" s="2" t="s">
-        <v>555</v>
+        <v>540</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="G192" s="2"/>
       <c r="H192" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I192" s="3">
         <v>11930743393</v>
       </c>
       <c r="J192" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K192" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L192" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M192" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="193" spans="1:13">
       <c r="A193" s="1">
-        <v>82422814201254</v>
+        <v>82422814201783</v>
       </c>
       <c r="B193" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C193" s="2" t="s">
-        <v>538</v>
+        <v>517</v>
       </c>
       <c r="D193" s="2"/>
       <c r="E193" s="2" t="s">
-        <v>556</v>
+        <v>541</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="G193" s="2"/>
       <c r="H193" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I193" s="3">
         <v>11930743393</v>
       </c>
       <c r="J193" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K193" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L193" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M193" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="194" spans="1:13">
       <c r="A194" s="1">
-        <v>82422814201502</v>
+        <v>82422814201809</v>
       </c>
       <c r="B194" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C194" s="2" t="s">
-        <v>538</v>
+        <v>517</v>
       </c>
       <c r="D194" s="2"/>
       <c r="E194" s="2" t="s">
-        <v>557</v>
+        <v>542</v>
       </c>
       <c r="F194" s="2" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="G194" s="2"/>
       <c r="H194" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I194" s="3">
         <v>11930743393</v>
       </c>
       <c r="J194" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K194" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L194" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M194" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="195" spans="1:13">
       <c r="A195" s="1">
-        <v>82422814201528</v>
+        <v>82422814201825</v>
       </c>
       <c r="B195" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C195" s="2" t="s">
-        <v>538</v>
+        <v>517</v>
       </c>
       <c r="D195" s="2"/>
       <c r="E195" s="2" t="s">
-        <v>558</v>
+        <v>543</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="G195" s="2"/>
       <c r="H195" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I195" s="3">
         <v>11930743393</v>
       </c>
       <c r="J195" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K195" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L195" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M195" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="196" spans="1:13">
       <c r="A196" s="1">
-        <v>82422814201569</v>
+        <v>82422814201916</v>
       </c>
       <c r="B196" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C196" s="2" t="s">
-        <v>538</v>
+        <v>517</v>
       </c>
       <c r="D196" s="2"/>
       <c r="E196" s="2" t="s">
-        <v>559</v>
+        <v>544</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>236</v>
+        <v>229</v>
       </c>
       <c r="G196" s="2"/>
       <c r="H196" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I196" s="3">
         <v>11930743393</v>
       </c>
       <c r="J196" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K196" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L196" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M196" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="197" spans="1:13">
       <c r="A197" s="1">
-        <v>82422814201759</v>
+        <v>82431407400025</v>
       </c>
       <c r="B197" s="2" t="s">
-        <v>13</v>
+        <v>105</v>
       </c>
       <c r="C197" s="2" t="s">
-        <v>538</v>
+        <v>545</v>
       </c>
       <c r="D197" s="2"/>
       <c r="E197" s="2" t="s">
-        <v>560</v>
+        <v>546</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>236</v>
-[...1 lines deleted...]
-      <c r="G197" s="2"/>
+        <v>547</v>
+      </c>
+      <c r="G197" s="2" t="s">
+        <v>548</v>
+      </c>
       <c r="H197" s="2" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>266</v>
+      </c>
+      <c r="I197" s="3"/>
       <c r="J197" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K197" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L197" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M197" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="198" spans="1:13">
       <c r="A198" s="1">
-        <v>82422814201775</v>
+        <v>82431407400041</v>
       </c>
       <c r="B198" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C198" s="2" t="s">
-        <v>538</v>
+        <v>545</v>
       </c>
       <c r="D198" s="2"/>
       <c r="E198" s="2" t="s">
-        <v>561</v>
+        <v>549</v>
       </c>
       <c r="F198" s="2" t="s">
-        <v>236</v>
+        <v>550</v>
       </c>
       <c r="G198" s="2"/>
       <c r="H198" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I198" s="3">
-        <v>11930743393</v>
+        <v>93830525383</v>
       </c>
       <c r="J198" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K198" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L198" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M198" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="199" spans="1:13">
       <c r="A199" s="1">
-        <v>82422814201783</v>
+        <v>82907750200013</v>
       </c>
       <c r="B199" s="2" t="s">
-        <v>13</v>
+        <v>105</v>
       </c>
       <c r="C199" s="2" t="s">
-        <v>538</v>
+        <v>551</v>
       </c>
       <c r="D199" s="2"/>
       <c r="E199" s="2" t="s">
-        <v>562</v>
+        <v>552</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>236</v>
-[...1 lines deleted...]
-      <c r="G199" s="2"/>
+        <v>553</v>
+      </c>
+      <c r="G199" s="2" t="s">
+        <v>554</v>
+      </c>
       <c r="H199" s="2" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>516</v>
+      </c>
+      <c r="I199" s="3"/>
       <c r="J199" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K199" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L199" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M199" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="200" spans="1:13">
       <c r="A200" s="1">
-        <v>82422814201809</v>
+        <v>83069650600013</v>
       </c>
       <c r="B200" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C200" s="2" t="s">
-        <v>538</v>
+        <v>555</v>
       </c>
       <c r="D200" s="2"/>
       <c r="E200" s="2" t="s">
-        <v>563</v>
+        <v>556</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>236</v>
+        <v>557</v>
       </c>
       <c r="G200" s="2"/>
       <c r="H200" s="2" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="I200" s="3">
-        <v>11930743393</v>
+        <v>11922181892</v>
       </c>
       <c r="J200" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K200" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L200" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M200" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="201" spans="1:13">
       <c r="A201" s="1">
-        <v>82422814201825</v>
+        <v>84359033200030</v>
       </c>
       <c r="B201" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C201" s="2" t="s">
-        <v>538</v>
+        <v>558</v>
       </c>
       <c r="D201" s="2"/>
       <c r="E201" s="2" t="s">
-        <v>564</v>
+        <v>559</v>
       </c>
       <c r="F201" s="2" t="s">
-        <v>236</v>
+        <v>560</v>
       </c>
       <c r="G201" s="2"/>
       <c r="H201" s="2" t="s">
-        <v>26</v>
+        <v>332</v>
       </c>
       <c r="I201" s="3">
-        <v>11930743393</v>
+        <v>11922279792</v>
       </c>
       <c r="J201" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K201" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L201" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M201" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="202" spans="1:13">
       <c r="A202" s="1">
-        <v>82422814201916</v>
+        <v>84359033200055</v>
       </c>
       <c r="B202" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C202" s="2" t="s">
-        <v>538</v>
-[...1 lines deleted...]
-      <c r="D202" s="2"/>
+        <v>558</v>
+      </c>
+      <c r="D202" s="2" t="s">
+        <v>561</v>
+      </c>
       <c r="E202" s="2" t="s">
-        <v>565</v>
+        <v>562</v>
       </c>
       <c r="F202" s="2" t="s">
-        <v>236</v>
+        <v>563</v>
       </c>
       <c r="G202" s="2"/>
       <c r="H202" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I202" s="3">
-        <v>11930743393</v>
+        <v>11922279792</v>
       </c>
       <c r="J202" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K202" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L202" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M202" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="203" spans="1:13">
       <c r="A203" s="1">
-        <v>82431407400025</v>
+        <v>84359033200063</v>
       </c>
       <c r="B203" s="2" t="s">
-        <v>105</v>
+        <v>13</v>
       </c>
       <c r="C203" s="2" t="s">
-        <v>566</v>
+        <v>558</v>
       </c>
       <c r="D203" s="2"/>
       <c r="E203" s="2" t="s">
-        <v>567</v>
+        <v>564</v>
       </c>
       <c r="F203" s="2" t="s">
-        <v>568</v>
-[...3 lines deleted...]
-      </c>
+        <v>565</v>
+      </c>
+      <c r="G203" s="2"/>
       <c r="H203" s="2" t="s">
-        <v>374</v>
+        <v>26</v>
       </c>
       <c r="I203" s="3">
-        <v>93830525383</v>
+        <v>11922279792</v>
       </c>
       <c r="J203" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K203" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L203" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M203" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="204" spans="1:13">
       <c r="A204" s="1">
-        <v>82431407400041</v>
+        <v>84359033200071</v>
       </c>
       <c r="B204" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C204" s="2" t="s">
+        <v>558</v>
+      </c>
+      <c r="D204" s="2" t="s">
+        <v>558</v>
+      </c>
+      <c r="E204" s="2" t="s">
         <v>566</v>
       </c>
-      <c r="D204" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="F204" s="2" t="s">
-        <v>571</v>
+        <v>567</v>
       </c>
       <c r="G204" s="2"/>
       <c r="H204" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I204" s="3">
-        <v>93830525383</v>
+        <v>11922279792</v>
       </c>
       <c r="J204" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K204" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L204" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M204" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="205" spans="1:13">
       <c r="A205" s="1">
-        <v>82907750200013</v>
+        <v>88223062600013</v>
       </c>
       <c r="B205" s="2" t="s">
-        <v>105</v>
+        <v>13</v>
       </c>
       <c r="C205" s="2" t="s">
-        <v>572</v>
+        <v>568</v>
       </c>
       <c r="D205" s="2"/>
       <c r="E205" s="2" t="s">
-        <v>573</v>
+        <v>569</v>
       </c>
       <c r="F205" s="2" t="s">
-        <v>574</v>
-[...3 lines deleted...]
-      </c>
+        <v>570</v>
+      </c>
+      <c r="G205" s="2"/>
       <c r="H205" s="2" t="s">
-        <v>537</v>
+        <v>26</v>
       </c>
       <c r="I205" s="3">
-        <v>11756457675</v>
+        <v>11931090893</v>
       </c>
       <c r="J205" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K205" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L205" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M205" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
     </row>
     <row r="206" spans="1:13">
       <c r="A206" s="1">
-        <v>83069650600013</v>
+        <v>88280019600017</v>
       </c>
       <c r="B206" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C206" s="2" t="s">
-        <v>576</v>
+        <v>571</v>
       </c>
       <c r="D206" s="2"/>
       <c r="E206" s="2" t="s">
-        <v>577</v>
+        <v>572</v>
       </c>
       <c r="F206" s="2" t="s">
-        <v>578</v>
+        <v>573</v>
       </c>
       <c r="G206" s="2"/>
       <c r="H206" s="2" t="s">
-        <v>45</v>
+        <v>574</v>
       </c>
       <c r="I206" s="3">
-        <v>11922181892</v>
+        <v>44540389954</v>
       </c>
       <c r="J206" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="K206" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L206" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="M206" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="207" spans="1:13">
       <c r="A207" s="1">
-        <v>83335670200039</v>
+        <v>88488405700016</v>
       </c>
       <c r="B207" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C207" s="2" t="s">
-        <v>579</v>
+        <v>575</v>
       </c>
       <c r="D207" s="2"/>
       <c r="E207" s="2" t="s">
-        <v>580</v>
+        <v>576</v>
       </c>
       <c r="F207" s="2" t="s">
-        <v>581</v>
+        <v>577</v>
       </c>
       <c r="G207" s="2"/>
       <c r="H207" s="2" t="s">
-        <v>582</v>
+        <v>332</v>
       </c>
       <c r="I207" s="3">
-        <v>84691903669</v>
+        <v>28140345414</v>
       </c>
       <c r="J207" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K207" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="L207" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M207" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="208" spans="1:13">
       <c r="A208" s="1">
-        <v>84359033200030</v>
+        <v>88776394400014</v>
       </c>
       <c r="B208" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C208" s="2" t="s">
-        <v>583</v>
+        <v>578</v>
       </c>
       <c r="D208" s="2"/>
       <c r="E208" s="2" t="s">
-        <v>584</v>
+        <v>579</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>585</v>
+        <v>580</v>
       </c>
       <c r="G208" s="2"/>
       <c r="H208" s="2" t="s">
-        <v>582</v>
+        <v>332</v>
       </c>
       <c r="I208" s="3">
-        <v>11922279792</v>
+        <v>28760633776</v>
       </c>
       <c r="J208" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K208" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L208" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M208" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="209" spans="1:13">
       <c r="A209" s="1">
-        <v>84359033200055</v>
+        <v>88776394400022</v>
       </c>
       <c r="B209" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C209" s="2" t="s">
+        <v>578</v>
+      </c>
+      <c r="D209" s="2" t="s">
+        <v>581</v>
+      </c>
+      <c r="E209" s="2" t="s">
+        <v>582</v>
+      </c>
+      <c r="F209" s="2" t="s">
         <v>583</v>
-      </c>
-[...7 lines deleted...]
-        <v>588</v>
       </c>
       <c r="G209" s="2"/>
       <c r="H209" s="2" t="s">
-        <v>26</v>
+        <v>266</v>
       </c>
       <c r="I209" s="3">
-        <v>11922279792</v>
+        <v>28760633776</v>
       </c>
       <c r="J209" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K209" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L209" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M209" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="210" spans="1:13">
       <c r="A210" s="1">
-        <v>84359033200063</v>
+        <v>89079142900016</v>
       </c>
       <c r="B210" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C210" s="2" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="D210" s="2"/>
       <c r="E210" s="2" t="s">
-        <v>589</v>
+        <v>585</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>590</v>
+        <v>42</v>
       </c>
       <c r="G210" s="2"/>
       <c r="H210" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I210" s="3">
-        <v>11922279792</v>
+        <v>76341086134</v>
       </c>
       <c r="J210" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K210" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L210" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M210" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="211" spans="1:13">
       <c r="A211" s="1">
-        <v>84359033200071</v>
+        <v>89079142900040</v>
       </c>
       <c r="B211" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C211" s="2" t="s">
-        <v>583</v>
-[...3 lines deleted...]
-      </c>
+        <v>584</v>
+      </c>
+      <c r="D211" s="2"/>
       <c r="E211" s="2" t="s">
-        <v>591</v>
+        <v>586</v>
       </c>
       <c r="F211" s="2" t="s">
-        <v>592</v>
+        <v>42</v>
       </c>
       <c r="G211" s="2"/>
       <c r="H211" s="2" t="s">
-        <v>26</v>
+        <v>266</v>
       </c>
       <c r="I211" s="3">
-        <v>11922279792</v>
+        <v>76341086134</v>
       </c>
       <c r="J211" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K211" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L211" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M211" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="212" spans="1:13">
       <c r="A212" s="1">
-        <v>88223062600013</v>
+        <v>89079142900065</v>
       </c>
       <c r="B212" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C212" s="2" t="s">
-        <v>593</v>
+        <v>584</v>
       </c>
       <c r="D212" s="2"/>
       <c r="E212" s="2" t="s">
-        <v>594</v>
+        <v>587</v>
       </c>
       <c r="F212" s="2" t="s">
-        <v>595</v>
+        <v>42</v>
       </c>
       <c r="G212" s="2"/>
       <c r="H212" s="2" t="s">
-        <v>26</v>
+        <v>266</v>
       </c>
       <c r="I212" s="3">
-        <v>11931090893</v>
+        <v>76341086134</v>
       </c>
       <c r="J212" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K212" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L212" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M212" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="213" spans="1:13">
       <c r="A213" s="1">
-        <v>88280019600017</v>
+        <v>89079142900073</v>
       </c>
       <c r="B213" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C213" s="2" t="s">
-        <v>596</v>
+        <v>584</v>
       </c>
       <c r="D213" s="2"/>
       <c r="E213" s="2" t="s">
-        <v>597</v>
+        <v>588</v>
       </c>
       <c r="F213" s="2" t="s">
-        <v>598</v>
+        <v>42</v>
       </c>
       <c r="G213" s="2"/>
       <c r="H213" s="2" t="s">
-        <v>599</v>
+        <v>266</v>
       </c>
       <c r="I213" s="3">
-        <v>44540389954</v>
+        <v>76341086134</v>
       </c>
       <c r="J213" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="K213" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L213" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="M213" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="214" spans="1:13">
       <c r="A214" s="1">
-        <v>88488405700016</v>
+        <v>89079142900107</v>
       </c>
       <c r="B214" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C214" s="2" t="s">
-        <v>600</v>
+        <v>584</v>
       </c>
       <c r="D214" s="2"/>
       <c r="E214" s="2" t="s">
-        <v>601</v>
+        <v>589</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>602</v>
+        <v>42</v>
       </c>
       <c r="G214" s="2"/>
       <c r="H214" s="2" t="s">
-        <v>582</v>
+        <v>266</v>
       </c>
       <c r="I214" s="3">
-        <v>28140345414</v>
+        <v>76341086134</v>
       </c>
       <c r="J214" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K214" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L214" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M214" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="215" spans="1:13">
       <c r="A215" s="1">
-        <v>88776394400014</v>
+        <v>89079142900123</v>
       </c>
       <c r="B215" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C215" s="2" t="s">
-        <v>603</v>
+        <v>584</v>
       </c>
       <c r="D215" s="2"/>
       <c r="E215" s="2" t="s">
-        <v>604</v>
+        <v>590</v>
       </c>
       <c r="F215" s="2" t="s">
-        <v>605</v>
+        <v>42</v>
       </c>
       <c r="G215" s="2"/>
       <c r="H215" s="2" t="s">
-        <v>582</v>
+        <v>266</v>
       </c>
       <c r="I215" s="3">
-        <v>28760633776</v>
+        <v>76341086134</v>
       </c>
       <c r="J215" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K215" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L215" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M215" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="216" spans="1:13">
       <c r="A216" s="1">
-        <v>88776394400022</v>
+        <v>89079142900131</v>
       </c>
       <c r="B216" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C216" s="2" t="s">
-        <v>603</v>
-[...3 lines deleted...]
-      </c>
+        <v>584</v>
+      </c>
+      <c r="D216" s="2"/>
       <c r="E216" s="2" t="s">
-        <v>607</v>
+        <v>591</v>
       </c>
       <c r="F216" s="2" t="s">
-        <v>608</v>
+        <v>42</v>
       </c>
       <c r="G216" s="2"/>
       <c r="H216" s="2" t="s">
-        <v>374</v>
+        <v>266</v>
       </c>
       <c r="I216" s="3">
-        <v>28760633776</v>
+        <v>76341086134</v>
       </c>
       <c r="J216" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K216" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L216" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M216" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="217" spans="1:13">
       <c r="A217" s="1">
-        <v>89079142900016</v>
+        <v>90791919500012</v>
       </c>
       <c r="B217" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C217" s="2" t="s">
-        <v>609</v>
+        <v>592</v>
       </c>
       <c r="D217" s="2"/>
       <c r="E217" s="2" t="s">
-        <v>610</v>
+        <v>593</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>42</v>
+        <v>594</v>
       </c>
       <c r="G217" s="2"/>
       <c r="H217" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I217" s="3">
-        <v>76341086134</v>
+        <v>11941114594</v>
       </c>
       <c r="J217" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K217" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L217" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M217" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="218" spans="1:13">
       <c r="A218" s="1">
-        <v>89079142900040</v>
+        <v>91850054700016</v>
       </c>
       <c r="B218" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C218" s="2" t="s">
-        <v>609</v>
+        <v>595</v>
       </c>
       <c r="D218" s="2"/>
       <c r="E218" s="2" t="s">
-        <v>611</v>
+        <v>404</v>
       </c>
       <c r="F218" s="2" t="s">
-        <v>42</v>
+        <v>596</v>
       </c>
       <c r="G218" s="2"/>
       <c r="H218" s="2" t="s">
-        <v>374</v>
+        <v>26</v>
       </c>
       <c r="I218" s="3">
-        <v>76341086134</v>
+        <v>11756581875</v>
       </c>
       <c r="J218" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K218" s="2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L218" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M218" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="219" spans="1:13">
       <c r="A219" s="1">
-        <v>89079142900065</v>
+        <v>91950343300014</v>
       </c>
       <c r="B219" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C219" s="2" t="s">
-        <v>609</v>
+        <v>597</v>
       </c>
       <c r="D219" s="2"/>
       <c r="E219" s="2" t="s">
-        <v>612</v>
+        <v>562</v>
       </c>
       <c r="F219" s="2" t="s">
-        <v>42</v>
+        <v>598</v>
       </c>
       <c r="G219" s="2"/>
       <c r="H219" s="2" t="s">
-        <v>374</v>
+        <v>26</v>
       </c>
       <c r="I219" s="3">
-        <v>76341086134</v>
+        <v>75331542733</v>
       </c>
       <c r="J219" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K219" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L219" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M219" s="2" t="s">
-        <v>18</v>
-[...220 lines deleted...]
-      <c r="M225" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -10783,31 +10463,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/19/2026 20:45:34</dc:description>
+  <dc:description>Export en date du 03/09/2026 22:31:38</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>