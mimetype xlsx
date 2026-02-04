--- v0 (2025-12-19)
+++ v1 (2026-02-04)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="399">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="395">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -493,104 +493,401 @@
   <si>
     <t>56.29B</t>
   </si>
   <si>
     <t>ETS PUBLIC DEPARTEMENTAL DE CLAIRVIVRE</t>
   </si>
   <si>
     <t>ETABLISSEMENT SERVICE READAPTATION PROFESSIONNELLE</t>
   </si>
   <si>
     <t>CITE CLAIRVIVRE 24160 SALAGNAC</t>
   </si>
   <si>
     <t>01/01/1951</t>
   </si>
   <si>
     <t>CF2C</t>
   </si>
   <si>
     <t>CITE CITE CLAIRVIVRE 24160 SALAGNAC</t>
   </si>
   <si>
     <t>18/11/2013</t>
   </si>
   <si>
+    <t>ASS MUTUEL ACTION SANIT SOCIAL AGRICOLE</t>
+  </si>
+  <si>
+    <t>INSTITUT MEDICO PROFESSIONNEL</t>
+  </si>
+  <si>
+    <t>32500 PAUILHAC</t>
+  </si>
+  <si>
+    <t>06/01/1975</t>
+  </si>
+  <si>
+    <t>87.10B</t>
+  </si>
+  <si>
+    <t>KLG CARAIBES</t>
+  </si>
+  <si>
+    <t>35 AVENUE PAUL LACAVE 97130 CAPESTERRE-BELLE-EAU</t>
+  </si>
+  <si>
+    <t>09/11/2011</t>
+  </si>
+  <si>
+    <t>ANRAS</t>
+  </si>
+  <si>
+    <t>IME SAINT MICHEL DE BISCAYE</t>
+  </si>
+  <si>
+    <t>8 RUE DES TROIS ARCHANGES 65100 LOURDES</t>
+  </si>
+  <si>
+    <t>05/02/1986</t>
+  </si>
+  <si>
+    <t>CEP GARONA</t>
+  </si>
+  <si>
+    <t>134 RTE DES ECOLES 31130 PIN BALMA</t>
+  </si>
+  <si>
+    <t>01/01/2022</t>
+  </si>
+  <si>
+    <t>87.90A</t>
+  </si>
+  <si>
+    <t>POUR LA REEDUCATION PROF ET SOCIALE</t>
+  </si>
+  <si>
+    <t>ARPS</t>
+  </si>
+  <si>
+    <t>AVENUE DE MONTREUX 72300 SABLE-SUR-SARTHE</t>
+  </si>
+  <si>
+    <t>14/01/1986</t>
+  </si>
+  <si>
+    <t>ARPS AIDE PAR LE TRAVAIL RUE CHATEAU DE FONTENAILLES 37360 BEAUMONT-LOUESTAULT</t>
+  </si>
+  <si>
+    <t>01/06/1986</t>
+  </si>
+  <si>
+    <t>SIGMA FORMATION</t>
+  </si>
+  <si>
+    <t>21 RUE SAINT ELOI 13010 MARSEILLE</t>
+  </si>
+  <si>
+    <t>LEO LAGRANGE FORMATION</t>
+  </si>
+  <si>
+    <t>67 VOIE LA CANEBIERE 13001 MARSEILLE</t>
+  </si>
+  <si>
+    <t>08/10/2024</t>
+  </si>
+  <si>
+    <t>8 RUE CHARLES MICHELS 93200 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCA ORIENT</t>
+  </si>
+  <si>
+    <t>15 RUE DES ECOLES 29860 PLABENNEC</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>CAPPA CTRE ADAPT PROF ARTISANAT</t>
+  </si>
+  <si>
+    <t>C R P</t>
+  </si>
+  <si>
+    <t>DOMAINE DU MARAND 63450 SAINT-AMANT-TALLENDE</t>
+  </si>
+  <si>
+    <t>20/09/1976</t>
+  </si>
+  <si>
+    <t>ASS LAIQUE DE GESTION D ETABLISSEMENTS D EDUCATION ET D INSERTION</t>
+  </si>
+  <si>
+    <t>INSTITUT MEDICO PROFESSIONNEL FONGRAVE</t>
+  </si>
+  <si>
+    <t>1305 ROUTE DE CAUDECOSTE 47390 LAYRAC</t>
+  </si>
+  <si>
+    <t>31/12/1969</t>
+  </si>
+  <si>
+    <t>FONDESPIERRE RESSOURCES HUMAINES</t>
+  </si>
+  <si>
+    <t>291 CHEMIN DE FONDESPIERRE 34160 CASTRIES</t>
+  </si>
+  <si>
+    <t>01/11/1984</t>
+  </si>
+  <si>
     <t>CENTRE DE REEDUCATION PAUL CEZANNE</t>
   </si>
   <si>
     <t>929 ROUTE DE GARDANNE 13105 MIMET</t>
   </si>
   <si>
     <t>20/09/1988</t>
   </si>
   <si>
     <t>86.10Z</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION DES DEUX RIVIERES</t>
   </si>
   <si>
     <t>PARC SAINT GILLES 12 RUE DE L'AUBETTE 76000 ROUEN</t>
   </si>
   <si>
     <t>23/07/2002</t>
   </si>
   <si>
+    <t>HALAGE</t>
+  </si>
+  <si>
+    <t>RDC 6 RUE ARNOLD GERAUX 93450 L'ILE-SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>21/04/2016</t>
+  </si>
+  <si>
+    <t>SOC FORMATION EMPLOI INSERTION</t>
+  </si>
+  <si>
+    <t>FORMATION EMPLOI INSERTION</t>
+  </si>
+  <si>
+    <t>14 B RUE LOUIS JESSU DIT TI TING 97490 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>01/01/1998</t>
+  </si>
+  <si>
+    <t>85.51Z</t>
+  </si>
+  <si>
+    <t>ASSOCIATION MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION DE SAINT PIERRE</t>
+  </si>
+  <si>
+    <t>1 CHEMIN SITA 97432 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>22/05/2011</t>
+  </si>
+  <si>
+    <t>04973141897</t>
+  </si>
+  <si>
+    <t>SARL PRO FORMATION</t>
+  </si>
+  <si>
+    <t>54 RUE ERNEST MACAREZ 59300 VALENCIENNES</t>
+  </si>
+  <si>
+    <t>31/12/1999</t>
+  </si>
+  <si>
+    <t>ASSO PLACEMENTS EXTERIEURS SERVICES 24</t>
+  </si>
+  <si>
+    <t>RUE JEAN BOUIN 24660 COULOUNIEIX-CHAMIERS</t>
+  </si>
+  <si>
+    <t>29/08/1997</t>
+  </si>
+  <si>
+    <t>ASSOCIATION FORMATION AVENIR CONSEIL 24</t>
+  </si>
+  <si>
+    <t>26/06/1998</t>
+  </si>
+  <si>
+    <t>CENT HORTICOLE PRIVE ENSEIGNEMENT PROMOT</t>
+  </si>
+  <si>
+    <t>43 RUE DU GENERAL DE GAULLE 78490 LE TREMBLAY-SUR-MAULDRE</t>
+  </si>
+  <si>
+    <t>07/06/1945</t>
+  </si>
+  <si>
+    <t>FORE ILES DU NORD</t>
+  </si>
+  <si>
+    <t>HOPE ESTATE 18 RUE CANNE A SUCRE  97150 SAINT-MARTIN</t>
+  </si>
+  <si>
+    <t>15/07/2012</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
     <t>POINT.COM</t>
   </si>
   <si>
     <t>77 RUE RENE JADFARD 97300 CAYENNE</t>
   </si>
   <si>
     <t>22/10/2010</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
     <t>FORE ENTREPRISE</t>
   </si>
   <si>
     <t>IMMEUBLE YERYSALYD - ZAC DE MOUDONG SU RUE CLAUDE EMMANUEL BLANDIN 97122 BAIE-MAHAULT</t>
   </si>
   <si>
+    <t>HORTIBAT</t>
+  </si>
+  <si>
+    <t>HAMEAU DU JEUNE BOIS RTE NATIONALE 59157 BEAUVOIS-EN-CAMBRESIS</t>
+  </si>
+  <si>
+    <t>01/09/2005</t>
+  </si>
+  <si>
+    <t>KAP ENVIRONNEMENT</t>
+  </si>
+  <si>
+    <t>DOS D'ANE MAISON FLORIMONT 97113 GOURBEYRE</t>
+  </si>
+  <si>
+    <t>17/11/2008</t>
+  </si>
+  <si>
+    <t>SYNERGIE OCEAN INDIEN</t>
+  </si>
+  <si>
+    <t>SYN'OI</t>
+  </si>
+  <si>
+    <t>ZA 2 RUE DES LILAS 97412 BRAS-PANON</t>
+  </si>
+  <si>
+    <t>01/01/2010</t>
+  </si>
+  <si>
+    <t>CIPECMA FORMATION COLLECTIVITES</t>
+  </si>
+  <si>
+    <t>17 AVENUE DU GENERAL DE GAULLE 17340 CHATELAILLON-PLAGE</t>
+  </si>
+  <si>
+    <t>26/03/2009</t>
+  </si>
+  <si>
+    <t>PIC FORMATION</t>
+  </si>
+  <si>
+    <t>14 RUE MARYSE BASTIE 69740 GENAS</t>
+  </si>
+  <si>
+    <t>01/06/2014</t>
+  </si>
+  <si>
+    <t>DIFFUSION CONCEPT FORMATION REUNION</t>
+  </si>
+  <si>
+    <t>10 CHE CHASSAGNE 97441 SAINTE-SUZANNE</t>
+  </si>
+  <si>
+    <t>20/10/2014</t>
+  </si>
+  <si>
+    <t>FOUQUE</t>
+  </si>
+  <si>
+    <t>BAR RESTAURANT DU GRAND PIN</t>
+  </si>
+  <si>
+    <t>430 AVENUE DE MAZARGUES 13009 MARSEILLE</t>
+  </si>
+  <si>
+    <t>16/04/1986</t>
+  </si>
+  <si>
+    <t>FONDATION ACOLEA</t>
+  </si>
+  <si>
+    <t>C.E.P.A.J.</t>
+  </si>
+  <si>
+    <t>CHEMIN DE BERNICOT 69230 SAINT-GENIS-LAVAL</t>
+  </si>
+  <si>
+    <t>13/01/1993</t>
+  </si>
+  <si>
+    <t>ASS OUVRIERE COMPAGNON DEVOIR TOUR FRANC</t>
+  </si>
+  <si>
+    <t>82 RUE DE L'HOTEL DE VILLE 75004 PARIS</t>
+  </si>
+  <si>
+    <t>118 RUE DE BABYLONE 59491 VILLENEUVE-D'ASCQ</t>
+  </si>
+  <si>
+    <t>3 CHEMIN DU COMPAGNON 30900 NIMES</t>
+  </si>
+  <si>
+    <t>01/08/1994</t>
+  </si>
+  <si>
     <t>APF FRANCE HANDICAP</t>
   </si>
   <si>
     <t>INSTITUT EDUCATION MOTRICE GRILLONNAIS</t>
   </si>
   <si>
     <t>LD LA GRILLONNAIS 50 RUE BUSSON BILLAULT 44115 BASSE-GOULAINE</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...4 lines deleted...]
-  <si>
     <t>FONDATION APPRENTIS D'AUTEUIL</t>
   </si>
   <si>
     <t>40 RUE JEAN DE LA FONTAINE 75016 PARIS</t>
   </si>
   <si>
     <t>MAISON ST PHILIPPE</t>
   </si>
   <si>
     <t>1 RUE DU PERE BROTTIER 92190 MEUDON</t>
   </si>
   <si>
     <t>MAISON ST ANTOINE</t>
   </si>
   <si>
     <t>53 AVENUE MASSENAT DEROCHE 91460 MARCOUSSIS</t>
   </si>
   <si>
     <t>LYCEE PROFESS HOTELIER DANIEL BROTTIER</t>
   </si>
   <si>
     <t>LES COUETS CHEMIN DU COUVENT 44340 BOUGUENAIS</t>
   </si>
   <si>
     <t>01/09/1986</t>
@@ -727,480 +1024,171 @@
   <si>
     <t>01/04/2013</t>
   </si>
   <si>
     <t>INSTITUT DE FORMATION EN LANGUES</t>
   </si>
   <si>
     <t>I.F.L.</t>
   </si>
   <si>
     <t>1 RUE DU CAURALE SOLEIL 97300 CAYENNE</t>
   </si>
   <si>
     <t>01/12/2023</t>
   </si>
   <si>
     <t>SERPE FORMATION</t>
   </si>
   <si>
     <t>GARA DE PAILLE CHEMIN DES CANAUX 30230 BOUILLARGUES</t>
   </si>
   <si>
     <t>21/07/2021</t>
   </si>
   <si>
-    <t>HORTIBAT</t>
-[...266 lines deleted...]
-    <t>01/11/1984</t>
+    <t>INSTITUT REGIONAL POUR L INSERTION PROFESSIONNELLE ET SOCIALE</t>
+  </si>
+  <si>
+    <t>REZ DE CHAUSSEE BAT D RES LES TERRASSES DU FANGO 20200 BASTIA</t>
+  </si>
+  <si>
+    <t>13/11/2013</t>
+  </si>
+  <si>
+    <t>C'MAFOR</t>
+  </si>
+  <si>
+    <t>LOCAL 602 BAT 12 RUE ROGER DESNOYERS 97354 REMIRE-MONTJOLY</t>
+  </si>
+  <si>
+    <t>13/02/2015</t>
+  </si>
+  <si>
+    <t>GEPSA INSTITUT</t>
+  </si>
+  <si>
+    <t>IMMEUBLE OLYMPE 23 AVENUE JULES RIMET 93200 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>29/06/2015</t>
+  </si>
+  <si>
+    <t>INSTITUT MARTINIQUAIS DE FORMATION PROFESSIONNELLE POUR ADULTES</t>
+  </si>
+  <si>
+    <t>CITE DILLON AVENUE SALVADOR ALLENDE 97200 FORT-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>22/12/2016</t>
   </si>
   <si>
     <t>SPL ASSISTANCE A LA FORMATION PROFESSIONNELLE DES ADULTES A LA REUNION</t>
   </si>
   <si>
     <t>CFPA DE SAINT ANDRE</t>
   </si>
   <si>
     <t>421 CHEMIN LAGOURGUE 97440 SAINT-ANDRE</t>
   </si>
   <si>
     <t>01/07/2015</t>
   </si>
   <si>
     <t>CFPA CHEMIN L'IRAT ANNEXE DE SAINT-PIERRE</t>
   </si>
   <si>
     <t>RAVINE DES CABRIS 9 CHEMIN DE L’IRAT 97410 SAINT-PIERRE</t>
   </si>
   <si>
+    <t>C F R CENTRE DE FORMATION RENAISSANCE</t>
+  </si>
+  <si>
+    <t>MORNE NOTRE DAME PETIT PEROU RUE DES FINANCES 97139 LES ABYMES</t>
+  </si>
+  <si>
+    <t>05/06/2016</t>
+  </si>
+  <si>
+    <t>AFPA ENTREPRISES</t>
+  </si>
+  <si>
+    <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>RUE BASSE MOUILLERE 45160 OLIVET</t>
+  </si>
+  <si>
+    <t>01/01/2017</t>
+  </si>
+  <si>
+    <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
+  </si>
+  <si>
+    <t>36 RUE PAUL BERT 44100 NANTES</t>
+  </si>
+  <si>
+    <t>2 RUE DU CHATEAU 21800 CHEVIGNY-SAINT-SAUVEUR</t>
+  </si>
+  <si>
+    <t>3 RUE FRANKLIN 93100 MONTREUIL</t>
+  </si>
+  <si>
+    <t>BATIMENT 1   1ER ETAGE 6 AVENUE DU HAUT SANCE 35000 RENNES</t>
+  </si>
+  <si>
+    <t>01/11/2022</t>
+  </si>
+  <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
   <si>
+    <t>32 RUE RENE LOTE 56100 LORIENT</t>
+  </si>
+  <si>
+    <t>29 RUE DES MADIERES 22360 LANGUEUX</t>
+  </si>
+  <si>
+    <t>5 RTE NATIONALE 91510 LARDY</t>
+  </si>
+  <si>
+    <t>1 AVENUE JOSEPH REY 68000 COLMAR</t>
+  </si>
+  <si>
     <t>16 AVENUE DU PRESIDENT KENNEDY 55100 VERDUN</t>
   </si>
   <si>
-    <t>01/01/2017</t>
-[...1 lines deleted...]
-  <si>
     <t>96 RUE DES GENERAUX ALTMAYER 57500 SAINT-AVOLD</t>
   </si>
   <si>
     <t>75 BOULEVARD GAMBETTA 35400 SAINT-MALO</t>
   </si>
   <si>
     <t>PROPRIETE DE L'ARCHETTE RUE BASSE MOUILLERE 45160 OLIVET</t>
   </si>
   <si>
     <t>21 BOULEVARD HOCHE 85200 FONTENAY-LE-COMTE</t>
-  </si>
-[...121 lines deleted...]
-    <t>1 AVENUE JOSEPH REY 68000 COLMAR</t>
   </si>
   <si>
     <t>HUNEEX</t>
   </si>
   <si>
     <t>LE BOYER 97115 SAINTE-ROSE</t>
   </si>
   <si>
     <t>25/10/2017</t>
   </si>
   <si>
     <t>70.21Z</t>
   </si>
   <si>
     <t>01973131897</t>
   </si>
   <si>
     <t>IFL INSERTION PROFESSIONNELLE</t>
   </si>
   <si>
     <t>ROUTE DE MONTABO 5 CHEMIN DU CALVAIRE 97300 CAYENNE</t>
   </si>
   <si>
     <t>26/12/2018</t>
   </si>
@@ -1593,51 +1581,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M122"/>
+  <dimension ref="A1:M121"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -2893,3374 +2881,3337 @@
       <c r="F33" s="2" t="s">
         <v>158</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I33" s="3">
         <v>72240167924</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>34808659600015</v>
+        <v>30179582900037</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>159</v>
       </c>
-      <c r="D34" s="2"/>
+      <c r="D34" s="2" t="s">
+        <v>160</v>
+      </c>
       <c r="E34" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="I34" s="3"/>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>37751907900034</v>
+        <v>51894767600020</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I35" s="3">
-        <v>23760485376</v>
+        <v>95973070297</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>44064045600024</v>
+        <v>30587411700131</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>166</v>
-[...1 lines deleted...]
-      <c r="D36" s="2"/>
+        <v>167</v>
+      </c>
+      <c r="D36" s="2" t="s">
+        <v>168</v>
+      </c>
       <c r="E36" s="2" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="I36" s="3">
-        <v>96973029797</v>
+        <v>73310261131</v>
       </c>
       <c r="J36" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>44065706200020</v>
+        <v>30587411700909</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>170</v>
-[...1 lines deleted...]
-      <c r="D37" s="2"/>
+        <v>167</v>
+      </c>
+      <c r="D37" s="2" t="s">
+        <v>171</v>
+      </c>
       <c r="E37" s="2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>150</v>
+        <v>173</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>29</v>
+        <v>174</v>
       </c>
       <c r="I37" s="3">
-        <v>95970114297</v>
+        <v>73310261131</v>
       </c>
       <c r="J37" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>77568873200624</v>
+        <v>30644513100023</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="D38" s="2" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="E38" s="2" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>176</v>
+        <v>23</v>
       </c>
       <c r="I38" s="3">
-        <v>11750376875</v>
+        <v>24370097937</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>77568879900011</v>
+        <v>30644513100031</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="I39" s="3">
-        <v>11751561875</v>
+        <v>24370097937</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>77568879900078</v>
+        <v>31036079700032</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>177</v>
-[...3 lines deleted...]
-      </c>
+        <v>181</v>
+      </c>
+      <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>175</v>
+        <v>44</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="I40" s="3">
-        <v>11751561875</v>
+        <v>93750021113</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>77568879900094</v>
+        <v>31065677200236</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>177</v>
-[...3 lines deleted...]
-      </c>
+        <v>183</v>
+      </c>
+      <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="I41" s="3">
-        <v>11751561875</v>
+        <v>82690049869</v>
       </c>
       <c r="J41" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>77568879900458</v>
+        <v>31065677200335</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>177</v>
-[...1 lines deleted...]
-      <c r="D42" s="2" t="s">
         <v>183</v>
       </c>
+      <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>185</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="I42" s="3">
-        <v>11751561875</v>
+        <v>82690049869</v>
       </c>
       <c r="J42" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>77568879901142</v>
+        <v>31150973100015</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>177</v>
+        <v>187</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I43" s="3">
-        <v>11751561875</v>
+        <v>53290350229</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>77569338500293</v>
+        <v>31961836900023</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>188</v>
-[...1 lines deleted...]
-      <c r="D44" s="2"/>
+        <v>190</v>
+      </c>
+      <c r="D44" s="2" t="s">
+        <v>191</v>
+      </c>
       <c r="E44" s="2" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>175</v>
+        <v>193</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I44" s="3">
-        <v>11930425593</v>
+        <v>83630066763</v>
       </c>
       <c r="J44" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>77660306000018</v>
+        <v>33280351900138</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>190</v>
-[...1 lines deleted...]
-      <c r="D45" s="2"/>
+        <v>194</v>
+      </c>
+      <c r="D45" s="2" t="s">
+        <v>195</v>
+      </c>
       <c r="E45" s="2" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>175</v>
+        <v>197</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>45</v>
+        <v>163</v>
       </c>
       <c r="I45" s="3">
-        <v>82740107174</v>
+        <v>75470154547</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>77689854600077</v>
+        <v>33287550900017</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>192</v>
-[...3 lines deleted...]
-      </c>
+        <v>198</v>
+      </c>
+      <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="I46" s="3"/>
+      <c r="I46" s="3">
+        <v>91340059034</v>
+      </c>
       <c r="J46" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>77716667900020</v>
+        <v>34808659600015</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>175</v>
+        <v>203</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="I47" s="3"/>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>77811508900014</v>
+        <v>37751907900034</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>199</v>
-[...3 lines deleted...]
-      </c>
+        <v>205</v>
+      </c>
+      <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>175</v>
+        <v>207</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I48" s="3">
-        <v>11910756891</v>
+        <v>23760485376</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>78074754900019</v>
+        <v>40116107000040</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>175</v>
+        <v>210</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>204</v>
+        <v>29</v>
       </c>
       <c r="I49" s="3">
-        <v>25140002614</v>
+        <v>11930315993</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>78087854200015</v>
+        <v>40308835400077</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>205</v>
-[...1 lines deleted...]
-      <c r="D50" s="2"/>
+        <v>211</v>
+      </c>
+      <c r="D50" s="2" t="s">
+        <v>212</v>
+      </c>
       <c r="E50" s="2" t="s">
-        <v>206</v>
+        <v>213</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>175</v>
+        <v>214</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>204</v>
+        <v>215</v>
       </c>
       <c r="I50" s="3">
-        <v>25500087550</v>
+        <v>98970106797</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>78128367600018</v>
+        <v>40492934100034</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>207</v>
+        <v>216</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>208</v>
+        <v>217</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>175</v>
+        <v>218</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>54170000117</v>
+        <v>45</v>
+      </c>
+      <c r="I51" s="3" t="s">
+        <v>219</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>78398196200021</v>
+        <v>41458077900026</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>209</v>
-[...3 lines deleted...]
-      </c>
+        <v>220</v>
+      </c>
+      <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>211</v>
+        <v>221</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>212</v>
+        <v>222</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="I52" s="3">
-        <v>31620031362</v>
+        <v>31590433359</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>78596993200017</v>
+        <v>41794191100014</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>213</v>
+        <v>223</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>214</v>
+        <v>224</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>175</v>
+        <v>225</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="I53" s="3">
-        <v>52440546144</v>
+        <v>72240105424</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>78616304800014</v>
+        <v>41983375100011</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>215</v>
+        <v>226</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>216</v>
+        <v>224</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>175</v>
+        <v>227</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>45</v>
+        <v>29</v>
       </c>
       <c r="I54" s="3">
-        <v>52490101949</v>
+        <v>72240090024</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>78625629700023</v>
+        <v>42143242800017</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>217</v>
+        <v>228</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>218</v>
+        <v>229</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>219</v>
+        <v>230</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>220</v>
+        <v>45</v>
       </c>
       <c r="I55" s="3">
-        <v>52530007953</v>
+        <v>11780222278</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>78640269300018</v>
+        <v>42302346400021</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>221</v>
+        <v>231</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>222</v>
+        <v>232</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>175</v>
+        <v>233</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>45</v>
+        <v>234</v>
       </c>
       <c r="I56" s="3">
-        <v>52850014385</v>
+        <v>95970093097</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>78644691400016</v>
+        <v>44064045600024</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>223</v>
+        <v>235</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>224</v>
+        <v>236</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>175</v>
+        <v>237</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>225</v>
+        <v>238</v>
       </c>
       <c r="I57" s="3">
-        <v>52850007685</v>
+        <v>96973029797</v>
       </c>
       <c r="J57" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>79174781900385</v>
+        <v>44065706200020</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>226</v>
-[...3 lines deleted...]
-      </c>
+        <v>239</v>
+      </c>
+      <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>228</v>
+        <v>240</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>229</v>
+        <v>150</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>176</v>
+        <v>29</v>
       </c>
       <c r="I58" s="3">
-        <v>43250274025</v>
+        <v>95970114297</v>
       </c>
       <c r="J58" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>79196228500023</v>
+        <v>48215582700025</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>230</v>
-[...3 lines deleted...]
-      </c>
+        <v>241</v>
+      </c>
+      <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>232</v>
+        <v>242</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>233</v>
+        <v>243</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>220</v>
+        <v>29</v>
       </c>
       <c r="I59" s="3">
-        <v>96973049997</v>
+        <v>31590620359</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>79425435900027</v>
+        <v>50902375000011</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>234</v>
-[...3 lines deleted...]
-      </c>
+        <v>244</v>
+      </c>
+      <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>235</v>
+        <v>245</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>236</v>
+        <v>246</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>45</v>
+        <v>234</v>
       </c>
       <c r="I60" s="3">
-        <v>76300500730</v>
+        <v>95970154297</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>48215582700025</v>
+        <v>50921839200025</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>237</v>
-[...1 lines deleted...]
-      <c r="D61" s="2"/>
+        <v>247</v>
+      </c>
+      <c r="D61" s="2" t="s">
+        <v>248</v>
+      </c>
       <c r="E61" s="2" t="s">
-        <v>238</v>
+        <v>249</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>239</v>
+        <v>250</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I61" s="3">
-        <v>31590620359</v>
+        <v>98970335697</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>77556008900085</v>
+        <v>51176260100017</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>240</v>
-[...3 lines deleted...]
-      </c>
+        <v>251</v>
+      </c>
+      <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>242</v>
+        <v>252</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I62" s="3">
-        <v>93130453613</v>
+        <v>54170132917</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>50902375000011</v>
+        <v>52162464300032</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>244</v>
-[...1 lines deleted...]
-      <c r="D63" s="2"/>
+        <v>254</v>
+      </c>
+      <c r="D63" s="2" t="s">
+        <v>254</v>
+      </c>
       <c r="E63" s="2" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>247</v>
+        <v>29</v>
       </c>
       <c r="I63" s="3">
-        <v>95970154297</v>
+        <v>82740241974</v>
       </c>
       <c r="J63" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>50921839200025</v>
+        <v>52463423500021</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>248</v>
-[...3 lines deleted...]
-      </c>
+        <v>257</v>
+      </c>
+      <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>250</v>
+        <v>258</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>251</v>
+        <v>259</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I64" s="3">
-        <v>98970335697</v>
+        <v>98970365797</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>51176260100017</v>
+        <v>77556008900085</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>252</v>
-[...1 lines deleted...]
-      <c r="D65" s="2"/>
+        <v>260</v>
+      </c>
+      <c r="D65" s="2" t="s">
+        <v>261</v>
+      </c>
       <c r="E65" s="2" t="s">
-        <v>253</v>
+        <v>262</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>254</v>
+        <v>263</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I65" s="3">
-        <v>54170132917</v>
+        <v>93130453613</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>40116107000040</v>
+        <v>77564914800100</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>255</v>
-[...1 lines deleted...]
-      <c r="D66" s="2"/>
+        <v>264</v>
+      </c>
+      <c r="D66" s="2" t="s">
+        <v>265</v>
+      </c>
       <c r="E66" s="2" t="s">
-        <v>256</v>
+        <v>266</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>257</v>
+        <v>267</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>174</v>
+      </c>
+      <c r="I66" s="3"/>
       <c r="J66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M66" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>40308835400077</v>
+        <v>77566202600019</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>258</v>
-[...3 lines deleted...]
-      </c>
+        <v>268</v>
+      </c>
+      <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>260</v>
+        <v>269</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>261</v>
+        <v>189</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>262</v>
+        <v>29</v>
       </c>
       <c r="I67" s="3">
-        <v>98970106797</v>
+        <v>11750079275</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
-        <v>40492934100034</v>
+        <v>77566202600258</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>265</v>
+        <v>189</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>266</v>
+        <v>29</v>
+      </c>
+      <c r="I68" s="3">
+        <v>11750079275</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
-        <v>41458077900026</v>
+        <v>77566202600845</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I69" s="3">
-        <v>31590433359</v>
+        <v>11750079275</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
-        <v>41794191100014</v>
+        <v>77568873200624</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>270</v>
-[...1 lines deleted...]
-      <c r="D70" s="2"/>
+        <v>273</v>
+      </c>
+      <c r="D70" s="2" t="s">
+        <v>274</v>
+      </c>
       <c r="E70" s="2" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>272</v>
+        <v>189</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>29</v>
+        <v>163</v>
       </c>
       <c r="I70" s="3">
-        <v>72240105424</v>
+        <v>11750376875</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L70" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
-        <v>41983375100011</v>
+        <v>77568879900011</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>274</v>
+        <v>189</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="I71" s="3">
-        <v>72240090024</v>
+        <v>11751561875</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
-        <v>42143242800017</v>
+        <v>77568879900078</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>275</v>
-[...1 lines deleted...]
-      <c r="D72" s="2"/>
+        <v>276</v>
+      </c>
+      <c r="D72" s="2" t="s">
+        <v>278</v>
+      </c>
       <c r="E72" s="2" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>277</v>
+        <v>189</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I72" s="3">
-        <v>11780222278</v>
+        <v>11751561875</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
-        <v>42302346400021</v>
+        <v>77568879900094</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>278</v>
-[...1 lines deleted...]
-      <c r="D73" s="2"/>
+        <v>276</v>
+      </c>
+      <c r="D73" s="2" t="s">
+        <v>280</v>
+      </c>
       <c r="E73" s="2" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>280</v>
+        <v>189</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
-        <v>247</v>
+        <v>45</v>
       </c>
       <c r="I73" s="3">
-        <v>95970093097</v>
+        <v>11751561875</v>
       </c>
       <c r="J73" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
-        <v>51894767600020</v>
+        <v>77568879900458</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>281</v>
-[...1 lines deleted...]
-      <c r="D74" s="2"/>
+        <v>276</v>
+      </c>
+      <c r="D74" s="2" t="s">
+        <v>282</v>
+      </c>
       <c r="E74" s="2" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="I74" s="3">
-        <v>95973070297</v>
+        <v>11751561875</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K74" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
-        <v>52162464300032</v>
+        <v>77568879901142</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>284</v>
-[...3 lines deleted...]
-      </c>
+        <v>276</v>
+      </c>
+      <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
         <v>285</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>286</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="I75" s="3">
-        <v>82740241974</v>
+        <v>11751561875</v>
       </c>
       <c r="J75" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K75" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L75" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
-        <v>52463423500021</v>
+        <v>77569338500293</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>287</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
         <v>288</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>289</v>
+        <v>189</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="I76" s="3">
-        <v>98970365797</v>
+        <v>11930425593</v>
       </c>
       <c r="J76" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L76" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
-        <v>30179582900037</v>
+        <v>77660306000018</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
+        <v>289</v>
+      </c>
+      <c r="D77" s="2"/>
+      <c r="E77" s="2" t="s">
         <v>290</v>
       </c>
-      <c r="D77" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F77" s="2" t="s">
-        <v>293</v>
+        <v>189</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
-        <v>176</v>
-[...1 lines deleted...]
-      <c r="I77" s="3"/>
+        <v>45</v>
+      </c>
+      <c r="I77" s="3">
+        <v>82740107174</v>
+      </c>
       <c r="J77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M77" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
-        <v>30587411700131</v>
+        <v>77689854600077</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
+        <v>291</v>
+      </c>
+      <c r="D78" s="2" t="s">
+        <v>292</v>
+      </c>
+      <c r="E78" s="2" t="s">
+        <v>293</v>
+      </c>
+      <c r="F78" s="2" t="s">
         <v>294</v>
-      </c>
-[...7 lines deleted...]
-        <v>297</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
-        <v>176</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I78" s="3"/>
       <c r="J78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M78" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
-        <v>30587411700909</v>
+        <v>77716667900020</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>294</v>
-[...3 lines deleted...]
-      </c>
+        <v>295</v>
+      </c>
+      <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>300</v>
+        <v>189</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>301</v>
-[...3 lines deleted...]
-      </c>
+        <v>297</v>
+      </c>
+      <c r="I79" s="3"/>
       <c r="J79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M79" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
-        <v>30644513100023</v>
+        <v>77811508900014</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="D80" s="2" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="E80" s="2" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>305</v>
+        <v>189</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I80" s="3">
-        <v>24370097937</v>
+        <v>11910756891</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
-        <v>30644513100031</v>
+        <v>78074754900019</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>307</v>
+        <v>189</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>23</v>
+        <v>303</v>
       </c>
       <c r="I81" s="3">
-        <v>24370097937</v>
+        <v>25140002614</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
-        <v>31036079700032</v>
+        <v>78087854200015</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>44</v>
+        <v>189</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>29</v>
+        <v>303</v>
       </c>
       <c r="I82" s="3">
-        <v>93750021113</v>
+        <v>25500087550</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L82" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
-        <v>31065677200236</v>
+        <v>78128367600018</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>312</v>
+        <v>189</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I83" s="3">
-        <v>82690049869</v>
+        <v>54170000117</v>
       </c>
       <c r="J83" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L83" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
-        <v>31065677200335</v>
+        <v>78398196200021</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
+        <v>308</v>
+      </c>
+      <c r="D84" s="2" t="s">
+        <v>309</v>
+      </c>
+      <c r="E84" s="2" t="s">
         <v>310</v>
       </c>
-      <c r="D84" s="2"/>
-[...2 lines deleted...]
-      </c>
       <c r="F84" s="2" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="I84" s="3">
-        <v>82690049869</v>
+        <v>31620031362</v>
       </c>
       <c r="J84" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L84" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
-        <v>31150973100015</v>
+        <v>78596993200017</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>175</v>
+        <v>189</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I85" s="3">
-        <v>53290350229</v>
+        <v>52440546144</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
-        <v>31961836900023</v>
+        <v>78616304800014</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>316</v>
-[...3 lines deleted...]
-      </c>
+        <v>314</v>
+      </c>
+      <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>318</v>
+        <v>315</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>319</v>
+        <v>189</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
-        <v>23</v>
+        <v>45</v>
       </c>
       <c r="I86" s="3">
-        <v>83630066763</v>
+        <v>52490101949</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K86" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
-        <v>33280351900138</v>
+        <v>78625629700023</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>320</v>
-[...3 lines deleted...]
-      </c>
+        <v>316</v>
+      </c>
+      <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>322</v>
+        <v>317</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>323</v>
+        <v>318</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
-        <v>176</v>
+        <v>319</v>
       </c>
       <c r="I87" s="3">
-        <v>75470154547</v>
+        <v>52530007953</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K87" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M87" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
-        <v>33287550900017</v>
+        <v>78640269300018</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>326</v>
+        <v>189</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="I88" s="3">
-        <v>91340059034</v>
+        <v>52850014385</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L88" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
-        <v>81229926100022</v>
+        <v>78644691400016</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>327</v>
-[...3 lines deleted...]
-      </c>
+        <v>322</v>
+      </c>
+      <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>329</v>
+        <v>323</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>330</v>
+        <v>189</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
-        <v>29</v>
+        <v>324</v>
       </c>
       <c r="I89" s="3">
-        <v>98970001397</v>
+        <v>52850007685</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L89" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
-        <v>81229926100071</v>
+        <v>79174781900385</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
+        <v>325</v>
+      </c>
+      <c r="D90" s="2" t="s">
+        <v>326</v>
+      </c>
+      <c r="E90" s="2" t="s">
         <v>327</v>
       </c>
-      <c r="D90" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F90" s="2" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
-        <v>29</v>
+        <v>163</v>
       </c>
       <c r="I90" s="3">
-        <v>98970001397</v>
+        <v>43250274025</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
-        <v>82422814201684</v>
+        <v>79196228500023</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>333</v>
-[...1 lines deleted...]
-      <c r="D91" s="2"/>
+        <v>329</v>
+      </c>
+      <c r="D91" s="2" t="s">
+        <v>330</v>
+      </c>
       <c r="E91" s="2" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
-        <v>29</v>
+        <v>319</v>
       </c>
       <c r="I91" s="3">
-        <v>11930743393</v>
+        <v>96973049997</v>
       </c>
       <c r="J91" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L91" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
-        <v>82422814201742</v>
+        <v>79425435900027</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
         <v>333</v>
       </c>
-      <c r="D92" s="2"/>
+      <c r="D92" s="2" t="s">
+        <v>333</v>
+      </c>
       <c r="E92" s="2" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>335</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="I92" s="3">
-        <v>11930743393</v>
+        <v>76300500730</v>
       </c>
       <c r="J92" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K92" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L92" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
-        <v>82422814201759</v>
+        <v>80000575300010</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
         <v>337</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
-        <v>29</v>
+        <v>238</v>
       </c>
       <c r="I93" s="3">
-        <v>11930743393</v>
+        <v>94202081820</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K93" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
-        <v>82422814201809</v>
+        <v>81001259100014</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I94" s="3">
-        <v>11930743393</v>
+        <v>96973057197</v>
       </c>
       <c r="J94" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L94" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>82422814201890</v>
+        <v>81040370900027</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>333</v>
+        <v>342</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>335</v>
+        <v>344</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I95" s="3">
-        <v>11930743393</v>
+        <v>11930718293</v>
       </c>
       <c r="J95" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K95" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L95" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M95" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
-        <v>77564914800100</v>
+        <v>81142142900028</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>340</v>
-[...3 lines deleted...]
-      </c>
+        <v>345</v>
+      </c>
+      <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
-        <v>301</v>
-[...1 lines deleted...]
-      <c r="I96" s="3"/>
+        <v>29</v>
+      </c>
+      <c r="I96" s="3">
+        <v>97973068497</v>
+      </c>
       <c r="J96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M96" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
-        <v>77566202600019</v>
+        <v>81229926100022</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>344</v>
-[...1 lines deleted...]
-      <c r="D97" s="2"/>
+        <v>348</v>
+      </c>
+      <c r="D97" s="2" t="s">
+        <v>349</v>
+      </c>
       <c r="E97" s="2" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>175</v>
+        <v>351</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I97" s="3">
-        <v>11750079275</v>
+        <v>98970001397</v>
       </c>
       <c r="J97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K97" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M97" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
-        <v>77566202600258</v>
+        <v>81229926100071</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>344</v>
-[...1 lines deleted...]
-      <c r="D98" s="2"/>
+        <v>348</v>
+      </c>
+      <c r="D98" s="2" t="s">
+        <v>352</v>
+      </c>
       <c r="E98" s="2" t="s">
-        <v>346</v>
+        <v>353</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>175</v>
+        <v>351</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I98" s="3">
-        <v>11750079275</v>
+        <v>98970001397</v>
       </c>
       <c r="J98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K98" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M98" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
-        <v>77566202600845</v>
+        <v>81993770700027</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>344</v>
+        <v>354</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
-        <v>347</v>
+        <v>355</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>348</v>
+        <v>356</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="I99" s="3">
-        <v>11750079275</v>
+        <v>95973065897</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K99" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L99" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
-        <v>80000575300010</v>
+        <v>82409268800012</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>349</v>
+        <v>357</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
-        <v>350</v>
+        <v>358</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>351</v>
+        <v>22</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
-        <v>169</v>
+        <v>29</v>
       </c>
       <c r="I100" s="3">
-        <v>94202081820</v>
+        <v>11930762893</v>
       </c>
       <c r="J100" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K100" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L100" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M100" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
-        <v>81001259100014</v>
+        <v>82409268800111</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
-        <v>353</v>
+        <v>359</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>354</v>
+        <v>360</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I101" s="3">
-        <v>96973057197</v>
+        <v>11930762893</v>
       </c>
       <c r="J101" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K101" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L101" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M101" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
-        <v>81040370900027</v>
+        <v>82409268800137</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I102" s="3">
-        <v>11930718293</v>
+        <v>11930762893</v>
       </c>
       <c r="J102" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K102" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L102" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M102" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
-        <v>81142142900028</v>
+        <v>82409268800160</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>358</v>
+        <v>357</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>360</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I103" s="3">
-        <v>97973068497</v>
+        <v>11930762893</v>
       </c>
       <c r="J103" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K103" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L103" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M103" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
-        <v>81773292800020</v>
+        <v>82409268800228</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>363</v>
+        <v>360</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-        <v>364</v>
+        <v>29</v>
+      </c>
+      <c r="I104" s="3">
+        <v>11930762893</v>
       </c>
       <c r="J104" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K104" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L104" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M104" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
-        <v>81993770700027</v>
+        <v>82409268800244</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>365</v>
+        <v>357</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>367</v>
+        <v>360</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I105" s="3">
-        <v>95973065897</v>
+        <v>11930762893</v>
       </c>
       <c r="J105" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K105" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L105" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M105" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
-        <v>82409268800012</v>
+        <v>82409268800251</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>368</v>
+        <v>357</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>22</v>
+        <v>366</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I106" s="3">
         <v>11930762893</v>
       </c>
       <c r="J106" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K106" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L106" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M106" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
-        <v>82409268800111</v>
+        <v>82422814200728</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>335</v>
+        <v>360</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I107" s="3">
-        <v>11930762893</v>
+        <v>11930743393</v>
       </c>
       <c r="J107" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K107" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L107" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M107" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
-        <v>82409268800137</v>
+        <v>82422814201254</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>335</v>
+        <v>360</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I108" s="3">
-        <v>11930762893</v>
+        <v>11930743393</v>
       </c>
       <c r="J108" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K108" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L108" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M108" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
-        <v>82409268800160</v>
+        <v>82422814201296</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>335</v>
+        <v>360</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I109" s="3">
-        <v>11930762893</v>
+        <v>11930743393</v>
       </c>
       <c r="J109" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K109" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L109" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M109" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
-        <v>82409268800228</v>
+        <v>82422814201320</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>335</v>
+        <v>360</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I110" s="3">
-        <v>11930762893</v>
+        <v>11930743393</v>
       </c>
       <c r="J110" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K110" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L110" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M110" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
-        <v>82409268800244</v>
+        <v>82422814201502</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="s">
-        <v>374</v>
+        <v>363</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>335</v>
+        <v>360</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I111" s="3">
-        <v>11930762893</v>
+        <v>11930743393</v>
       </c>
       <c r="J111" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K111" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L111" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M111" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
-        <v>82409268800251</v>
+        <v>82422814201684</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>376</v>
+        <v>360</v>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I112" s="3">
-        <v>11930762893</v>
+        <v>11930743393</v>
       </c>
       <c r="J112" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K112" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L112" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M112" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
-        <v>82422814200728</v>
+        <v>82422814201742</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>333</v>
+        <v>367</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>335</v>
+        <v>360</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I113" s="3">
         <v>11930743393</v>
       </c>
       <c r="J113" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K113" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L113" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M113" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
-        <v>82422814201254</v>
+        <v>82422814201759</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>333</v>
+        <v>367</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="s">
-        <v>378</v>
+        <v>374</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>335</v>
+        <v>360</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I114" s="3">
         <v>11930743393</v>
       </c>
       <c r="J114" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K114" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L114" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M114" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
-        <v>82422814201296</v>
+        <v>82422814201809</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>333</v>
+        <v>367</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
-        <v>379</v>
+        <v>375</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>335</v>
+        <v>360</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I115" s="3">
         <v>11930743393</v>
       </c>
       <c r="J115" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K115" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L115" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M115" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
-        <v>82422814201320</v>
+        <v>82422814201890</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>333</v>
+        <v>367</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>335</v>
+        <v>360</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I116" s="3">
         <v>11930743393</v>
       </c>
       <c r="J116" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K116" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L116" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M116" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
-        <v>82422814201502</v>
+        <v>83296841600012</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>333</v>
+        <v>377</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>335</v>
+        <v>379</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>11930743393</v>
+        <v>380</v>
+      </c>
+      <c r="I117" s="3" t="s">
+        <v>381</v>
       </c>
       <c r="J117" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K117" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L117" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M117" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
-        <v>83296841600012</v>
+        <v>84874987500011</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2" t="s">
-        <v>384</v>
+        <v>29</v>
       </c>
       <c r="I118" s="3" t="s">
         <v>385</v>
       </c>
       <c r="J118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M118" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
-        <v>84874987500011</v>
+        <v>88359056400018</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C119" s="2" t="s">
         <v>386</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="s">
         <v>387</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>388</v>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>389</v>
+        <v>234</v>
+      </c>
+      <c r="I119" s="3">
+        <v>76341088534</v>
       </c>
       <c r="J119" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K119" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L119" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M119" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
-        <v>88359056400018</v>
+        <v>88944585400025</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>390</v>
+        <v>389</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="s">
+        <v>390</v>
+      </c>
+      <c r="F120" s="2" t="s">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>392</v>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
-        <v>247</v>
+        <v>319</v>
       </c>
       <c r="I120" s="3">
-        <v>76341088534</v>
+        <v>11941043994</v>
       </c>
       <c r="J120" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K120" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L120" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M120" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
-        <v>88944585400025</v>
+        <v>89339473400014</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>393</v>
+        <v>392</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="s">
+        <v>393</v>
+      </c>
+      <c r="F121" s="2" t="s">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
-        <v>220</v>
+        <v>29</v>
       </c>
       <c r="I121" s="3">
-        <v>11941043994</v>
+        <v>11756186375</v>
       </c>
       <c r="J121" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K121" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L121" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M121" s="2" t="s">
-        <v>24</v>
-[...35 lines deleted...]
-      <c r="M122" s="2" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -6274,31 +6225,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/19/2025 13:44:51</dc:description>
+  <dc:description>Export en date du 02/04/2026 01:58:35</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>