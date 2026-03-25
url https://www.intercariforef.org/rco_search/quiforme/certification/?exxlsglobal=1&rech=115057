--- v1 (2026-02-04)
+++ v2 (2026-03-25)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="395">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="393">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -268,57 +268,51 @@
   <si>
     <t>84 AVENUE DU GENERAL DE GAULLE 33290 BLANQUEFORT</t>
   </si>
   <si>
     <t>7233P020333</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE MONTPELLIER-ORB-HERAULT</t>
   </si>
   <si>
     <t>CFPPA DE L'HERAULT - SITE DE BEZIERS</t>
   </si>
   <si>
     <t>DOMAINE DE MONTFLOURES TRA DE COLOMBIERS VC 9 34500 BEZIERS</t>
   </si>
   <si>
     <t>01/09/1984</t>
   </si>
   <si>
     <t>9134P567034</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE</t>
   </si>
   <si>
-    <t>CENTRE FORMATION PROF ET PROMOTION AGRI CFPPA</t>
-[...5 lines deleted...]
-    <t>21/12/1983</t>
+    <t>CAMPUS DE LA NATURE ET DU VIVANT ROUTE DEPARTEMENTALE 3 51460 SOMME-VESLE</t>
   </si>
   <si>
     <t>2151P002051</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE DOUAI</t>
   </si>
   <si>
     <t>LEGTA DE DOUAI-WAGNONVILLE</t>
   </si>
   <si>
     <t>HAMEAU DE WAGNONVILLE 458 RUE DE LA MOTTE JULIEN 59500 DOUAI</t>
   </si>
   <si>
     <t>3159P003559</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DES FLANDRES</t>
   </si>
   <si>
     <t>RUE DE LA MITTERIE 59160 LILLE</t>
   </si>
   <si>
     <t>21/03/1969</t>
   </si>
@@ -508,363 +502,363 @@
   <si>
     <t>CF2C</t>
   </si>
   <si>
     <t>CITE CITE CLAIRVIVRE 24160 SALAGNAC</t>
   </si>
   <si>
     <t>18/11/2013</t>
   </si>
   <si>
     <t>ASS MUTUEL ACTION SANIT SOCIAL AGRICOLE</t>
   </si>
   <si>
     <t>INSTITUT MEDICO PROFESSIONNEL</t>
   </si>
   <si>
     <t>32500 PAUILHAC</t>
   </si>
   <si>
     <t>06/01/1975</t>
   </si>
   <si>
     <t>87.10B</t>
   </si>
   <si>
+    <t>ANRAS</t>
+  </si>
+  <si>
+    <t>IME SAINT MICHEL DE BISCAYE</t>
+  </si>
+  <si>
+    <t>8 RUE DES TROIS ARCHANGES 65100 LOURDES</t>
+  </si>
+  <si>
+    <t>05/02/1986</t>
+  </si>
+  <si>
+    <t>CEP GARONA</t>
+  </si>
+  <si>
+    <t>134 RTE DES ECOLES 31130 PIN BALMA</t>
+  </si>
+  <si>
+    <t>01/01/2022</t>
+  </si>
+  <si>
+    <t>87.90A</t>
+  </si>
+  <si>
+    <t>POUR LA REEDUCATION PROF ET SOCIALE</t>
+  </si>
+  <si>
+    <t>ARPS</t>
+  </si>
+  <si>
+    <t>AVENUE DE MONTREUX 72300 SABLE-SUR-SARTHE</t>
+  </si>
+  <si>
+    <t>14/01/1986</t>
+  </si>
+  <si>
+    <t>ARPS AIDE PAR LE TRAVAIL RUE CHATEAU DE FONTENAILLES 37360 BEAUMONT-LOUESTAULT</t>
+  </si>
+  <si>
+    <t>01/06/1986</t>
+  </si>
+  <si>
+    <t>SIGMA FORMATION</t>
+  </si>
+  <si>
+    <t>21 RUE SAINT ELOI 13010 MARSEILLE</t>
+  </si>
+  <si>
+    <t>LEO LAGRANGE FORMATION</t>
+  </si>
+  <si>
+    <t>67 VOIE LA CANEBIERE 13001 MARSEILLE</t>
+  </si>
+  <si>
+    <t>08/10/2024</t>
+  </si>
+  <si>
+    <t>8 RUE CHARLES MICHELS 93200 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE EDUCA ORIENT</t>
+  </si>
+  <si>
+    <t>15 RUE DES ECOLES 29860 PLABENNEC</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>CAPPA CTRE ADAPT PROF ARTISANAT</t>
+  </si>
+  <si>
+    <t>C R P</t>
+  </si>
+  <si>
+    <t>DOMAINE DU MARAND 63450 SAINT-AMANT-TALLENDE</t>
+  </si>
+  <si>
+    <t>20/09/1976</t>
+  </si>
+  <si>
+    <t>ASS LAIQUE DE GESTION D ETABLISSEMENTS D EDUCATION ET D INSERTION</t>
+  </si>
+  <si>
+    <t>INSTITUT MEDICO PROFESSIONNEL FONGRAVE</t>
+  </si>
+  <si>
+    <t>1305 ROUTE DE CAUDECOSTE 47390 LAYRAC</t>
+  </si>
+  <si>
+    <t>31/12/1969</t>
+  </si>
+  <si>
+    <t>FONDESPIERRE RESSOURCES HUMAINES</t>
+  </si>
+  <si>
+    <t>291 CHEMIN DE FONDESPIERRE 34160 CASTRIES</t>
+  </si>
+  <si>
+    <t>01/11/1984</t>
+  </si>
+  <si>
+    <t>CENTRE DE REEDUCATION PAUL CEZANNE</t>
+  </si>
+  <si>
+    <t>929 ROUTE DE GARDANNE 13105 MIMET</t>
+  </si>
+  <si>
+    <t>20/09/1988</t>
+  </si>
+  <si>
+    <t>86.10Z</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION DES DEUX RIVIERES</t>
+  </si>
+  <si>
+    <t>PARC SAINT GILLES 12 RUE DE L'AUBETTE 76000 ROUEN</t>
+  </si>
+  <si>
+    <t>23/07/2002</t>
+  </si>
+  <si>
+    <t>HALAGE</t>
+  </si>
+  <si>
+    <t>RDC 6 RUE ARNOLD GERAUX 93450 L'ILE-SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>21/04/2016</t>
+  </si>
+  <si>
+    <t>SOC FORMATION EMPLOI INSERTION</t>
+  </si>
+  <si>
+    <t>FORMATION EMPLOI INSERTION</t>
+  </si>
+  <si>
+    <t>14 B RUE LOUIS JESSU DIT TI TING 97490 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>01/01/1998</t>
+  </si>
+  <si>
+    <t>85.51Z</t>
+  </si>
+  <si>
+    <t>ASSOCIATION MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION DE SAINT PIERRE</t>
+  </si>
+  <si>
+    <t>1 CHEMIN SITA 97432 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>22/05/2011</t>
+  </si>
+  <si>
+    <t>04973141897</t>
+  </si>
+  <si>
+    <t>SARL PRO FORMATION</t>
+  </si>
+  <si>
+    <t>54 RUE ERNEST MACAREZ 59300 VALENCIENNES</t>
+  </si>
+  <si>
+    <t>31/12/1999</t>
+  </si>
+  <si>
+    <t>ASSO PLACEMENTS EXTERIEURS SERVICES 24</t>
+  </si>
+  <si>
+    <t>RUE JEAN BOUIN 24660 COULOUNIEIX-CHAMIERS</t>
+  </si>
+  <si>
+    <t>29/08/1997</t>
+  </si>
+  <si>
+    <t>ASSOCIATION FORMATION AVENIR CONSEIL 24</t>
+  </si>
+  <si>
+    <t>26/06/1998</t>
+  </si>
+  <si>
+    <t>CENT HORTICOLE PRIVE ENSEIGNEMENT PROMOT</t>
+  </si>
+  <si>
+    <t>43 RUE DU GENERAL DE GAULLE 78490 LE TREMBLAY-SUR-MAULDRE</t>
+  </si>
+  <si>
+    <t>07/06/1945</t>
+  </si>
+  <si>
+    <t>FORE ILES DU NORD</t>
+  </si>
+  <si>
+    <t>HOPE ESTATE 18 RUE CANNE A SUCRE  97150 SAINT-MARTIN</t>
+  </si>
+  <si>
+    <t>15/07/2012</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>POINT.COM</t>
+  </si>
+  <si>
+    <t>77 RUE RENE JADFARD 97300 CAYENNE</t>
+  </si>
+  <si>
+    <t>22/10/2010</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>FORE ENTREPRISE</t>
+  </si>
+  <si>
+    <t>IMMEUBLE YERYSALYD - ZAC DE MOUDONG SU RUE CLAUDE EMMANUEL BLANDIN 97122 BAIE-MAHAULT</t>
+  </si>
+  <si>
+    <t>HORTIBAT</t>
+  </si>
+  <si>
+    <t>HAMEAU DU JEUNE BOIS RTE NATIONALE 59157 BEAUVOIS-EN-CAMBRESIS</t>
+  </si>
+  <si>
+    <t>01/09/2005</t>
+  </si>
+  <si>
+    <t>KAP ENVIRONNEMENT</t>
+  </si>
+  <si>
+    <t>DOS D'ANE MAISON FLORIMONT 97113 GOURBEYRE</t>
+  </si>
+  <si>
+    <t>17/11/2008</t>
+  </si>
+  <si>
+    <t>SYNERGIE OCEAN INDIEN</t>
+  </si>
+  <si>
+    <t>SYN'OI</t>
+  </si>
+  <si>
+    <t>ZA 2 RUE DES LILAS 97412 BRAS-PANON</t>
+  </si>
+  <si>
+    <t>01/01/2010</t>
+  </si>
+  <si>
+    <t>CIPECMA FORMATION COLLECTIVITES</t>
+  </si>
+  <si>
+    <t>17 AVENUE DU GENERAL DE GAULLE 17340 CHATELAILLON-PLAGE</t>
+  </si>
+  <si>
+    <t>26/03/2009</t>
+  </si>
+  <si>
     <t>KLG CARAIBES</t>
   </si>
   <si>
     <t>35 AVENUE PAUL LACAVE 97130 CAPESTERRE-BELLE-EAU</t>
   </si>
   <si>
     <t>09/11/2011</t>
   </si>
   <si>
-    <t>ANRAS</t>
-[...259 lines deleted...]
-  <si>
     <t>PIC FORMATION</t>
   </si>
   <si>
     <t>14 RUE MARYSE BASTIE 69740 GENAS</t>
   </si>
   <si>
     <t>01/06/2014</t>
   </si>
   <si>
     <t>DIFFUSION CONCEPT FORMATION REUNION</t>
   </si>
   <si>
     <t>10 CHE CHASSAGNE 97441 SAINTE-SUZANNE</t>
   </si>
   <si>
     <t>20/10/2014</t>
   </si>
   <si>
     <t>FOUQUE</t>
   </si>
   <si>
     <t>BAR RESTAURANT DU GRAND PIN</t>
   </si>
   <si>
     <t>430 AVENUE DE MAZARGUES 13009 MARSEILLE</t>
   </si>
   <si>
     <t>16/04/1986</t>
   </si>
   <si>
     <t>FONDATION ACOLEA</t>
   </si>
   <si>
     <t>C.E.P.A.J.</t>
   </si>
   <si>
     <t>CHEMIN DE BERNICOT 69230 SAINT-GENIS-LAVAL</t>
   </si>
   <si>
     <t>13/01/1993</t>
   </si>
   <si>
-    <t>ASS OUVRIERE COMPAGNON DEVOIR TOUR FRANC</t>
+    <t>ASSOCIATION OUVRIERE DES COMPAGNONS DU DEVOIR DU TOUR DE FRANCE</t>
   </si>
   <si>
     <t>82 RUE DE L'HOTEL DE VILLE 75004 PARIS</t>
   </si>
   <si>
     <t>118 RUE DE BABYLONE 59491 VILLENEUVE-D'ASCQ</t>
   </si>
   <si>
     <t>3 CHEMIN DU COMPAGNON 30900 NIMES</t>
   </si>
   <si>
     <t>01/08/1994</t>
   </si>
   <si>
     <t>APF FRANCE HANDICAP</t>
   </si>
   <si>
     <t>INSTITUT EDUCATION MOTRICE GRILLONNAIS</t>
   </si>
   <si>
     <t>LD LA GRILLONNAIS 50 RUE BUSSON BILLAULT 44115 BASSE-GOULAINE</t>
   </si>
   <si>
     <t>FONDATION APPRENTIS D'AUTEUIL</t>
   </si>
@@ -1018,81 +1012,81 @@
   <si>
     <t>DAME PLURIEL GB SITE MAISON DU PARC</t>
   </si>
   <si>
     <t>57 RUE DES JUSTICES 25000 BESANCON</t>
   </si>
   <si>
     <t>01/04/2013</t>
   </si>
   <si>
     <t>INSTITUT DE FORMATION EN LANGUES</t>
   </si>
   <si>
     <t>I.F.L.</t>
   </si>
   <si>
     <t>1 RUE DU CAURALE SOLEIL 97300 CAYENNE</t>
   </si>
   <si>
     <t>01/12/2023</t>
   </si>
   <si>
     <t>SERPE FORMATION</t>
   </si>
   <si>
-    <t>GARA DE PAILLE CHEMIN DES CANAUX 30230 BOUILLARGUES</t>
+    <t>2 CHEMIN DES ARTISANS 30230 BOUILLARGUES</t>
   </si>
   <si>
     <t>21/07/2021</t>
   </si>
   <si>
     <t>INSTITUT REGIONAL POUR L INSERTION PROFESSIONNELLE ET SOCIALE</t>
   </si>
   <si>
     <t>REZ DE CHAUSSEE BAT D RES LES TERRASSES DU FANGO 20200 BASTIA</t>
   </si>
   <si>
     <t>13/11/2013</t>
   </si>
   <si>
     <t>C'MAFOR</t>
   </si>
   <si>
     <t>LOCAL 602 BAT 12 RUE ROGER DESNOYERS 97354 REMIRE-MONTJOLY</t>
   </si>
   <si>
     <t>13/02/2015</t>
   </si>
   <si>
     <t>GEPSA INSTITUT</t>
   </si>
   <si>
-    <t>IMMEUBLE OLYMPE 23 AVENUE JULES RIMET 93200 SAINT-DENIS</t>
-[...2 lines deleted...]
-    <t>29/06/2015</t>
+    <t>19 RUE EMMY NOETHER 93400 SAINT-OUEN-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>20/10/2025</t>
   </si>
   <si>
     <t>INSTITUT MARTINIQUAIS DE FORMATION PROFESSIONNELLE POUR ADULTES</t>
   </si>
   <si>
     <t>CITE DILLON AVENUE SALVADOR ALLENDE 97200 FORT-DE-FRANCE</t>
   </si>
   <si>
     <t>22/12/2016</t>
   </si>
   <si>
     <t>SPL ASSISTANCE A LA FORMATION PROFESSIONNELLE DES ADULTES A LA REUNION</t>
   </si>
   <si>
     <t>CFPA DE SAINT ANDRE</t>
   </si>
   <si>
     <t>421 CHEMIN LAGOURGUE 97440 SAINT-ANDRE</t>
   </si>
   <si>
     <t>01/07/2015</t>
   </si>
   <si>
     <t>CFPA CHEMIN L'IRAT ANNEXE DE SAINT-PIERRE</t>
   </si>
@@ -2189,4011 +2183,4011 @@
       <c r="F15" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I15" s="3" t="s">
         <v>82</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>19511196800036</v>
+        <v>19511196800028</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D16" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="E16" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="E16" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16" s="2" t="s">
-        <v>86</v>
+        <v>72</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I16" s="3" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>19593255300017</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="E17" s="2" t="s">
         <v>88</v>
-      </c>
-[...4 lines deleted...]
-        <v>90</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I17" s="3" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>19593395700019</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>53</v>
       </c>
       <c r="E18" s="2" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I18" s="3" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>19601265200018</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I19" s="3">
         <v>32600319260</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>19601782600021</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="E20" s="2" t="s">
         <v>98</v>
       </c>
-      <c r="D20" s="2" t="s">
+      <c r="F20" s="2" t="s">
         <v>99</v>
-      </c>
-[...4 lines deleted...]
-        <v>101</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I20" s="3" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>19620062000025</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="E21" s="2" t="s">
         <v>103</v>
       </c>
-      <c r="D21" s="2" t="s">
+      <c r="F21" s="2" t="s">
         <v>104</v>
-      </c>
-[...4 lines deleted...]
-        <v>106</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I21" s="3" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>19622257400010</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="E22" s="2" t="s">
         <v>108</v>
-      </c>
-[...4 lines deleted...]
-        <v>110</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I22" s="3" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>19671509800055</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="D23" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="E23" s="2" t="s">
         <v>112</v>
       </c>
-      <c r="D23" s="2" t="s">
+      <c r="F23" s="2" t="s">
         <v>113</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I23" s="3" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>19760096800022</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
+        <v>115</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="E24" s="2" t="s">
         <v>117</v>
       </c>
-      <c r="D24" s="2" t="s">
+      <c r="F24" s="2" t="s">
         <v>118</v>
-      </c>
-[...4 lines deleted...]
-        <v>120</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I24" s="3" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
         <v>19770922300204</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="D25" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="E25" s="2" t="s">
         <v>122</v>
       </c>
-      <c r="D25" s="2" t="s">
+      <c r="F25" s="2" t="s">
         <v>123</v>
-      </c>
-[...4 lines deleted...]
-        <v>125</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I25" s="3">
         <v>11770634177</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
         <v>19801335100012</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I26" s="3" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
         <v>19910620400027</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
+        <v>127</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="E27" s="2" t="s">
         <v>129</v>
       </c>
-      <c r="D27" s="2" t="s">
+      <c r="F27" s="2" t="s">
         <v>130</v>
-      </c>
-[...4 lines deleted...]
-        <v>132</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I27" s="3" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>19931272900023</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="E28" s="2" t="s">
         <v>134</v>
       </c>
-      <c r="D28" s="2" t="s">
+      <c r="F28" s="2" t="s">
         <v>135</v>
-      </c>
-[...4 lines deleted...]
-        <v>137</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I28" s="3" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
         <v>19971804000058</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
+        <v>137</v>
+      </c>
+      <c r="D29" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="E29" s="2" t="s">
         <v>139</v>
       </c>
-      <c r="D29" s="2" t="s">
+      <c r="F29" s="2" t="s">
         <v>140</v>
-      </c>
-[...4 lines deleted...]
-        <v>142</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I29" s="3" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
         <v>20000528800010</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I30" s="3" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
         <v>20003347000010</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="I31" s="3"/>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>26240600200069</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="D32" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="E32" s="2" t="s">
         <v>152</v>
       </c>
-      <c r="D32" s="2" t="s">
+      <c r="F32" s="2" t="s">
         <v>153</v>
-      </c>
-[...4 lines deleted...]
-        <v>155</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I32" s="3">
         <v>72240167924</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>26240600200093</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="D33" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="E33" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="F33" s="2" t="s">
         <v>156</v>
-      </c>
-[...4 lines deleted...]
-        <v>158</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I33" s="3">
         <v>72240167924</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>30179582900037</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="D34" s="2" t="s">
+        <v>158</v>
+      </c>
+      <c r="E34" s="2" t="s">
         <v>159</v>
       </c>
-      <c r="D34" s="2" t="s">
+      <c r="F34" s="2" t="s">
         <v>160</v>
-      </c>
-[...4 lines deleted...]
-        <v>162</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="I34" s="3"/>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>51894767600020</v>
+        <v>30587411700131</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="D35" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="E35" s="2" t="s">
         <v>164</v>
       </c>
-      <c r="D35" s="2"/>
-      <c r="E35" s="2" t="s">
+      <c r="F35" s="2" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>29</v>
+        <v>161</v>
       </c>
       <c r="I35" s="3">
-        <v>95973070297</v>
+        <v>73310261131</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>30587411700131</v>
+        <v>30587411700909</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="D36" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="E36" s="2" t="s">
         <v>167</v>
       </c>
-      <c r="D36" s="2" t="s">
+      <c r="F36" s="2" t="s">
         <v>168</v>
-      </c>
-[...4 lines deleted...]
-        <v>170</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="I36" s="3">
         <v>73310261131</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>30587411700909</v>
+        <v>30644513100023</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>171</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>172</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>173</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>174</v>
+        <v>23</v>
       </c>
       <c r="I37" s="3">
-        <v>73310261131</v>
+        <v>24370097937</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>30644513100023</v>
+        <v>30644513100031</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="D38" s="2"/>
+      <c r="E38" s="2" t="s">
+        <v>174</v>
+      </c>
+      <c r="F38" s="2" t="s">
         <v>175</v>
-      </c>
-[...7 lines deleted...]
-        <v>178</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I38" s="3">
         <v>24370097937</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>30644513100031</v>
+        <v>31036079700032</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>180</v>
+        <v>44</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I39" s="3">
-        <v>24370097937</v>
+        <v>93750021113</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>31036079700032</v>
+        <v>31065677200236</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>44</v>
+        <v>180</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I40" s="3">
-        <v>93750021113</v>
+        <v>82690049869</v>
       </c>
       <c r="J40" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>31065677200236</v>
+        <v>31065677200335</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I41" s="3">
         <v>82690049869</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>31065677200335</v>
+        <v>31150973100015</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="I42" s="3">
-        <v>82690049869</v>
+        <v>53290350229</v>
       </c>
       <c r="J42" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>31150973100015</v>
+        <v>31961836900023</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
+        <v>185</v>
+      </c>
+      <c r="D43" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="E43" s="2" t="s">
         <v>187</v>
       </c>
-      <c r="D43" s="2"/>
-      <c r="E43" s="2" t="s">
+      <c r="F43" s="2" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>45</v>
+        <v>23</v>
       </c>
       <c r="I43" s="3">
-        <v>53290350229</v>
+        <v>83630066763</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>31961836900023</v>
+        <v>33280351900138</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="D44" s="2" t="s">
         <v>190</v>
       </c>
-      <c r="D44" s="2" t="s">
+      <c r="E44" s="2" t="s">
         <v>191</v>
       </c>
-      <c r="E44" s="2" t="s">
+      <c r="F44" s="2" t="s">
         <v>192</v>
-      </c>
-[...1 lines deleted...]
-        <v>193</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>23</v>
+        <v>161</v>
       </c>
       <c r="I44" s="3">
-        <v>83630066763</v>
+        <v>75470154547</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>33280351900138</v>
+        <v>33287550900017</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
+        <v>193</v>
+      </c>
+      <c r="D45" s="2"/>
+      <c r="E45" s="2" t="s">
         <v>194</v>
       </c>
-      <c r="D45" s="2" t="s">
+      <c r="F45" s="2" t="s">
         <v>195</v>
-      </c>
-[...4 lines deleted...]
-        <v>197</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>163</v>
+        <v>29</v>
       </c>
       <c r="I45" s="3">
-        <v>75470154547</v>
+        <v>91340059034</v>
       </c>
       <c r="J45" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>33287550900017</v>
+        <v>34808659600015</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>199</v>
+      </c>
+      <c r="I46" s="3"/>
       <c r="J46" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>34808659600015</v>
+        <v>37751907900034</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="F47" s="2" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>204</v>
-[...1 lines deleted...]
-      <c r="I47" s="3"/>
+        <v>29</v>
+      </c>
+      <c r="I47" s="3">
+        <v>23760485376</v>
+      </c>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>37751907900034</v>
+        <v>40116107000040</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I48" s="3">
-        <v>23760485376</v>
+        <v>11930315993</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>40116107000040</v>
+        <v>40308835400077</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
+        <v>206</v>
+      </c>
+      <c r="D49" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="E49" s="2" t="s">
         <v>208</v>
       </c>
-      <c r="D49" s="2"/>
-      <c r="E49" s="2" t="s">
+      <c r="F49" s="2" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>29</v>
+        <v>210</v>
       </c>
       <c r="I49" s="3">
-        <v>11930315993</v>
+        <v>98970106797</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>40308835400077</v>
+        <v>40492934100034</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>211</v>
       </c>
-      <c r="D50" s="2" t="s">
+      <c r="D50" s="2"/>
+      <c r="E50" s="2" t="s">
         <v>212</v>
       </c>
-      <c r="E50" s="2" t="s">
+      <c r="F50" s="2" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-        <v>98970106797</v>
+        <v>45</v>
+      </c>
+      <c r="I50" s="3" t="s">
+        <v>214</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>40492934100034</v>
+        <v>41458077900026</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
+        <v>216</v>
+      </c>
+      <c r="F51" s="2" t="s">
         <v>217</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>219</v>
+        <v>29</v>
+      </c>
+      <c r="I51" s="3">
+        <v>31590433359</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>41458077900026</v>
+        <v>41794191100014</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I52" s="3">
-        <v>31590433359</v>
+        <v>72240105424</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>41794191100014</v>
+        <v>41983375100011</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I53" s="3">
-        <v>72240105424</v>
+        <v>72240090024</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>41983375100011</v>
+        <v>42143242800017</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
         <v>224</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="I54" s="3">
-        <v>72240090024</v>
+        <v>11780222278</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>42143242800017</v>
+        <v>42302346400021</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>45</v>
+        <v>229</v>
       </c>
       <c r="I55" s="3">
-        <v>11780222278</v>
+        <v>95970093097</v>
       </c>
       <c r="J55" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>42302346400021</v>
+        <v>44064045600024</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
+        <v>231</v>
+      </c>
+      <c r="F56" s="2" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>233</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="I56" s="3">
-        <v>95970093097</v>
+        <v>96973029797</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>44064045600024</v>
+        <v>44065706200020</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>237</v>
+        <v>148</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>238</v>
+        <v>29</v>
       </c>
       <c r="I57" s="3">
-        <v>96973029797</v>
+        <v>95970114297</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>44065706200020</v>
+        <v>48215582700025</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>150</v>
+        <v>238</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I58" s="3">
-        <v>95970114297</v>
+        <v>31590620359</v>
       </c>
       <c r="J58" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>48215582700025</v>
+        <v>50902375000011</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>29</v>
+        <v>229</v>
       </c>
       <c r="I59" s="3">
-        <v>31590620359</v>
+        <v>95970154297</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>50902375000011</v>
+        <v>50921839200025</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
+        <v>242</v>
+      </c>
+      <c r="D60" s="2" t="s">
+        <v>243</v>
+      </c>
+      <c r="E60" s="2" t="s">
         <v>244</v>
       </c>
-      <c r="D60" s="2"/>
-      <c r="E60" s="2" t="s">
+      <c r="F60" s="2" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>234</v>
+        <v>29</v>
       </c>
       <c r="I60" s="3">
-        <v>95970154297</v>
+        <v>98970335697</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>50921839200025</v>
+        <v>51176260100017</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
+        <v>246</v>
+      </c>
+      <c r="D61" s="2"/>
+      <c r="E61" s="2" t="s">
         <v>247</v>
       </c>
-      <c r="D61" s="2" t="s">
+      <c r="F61" s="2" t="s">
         <v>248</v>
-      </c>
-[...4 lines deleted...]
-        <v>250</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I61" s="3">
-        <v>98970335697</v>
+        <v>54170132917</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>51176260100017</v>
+        <v>51894767600020</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I62" s="3">
-        <v>54170132917</v>
+        <v>95973070297</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
         <v>52162464300032</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
+        <v>252</v>
+      </c>
+      <c r="D63" s="2" t="s">
+        <v>252</v>
+      </c>
+      <c r="E63" s="2" t="s">
+        <v>253</v>
+      </c>
+      <c r="F63" s="2" t="s">
         <v>254</v>
-      </c>
-[...7 lines deleted...]
-        <v>256</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I63" s="3">
         <v>82740241974</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
         <v>52463423500021</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I64" s="3">
         <v>98970365797</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
         <v>77556008900085</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
+        <v>258</v>
+      </c>
+      <c r="D65" s="2" t="s">
+        <v>259</v>
+      </c>
+      <c r="E65" s="2" t="s">
         <v>260</v>
       </c>
-      <c r="D65" s="2" t="s">
+      <c r="F65" s="2" t="s">
         <v>261</v>
-      </c>
-[...4 lines deleted...]
-        <v>263</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I65" s="3">
         <v>93130453613</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
         <v>77564914800100</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
+        <v>262</v>
+      </c>
+      <c r="D66" s="2" t="s">
+        <v>263</v>
+      </c>
+      <c r="E66" s="2" t="s">
         <v>264</v>
       </c>
-      <c r="D66" s="2" t="s">
+      <c r="F66" s="2" t="s">
         <v>265</v>
-      </c>
-[...4 lines deleted...]
-        <v>267</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="I66" s="3"/>
       <c r="J66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
         <v>77566202600019</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I67" s="3">
         <v>11750079275</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
         <v>77566202600258</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I68" s="3">
         <v>11750079275</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
         <v>77566202600845</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="G69" s="2"/>
       <c r="H69" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I69" s="3">
         <v>11750079275</v>
       </c>
       <c r="J69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K69" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L69" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
         <v>77568873200624</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
+        <v>271</v>
+      </c>
+      <c r="D70" s="2" t="s">
+        <v>272</v>
+      </c>
+      <c r="E70" s="2" t="s">
         <v>273</v>
       </c>
-      <c r="D70" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F70" s="2" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="I70" s="3">
         <v>11750376875</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
         <v>77568879900011</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="G71" s="2"/>
       <c r="H71" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I71" s="3">
         <v>11751561875</v>
       </c>
       <c r="J71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K71" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L71" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M71" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="72" spans="1:13">
       <c r="A72" s="1">
         <v>77568879900078</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C72" s="2" t="s">
+        <v>274</v>
+      </c>
+      <c r="D72" s="2" t="s">
         <v>276</v>
       </c>
-      <c r="D72" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E72" s="2" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="G72" s="2"/>
       <c r="H72" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I72" s="3">
         <v>11751561875</v>
       </c>
       <c r="J72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K72" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L72" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M72" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="73" spans="1:13">
       <c r="A73" s="1">
         <v>77568879900094</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C73" s="2" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="D73" s="2" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="E73" s="2" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="G73" s="2"/>
       <c r="H73" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I73" s="3">
         <v>11751561875</v>
       </c>
       <c r="J73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K73" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L73" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M73" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="74" spans="1:13">
       <c r="A74" s="1">
         <v>77568879900458</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="D74" s="2" t="s">
+        <v>280</v>
+      </c>
+      <c r="E74" s="2" t="s">
+        <v>281</v>
+      </c>
+      <c r="F74" s="2" t="s">
         <v>282</v>
-      </c>
-[...4 lines deleted...]
-        <v>284</v>
       </c>
       <c r="G74" s="2"/>
       <c r="H74" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I74" s="3">
         <v>11751561875</v>
       </c>
       <c r="J74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K74" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L74" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M74" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
         <v>77568879901142</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="G75" s="2"/>
       <c r="H75" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I75" s="3">
         <v>11751561875</v>
       </c>
       <c r="J75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
         <v>77569338500293</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="G76" s="2"/>
       <c r="H76" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I76" s="3">
         <v>11930425593</v>
       </c>
       <c r="J76" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K76" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L76" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M76" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="77" spans="1:13">
       <c r="A77" s="1">
         <v>77660306000018</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="G77" s="2"/>
       <c r="H77" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I77" s="3">
         <v>82740107174</v>
       </c>
       <c r="J77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L77" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M77" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="78" spans="1:13">
       <c r="A78" s="1">
         <v>77689854600077</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="2" t="s">
+        <v>289</v>
+      </c>
+      <c r="D78" s="2" t="s">
+        <v>290</v>
+      </c>
+      <c r="E78" s="2" t="s">
         <v>291</v>
       </c>
-      <c r="D78" s="2" t="s">
+      <c r="F78" s="2" t="s">
         <v>292</v>
-      </c>
-[...4 lines deleted...]
-        <v>294</v>
       </c>
       <c r="G78" s="2"/>
       <c r="H78" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I78" s="3"/>
       <c r="J78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L78" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M78" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="79" spans="1:13">
       <c r="A79" s="1">
         <v>77716667900020</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="G79" s="2"/>
       <c r="H79" s="2" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="I79" s="3"/>
       <c r="J79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L79" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M79" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80" s="1">
         <v>77811508900014</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="2" t="s">
+        <v>296</v>
+      </c>
+      <c r="D80" s="2" t="s">
+        <v>297</v>
+      </c>
+      <c r="E80" s="2" t="s">
         <v>298</v>
       </c>
-      <c r="D80" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F80" s="2" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="G80" s="2"/>
       <c r="H80" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I80" s="3">
         <v>11910756891</v>
       </c>
       <c r="J80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L80" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M80" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="81" spans="1:13">
       <c r="A81" s="1">
         <v>78074754900019</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="G81" s="2"/>
       <c r="H81" s="2" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="I81" s="3">
         <v>25140002614</v>
       </c>
       <c r="J81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K81" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L81" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M81" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="82" spans="1:13">
       <c r="A82" s="1">
         <v>78087854200015</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="G82" s="2"/>
       <c r="H82" s="2" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="I82" s="3">
         <v>25500087550</v>
       </c>
       <c r="J82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K82" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L82" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M82" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="83" spans="1:13">
       <c r="A83" s="1">
         <v>78128367600018</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="G83" s="2"/>
       <c r="H83" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I83" s="3">
         <v>54170000117</v>
       </c>
       <c r="J83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K83" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L83" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M83" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="84" spans="1:13">
       <c r="A84" s="1">
         <v>78398196200021</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="2" t="s">
+        <v>306</v>
+      </c>
+      <c r="D84" s="2" t="s">
+        <v>307</v>
+      </c>
+      <c r="E84" s="2" t="s">
         <v>308</v>
       </c>
-      <c r="D84" s="2" t="s">
+      <c r="F84" s="2" t="s">
         <v>309</v>
-      </c>
-[...4 lines deleted...]
-        <v>311</v>
       </c>
       <c r="G84" s="2"/>
       <c r="H84" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I84" s="3">
         <v>31620031362</v>
       </c>
       <c r="J84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L84" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M84" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="85" spans="1:13">
       <c r="A85" s="1">
         <v>78596993200017</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="G85" s="2"/>
       <c r="H85" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I85" s="3">
         <v>52440546144</v>
       </c>
       <c r="J85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K85" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L85" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M85" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="86" spans="1:13">
       <c r="A86" s="1">
         <v>78616304800014</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="G86" s="2"/>
       <c r="H86" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I86" s="3">
         <v>52490101949</v>
       </c>
       <c r="J86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K86" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L86" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M86" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="87" spans="1:13">
       <c r="A87" s="1">
         <v>78625629700023</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>316</v>
+        <v>314</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="G87" s="2"/>
       <c r="H87" s="2" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="I87" s="3">
         <v>52530007953</v>
       </c>
       <c r="J87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K87" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L87" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M87" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="88" spans="1:13">
       <c r="A88" s="1">
         <v>78640269300018</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>321</v>
+        <v>319</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="G88" s="2"/>
       <c r="H88" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I88" s="3">
         <v>52850014385</v>
       </c>
       <c r="J88" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K88" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L88" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M88" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="89" spans="1:13">
       <c r="A89" s="1">
         <v>78644691400016</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>322</v>
+        <v>320</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="G89" s="2"/>
       <c r="H89" s="2" t="s">
-        <v>324</v>
+        <v>322</v>
       </c>
       <c r="I89" s="3">
         <v>52850007685</v>
       </c>
       <c r="J89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K89" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L89" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M89" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="90" spans="1:13">
       <c r="A90" s="1">
         <v>79174781900385</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="2" t="s">
+        <v>323</v>
+      </c>
+      <c r="D90" s="2" t="s">
+        <v>324</v>
+      </c>
+      <c r="E90" s="2" t="s">
         <v>325</v>
       </c>
-      <c r="D90" s="2" t="s">
+      <c r="F90" s="2" t="s">
         <v>326</v>
-      </c>
-[...4 lines deleted...]
-        <v>328</v>
       </c>
       <c r="G90" s="2"/>
       <c r="H90" s="2" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="I90" s="3">
         <v>43250274025</v>
       </c>
       <c r="J90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L90" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M90" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="91" spans="1:13">
       <c r="A91" s="1">
         <v>79196228500023</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="2" t="s">
+        <v>327</v>
+      </c>
+      <c r="D91" s="2" t="s">
+        <v>328</v>
+      </c>
+      <c r="E91" s="2" t="s">
         <v>329</v>
       </c>
-      <c r="D91" s="2" t="s">
+      <c r="F91" s="2" t="s">
         <v>330</v>
-      </c>
-[...4 lines deleted...]
-        <v>332</v>
       </c>
       <c r="G91" s="2"/>
       <c r="H91" s="2" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="I91" s="3">
         <v>96973049997</v>
       </c>
       <c r="J91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L91" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M91" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="92" spans="1:13">
       <c r="A92" s="1">
         <v>79425435900027</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="2" t="s">
+        <v>331</v>
+      </c>
+      <c r="D92" s="2" t="s">
+        <v>331</v>
+      </c>
+      <c r="E92" s="2" t="s">
+        <v>332</v>
+      </c>
+      <c r="F92" s="2" t="s">
         <v>333</v>
-      </c>
-[...7 lines deleted...]
-        <v>335</v>
       </c>
       <c r="G92" s="2"/>
       <c r="H92" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I92" s="3">
         <v>76300500730</v>
       </c>
       <c r="J92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K92" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L92" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M92" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="93" spans="1:13">
       <c r="A93" s="1">
         <v>80000575300010</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="G93" s="2"/>
       <c r="H93" s="2" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="I93" s="3">
         <v>94202081820</v>
       </c>
       <c r="J93" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K93" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L93" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M93" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="94" spans="1:13">
       <c r="A94" s="1">
         <v>81001259100014</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="G94" s="2"/>
       <c r="H94" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I94" s="3">
         <v>96973057197</v>
       </c>
       <c r="J94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L94" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M94" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="95" spans="1:13">
       <c r="A95" s="1">
-        <v>81040370900027</v>
+        <v>81040370900035</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="G95" s="2"/>
       <c r="H95" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I95" s="3">
         <v>11930718293</v>
       </c>
       <c r="J95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K95" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L95" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M95" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="96" spans="1:13">
       <c r="A96" s="1">
         <v>81142142900028</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>346</v>
+        <v>344</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>347</v>
+        <v>345</v>
       </c>
       <c r="G96" s="2"/>
       <c r="H96" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I96" s="3">
         <v>97973068497</v>
       </c>
       <c r="J96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L96" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M96" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="97" spans="1:13">
       <c r="A97" s="1">
         <v>81229926100022</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C97" s="2" t="s">
+        <v>346</v>
+      </c>
+      <c r="D97" s="2" t="s">
+        <v>347</v>
+      </c>
+      <c r="E97" s="2" t="s">
         <v>348</v>
       </c>
-      <c r="D97" s="2" t="s">
+      <c r="F97" s="2" t="s">
         <v>349</v>
-      </c>
-[...4 lines deleted...]
-        <v>351</v>
       </c>
       <c r="G97" s="2"/>
       <c r="H97" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I97" s="3">
         <v>98970001397</v>
       </c>
       <c r="J97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L97" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M97" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="98" spans="1:13">
       <c r="A98" s="1">
         <v>81229926100071</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="D98" s="2" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="E98" s="2" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="G98" s="2"/>
       <c r="H98" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I98" s="3">
         <v>98970001397</v>
       </c>
       <c r="J98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L98" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M98" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="99" spans="1:13">
       <c r="A99" s="1">
         <v>81993770700027</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="G99" s="2"/>
       <c r="H99" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I99" s="3">
         <v>95973065897</v>
       </c>
       <c r="J99" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K99" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L99" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M99" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="100" spans="1:13">
       <c r="A100" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G100" s="2"/>
       <c r="H100" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I100" s="3">
         <v>11930762893</v>
       </c>
       <c r="J100" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K100" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L100" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M100" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="101" spans="1:13">
       <c r="A101" s="1">
         <v>82409268800111</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="G101" s="2"/>
       <c r="H101" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I101" s="3">
         <v>11930762893</v>
       </c>
       <c r="J101" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K101" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L101" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M101" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="102" spans="1:13">
       <c r="A102" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="G102" s="2"/>
       <c r="H102" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I102" s="3">
         <v>11930762893</v>
       </c>
       <c r="J102" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K102" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L102" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M102" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="103" spans="1:13">
       <c r="A103" s="1">
         <v>82409268800160</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="G103" s="2"/>
       <c r="H103" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I103" s="3">
         <v>11930762893</v>
       </c>
       <c r="J103" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K103" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L103" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M103" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="104" spans="1:13">
       <c r="A104" s="1">
         <v>82409268800228</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="G104" s="2"/>
       <c r="H104" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I104" s="3">
         <v>11930762893</v>
       </c>
       <c r="J104" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K104" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L104" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M104" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="105" spans="1:13">
       <c r="A105" s="1">
         <v>82409268800244</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="G105" s="2"/>
       <c r="H105" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I105" s="3">
         <v>11930762893</v>
       </c>
       <c r="J105" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K105" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L105" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M105" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="106" spans="1:13">
       <c r="A106" s="1">
         <v>82409268800251</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="G106" s="2"/>
       <c r="H106" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I106" s="3">
         <v>11930762893</v>
       </c>
       <c r="J106" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K106" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L106" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M106" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="107" spans="1:13">
       <c r="A107" s="1">
         <v>82422814200728</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="G107" s="2"/>
       <c r="H107" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I107" s="3">
         <v>11930743393</v>
       </c>
       <c r="J107" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K107" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L107" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M107" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="108" spans="1:13">
       <c r="A108" s="1">
         <v>82422814201254</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="G108" s="2"/>
       <c r="H108" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I108" s="3">
         <v>11930743393</v>
       </c>
       <c r="J108" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K108" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L108" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M108" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="109" spans="1:13">
       <c r="A109" s="1">
         <v>82422814201296</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="G109" s="2"/>
       <c r="H109" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I109" s="3">
         <v>11930743393</v>
       </c>
       <c r="J109" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K109" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L109" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M109" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="110" spans="1:13">
       <c r="A110" s="1">
         <v>82422814201320</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="s">
-        <v>371</v>
+        <v>369</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="G110" s="2"/>
       <c r="H110" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I110" s="3">
         <v>11930743393</v>
       </c>
       <c r="J110" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K110" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L110" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M110" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="111" spans="1:13">
       <c r="A111" s="1">
         <v>82422814201502</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="G111" s="2"/>
       <c r="H111" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I111" s="3">
         <v>11930743393</v>
       </c>
       <c r="J111" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K111" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L111" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M111" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="112" spans="1:13">
       <c r="A112" s="1">
         <v>82422814201684</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="G112" s="2"/>
       <c r="H112" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I112" s="3">
         <v>11930743393</v>
       </c>
       <c r="J112" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K112" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L112" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M112" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="113" spans="1:13">
       <c r="A113" s="1">
         <v>82422814201742</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="G113" s="2"/>
       <c r="H113" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I113" s="3">
         <v>11930743393</v>
       </c>
       <c r="J113" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K113" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L113" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M113" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="114" spans="1:13">
       <c r="A114" s="1">
         <v>82422814201759</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="s">
-        <v>374</v>
+        <v>372</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="G114" s="2"/>
       <c r="H114" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I114" s="3">
         <v>11930743393</v>
       </c>
       <c r="J114" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K114" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L114" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M114" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="115" spans="1:13">
       <c r="A115" s="1">
         <v>82422814201809</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
-        <v>375</v>
+        <v>373</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="G115" s="2"/>
       <c r="H115" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I115" s="3">
         <v>11930743393</v>
       </c>
       <c r="J115" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K115" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L115" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M115" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="116" spans="1:13">
       <c r="A116" s="1">
         <v>82422814201890</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="D116" s="2"/>
       <c r="E116" s="2" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>360</v>
+        <v>358</v>
       </c>
       <c r="G116" s="2"/>
       <c r="H116" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I116" s="3">
         <v>11930743393</v>
       </c>
       <c r="J116" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K116" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L116" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M116" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="117" spans="1:13">
       <c r="A117" s="1">
         <v>83296841600012</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="D117" s="2"/>
       <c r="E117" s="2" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>379</v>
+        <v>377</v>
       </c>
       <c r="G117" s="2"/>
       <c r="H117" s="2" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="I117" s="3" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="J117" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K117" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L117" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M117" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="118" spans="1:13">
       <c r="A118" s="1">
         <v>84874987500011</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="D118" s="2"/>
       <c r="E118" s="2" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="G118" s="2"/>
       <c r="H118" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I118" s="3" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="J118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L118" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M118" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="119" spans="1:13">
       <c r="A119" s="1">
         <v>88359056400018</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="D119" s="2"/>
       <c r="E119" s="2" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="G119" s="2"/>
       <c r="H119" s="2" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="I119" s="3">
         <v>76341088534</v>
       </c>
       <c r="J119" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K119" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L119" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M119" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="120" spans="1:13">
       <c r="A120" s="1">
         <v>88944585400025</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="D120" s="2"/>
       <c r="E120" s="2" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="G120" s="2"/>
       <c r="H120" s="2" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="I120" s="3">
         <v>11941043994</v>
       </c>
       <c r="J120" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K120" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L120" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M120" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="121" spans="1:13">
       <c r="A121" s="1">
         <v>89339473400014</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="D121" s="2"/>
       <c r="E121" s="2" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="G121" s="2"/>
       <c r="H121" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I121" s="3">
         <v>11756186375</v>
       </c>
       <c r="J121" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K121" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L121" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M121" s="2" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -6225,31 +6219,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/04/2026 01:58:35</dc:description>
+  <dc:description>Export en date du 03/25/2026 09:25:15</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>