--- v0 (2025-11-01)
+++ v1 (2025-12-23)
@@ -1142,31 +1142,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/01/2025 11:13:49</dc:description>
+  <dc:description>Export en date du 12/23/2025 14:02:59</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>