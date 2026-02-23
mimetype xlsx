--- v1 (2025-12-23)
+++ v2 (2026-02-23)
@@ -76,69 +76,69 @@
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>SOTEL FORMATION</t>
   </si>
   <si>
     <t>3 CABANIS 31240 L UNION</t>
   </si>
   <si>
     <t>01/09/2005</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>SECURITE INCENDIE.IDF</t>
+  </si>
+  <si>
+    <t>6 RUE DU BOIS SAUVAGE 91000 EVRY-COURCOURONNES</t>
+  </si>
+  <si>
+    <t>01/12/2017</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
     <t>ASP BODYGUARD</t>
   </si>
   <si>
     <t>1 RUE MONTAIGNE 06400 CANNES</t>
   </si>
   <si>
     <t>01/07/2017</t>
-  </si>
-[...10 lines deleted...]
-    <t>01/12/2017</t>
   </si>
   <si>
     <t>FCAG</t>
   </si>
   <si>
     <t>IMM AVANTAGE C/O BURO CLUB B 1ER ETAGE 11 RUE DES ARTS ET METIERS 97200 FORT-DE-FRANCE</t>
   </si>
   <si>
     <t>01/05/2017</t>
   </si>
   <si>
     <t>02973111897</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>SI GROUPE</t>
   </si>
   <si>
     <t>LD LE BUOT 72400 CHERRE-AU</t>
   </si>
   <si>
     <t>01/11/2019</t>
   </si>
@@ -679,114 +679,114 @@
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
         <v>73310456431</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>75058009400027</v>
+        <v>50905949900038</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="3">
-        <v>93060694206</v>
+        <v>11910677691</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>50905949900038</v>
+        <v>75058009400027</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I4" s="3">
-        <v>11910677691</v>
+        <v>93060694206</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>82975288000015</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>29</v>
       </c>
@@ -811,53 +811,51 @@
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>82981595000029</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="I6" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>84265677900043</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>37</v>
@@ -961,53 +959,51 @@
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>89153404200025</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>31</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I10" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I10" s="3"/>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>89494741500010</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
@@ -1142,31 +1138,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/23/2025 14:02:59</dc:description>
+  <dc:description>Export en date du 02/23/2026 04:52:58</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>