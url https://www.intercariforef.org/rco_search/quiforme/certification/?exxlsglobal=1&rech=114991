--- v0 (2025-11-05)
+++ v1 (2025-12-23)
@@ -58,107 +58,227 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>CHAMBRE DE COMMERCE D INDUSTRIE DE MAINE LOIRE</t>
+  </si>
+  <si>
+    <t>8 BOULEVARD DU ROI RENE 49100 ANGERS</t>
+  </si>
+  <si>
+    <t>01/01/2008</t>
+  </si>
+  <si>
+    <t>94.11Z</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE ALSACE EUROMETROPOLE</t>
+  </si>
+  <si>
+    <t>CCI CAMPUS ALSACE</t>
+  </si>
+  <si>
+    <t>234 AVENUE DE COLMAR 67100 STRASBOURG</t>
+  </si>
+  <si>
+    <t>01/01/2017</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE DE L'ALLIER</t>
+  </si>
+  <si>
+    <t>CCIT DE L'ALLIER - DELEGATION MOULINS</t>
+  </si>
+  <si>
+    <t>17 COURS JEAN JAURES 03000 MOULINS</t>
+  </si>
+  <si>
+    <t>25/11/2016</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE SAONE-DOUBS</t>
+  </si>
+  <si>
+    <t>46 AVENUE VILLARCEAU 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>01/02/2021</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D INDUSTRIE METROPOLE DE BOURGOGNE</t>
+  </si>
+  <si>
+    <t>CCI FORMATION</t>
+  </si>
+  <si>
+    <t>PLACE DES NATIONS UNIES 21000 DIJON</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>CHAMB COMMERCE ET INDUSTRIE HAUTES ALPES</t>
+  </si>
+  <si>
+    <t>CCI HAUTES-ALPES FORMATION</t>
+  </si>
+  <si>
+    <t>36 AVENUE DE LA REPUBLIQUE 05100 BRIANCON</t>
+  </si>
+  <si>
+    <t>01/01/1986</t>
+  </si>
+  <si>
+    <t>9305P001405</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION</t>
+  </si>
+  <si>
+    <t>1 AVENUE MARCEL PROUST 28000 CHARTRES</t>
+  </si>
+  <si>
+    <t>09/09/1985</t>
+  </si>
+  <si>
+    <t>2428P000128</t>
+  </si>
+  <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE DU VAR</t>
+  </si>
+  <si>
+    <t>DIR DES ENSEIGNEMENTS</t>
+  </si>
+  <si>
+    <t>CAMPUS ZI TOULON EST RES LA GRANDE TOURACHE 83130 LA GARDE</t>
+  </si>
+  <si>
+    <t>23/05/1991</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>9383P000183</t>
+  </si>
+  <si>
+    <t>TETRANERGY</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE QUARTZ 216 BOULEVARD JEAN JAURES 97400 SAINT-DENIS</t>
+  </si>
+  <si>
+    <t>01/01/2013</t>
+  </si>
+  <si>
+    <t>40 RUE FRANCOIS DE MAHY 97410 SAINT-PIERRE</t>
+  </si>
+  <si>
+    <t>01/12/2020</t>
+  </si>
+  <si>
+    <t>200 RUE PIERRE CARRERE 12000 RODEZ</t>
+  </si>
+  <si>
+    <t>01/11/2023</t>
+  </si>
+  <si>
     <t>TALIS PARIS</t>
   </si>
   <si>
     <t>100 RUE DU FBG ST ANTOINE 75012 PARIS 12</t>
   </si>
   <si>
     <t>31/07/2008</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...7 lines deleted...]
-  <si>
     <t>POLE FORMATION DES INDUSTRIES TECHNOLOGIQUES</t>
   </si>
   <si>
     <t>6 ROUTE DE MONETEAU 89000 AUXERRE</t>
   </si>
   <si>
     <t>01/10/1989</t>
   </si>
   <si>
-    <t>85.32Z</t>
-[...1 lines deleted...]
-  <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>COMPETENCES PRO</t>
   </si>
   <si>
     <t>16 BOULEVARD GENERAL DE GAULLE 44200 NANTES</t>
   </si>
   <si>
     <t>01/01/2018</t>
   </si>
   <si>
     <t>31/08/2025</t>
   </si>
   <si>
     <t>47 RUE SERGENT MICHEL BERTHET 69009 LYON</t>
   </si>
   <si>
     <t>01/09/2020</t>
   </si>
   <si>
     <t>4 RUE PAUL BERNIES 31200 TOULOUSE</t>
   </si>
   <si>
-    <t>01/12/2020</t>
-[...1 lines deleted...]
-  <si>
     <t>30/06/2025</t>
   </si>
   <si>
     <t>114 RUE LUCIEN FAURE 33300 BORDEAUX</t>
   </si>
   <si>
     <t>01/01/2021</t>
   </si>
   <si>
     <t>39 RUE FERNAND ROBERT 35000 RENNES</t>
   </si>
   <si>
     <t>01/04/2022</t>
   </si>
   <si>
     <t>2 RUE DE LA MARTINELLERIE 49800 TRELAZE</t>
   </si>
   <si>
     <t>01/07/2022</t>
   </si>
   <si>
     <t>5 BD DU PORT D AVAL 80000 AMIENS</t>
   </si>
   <si>
     <t>01/10/2022</t>
@@ -193,315 +313,195 @@
   <si>
     <t>1 RUE SAINTE-MARIE 92400 COURBEVOIE</t>
   </si>
   <si>
     <t>01/01/2025</t>
   </si>
   <si>
     <t>70.10Z</t>
   </si>
   <si>
     <t>SUD'MANAGEMENT ENTREPRISES</t>
   </si>
   <si>
     <t>SITE DE L AGROPLE AGROPOLE 47310 ESTILLAC</t>
   </si>
   <si>
     <t>04/01/1993</t>
   </si>
   <si>
     <t>ASS FORMATION AUX AFFAIRES ET GESTION</t>
   </si>
   <si>
     <t>13/09/1993</t>
   </si>
   <si>
-    <t>85.42Z</t>
-[...1 lines deleted...]
-  <si>
     <t>CFAI DE CHAMPAGNE ARDENNE</t>
   </si>
   <si>
     <t>3 RUE MAX HOLSTE 51100 REIMS</t>
   </si>
   <si>
     <t>28/06/2013</t>
   </si>
   <si>
-    <t>CHAMBRE DE COMMERCE D INDUSTRIE DE MAINE LOIRE</t>
-[...95 lines deleted...]
-    <t>9383P000183</t>
+    <t>TALIS POITIERS</t>
+  </si>
+  <si>
+    <t>13 ALLEE DES ANCIENNES SERRES 86280 SAINT-BENOIT</t>
+  </si>
+  <si>
+    <t>29/05/2007</t>
+  </si>
+  <si>
+    <t>COMPETENCES COMMERCE ET INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>16/04/2013</t>
+  </si>
+  <si>
+    <t>ASSOCIATION POUR LA FORMATION AU MANAGEMENT A LA GESTION ET A L'ENTREPRENEURIAT</t>
+  </si>
+  <si>
+    <t>140 BD MALESHERBES 75017 PARIS 17</t>
+  </si>
+  <si>
+    <t>20/12/2019</t>
+  </si>
+  <si>
+    <t>01/11/2024</t>
+  </si>
+  <si>
+    <t>TREMPLIN 84</t>
+  </si>
+  <si>
+    <t>813 CHEMIN DU PERIGORD 84130 LE PONTET</t>
+  </si>
+  <si>
+    <t>16/01/2017</t>
+  </si>
+  <si>
+    <t>ASSOC JEANNE PERRIMOND</t>
+  </si>
+  <si>
+    <t>244 CHEMIN DU ROUCAS BLANC 13007 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
   </si>
   <si>
     <t>ASSOCIATION DE GESTION DE L' INSTITUT SUPERIEUR D' APPRENTISSAGE DES CCI DE FRANCHE COMTE</t>
   </si>
   <si>
     <t>CS 31726 46 AVENUE VILLARCEAU 25000 BESANCON</t>
   </si>
   <si>
     <t>29/05/2015</t>
   </si>
   <si>
+    <t>TALIS BORDEAUX</t>
+  </si>
+  <si>
+    <t>IPS BERNOM ITS BERNOM CIFAC</t>
+  </si>
+  <si>
+    <t>52/58 52 RUE DE MARSEILLE 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>17/06/2008</t>
+  </si>
+  <si>
     <t>ECOLE SUPERIEURE DE MANAGEMENT DES LANDES</t>
   </si>
   <si>
     <t>293 AVENUE DU MARECHAL FOCH 40000 MONT-DE-MARSAN</t>
   </si>
   <si>
     <t>27/07/2011</t>
   </si>
   <si>
     <t>FORMATION ET METIER</t>
   </si>
   <si>
     <t>368 BOULEVARD HENRI BARNIER 13016 MARSEILLE</t>
   </si>
   <si>
     <t>16/01/1989</t>
   </si>
   <si>
-    <t>ASSOC JEANNE PERRIMOND</t>
-[...5 lines deleted...]
-    <t>01/01/1900</t>
+    <t>CENTRE REGIONAL D'ACTION ET FORMATION SPORT ET SANTE</t>
+  </si>
+  <si>
+    <t>CRAF 2S</t>
+  </si>
+  <si>
+    <t>1 IMPASSE DU VEXIN 14460 COLOMBELLES</t>
+  </si>
+  <si>
+    <t>01/02/2023</t>
+  </si>
+  <si>
+    <t>ASS DE GESTION DU CENTRE DE FORMATION D'APPRENTIS SUPERIEUR DE BOURGOGNE</t>
+  </si>
+  <si>
+    <t>CITE DE L ALTERNANCE BATIMENT SULLY 11 RUE EDGAR FAURE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>02/10/2017</t>
+  </si>
+  <si>
+    <t>5 RUE DE MULHOUSE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>18/07/2024</t>
+  </si>
+  <si>
+    <t>TALIS BAYONNE</t>
+  </si>
+  <si>
+    <t>15 RUE VAUBAN 64100 BAYONNE</t>
+  </si>
+  <si>
+    <t>01/07/2003</t>
   </si>
   <si>
     <t>TALIS DORDOGNE</t>
   </si>
   <si>
     <t>110 AVENUE PAUL DOUMER 24100 BERGERAC</t>
   </si>
   <si>
     <t>01/11/2013</t>
   </si>
   <si>
     <t>CAMPUS REUNION</t>
   </si>
   <si>
     <t>1 ALL FRANCIS SAUTRON 97420 LE PORT</t>
   </si>
   <si>
     <t>01/08/2015</t>
-  </si>
-[...100 lines deleted...]
-    <t>16/01/2017</t>
   </si>
   <si>
     <t>CAMPUS D'ENSEIGNEMENT SUPERIEURE PRIVE DE BREST</t>
   </si>
   <si>
     <t>CESPB</t>
   </si>
   <si>
     <t>475 RUE JOSEPHINE PENCALET 29200 BREST</t>
   </si>
   <si>
     <t>25/09/2015</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
@@ -921,1829 +921,1829 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>35176305700061</v>
+        <v>13000460900017</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
-        <v>11752204675</v>
+        <v>52490236949</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>35250115900011</v>
+        <v>13002267600030</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="D3" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="3">
-        <v>26890094689</v>
+        <v>44670587467</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>38961756400064</v>
+        <v>13002286600011</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="D4" s="2"/>
+      <c r="D4" s="2" t="s">
+        <v>26</v>
+      </c>
       <c r="E4" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="G4" s="2" t="s">
         <v>28</v>
       </c>
+      <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="3">
-        <v>11921788192</v>
+        <v>84030359803</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>38961756400072</v>
+        <v>13002914300018</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="3">
-        <v>11921788192</v>
+        <v>27250354625</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>38961756400080</v>
+        <v>13002948100046</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="D6" s="2"/>
+        <v>32</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>33</v>
+      </c>
       <c r="E6" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="F6" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="I6" s="3">
-        <v>11921788192</v>
+        <v>27210429021</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>38961756400098</v>
+        <v>18050001900039</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="D7" s="2"/>
+        <v>36</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>37</v>
+      </c>
       <c r="E7" s="2" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>11921788192</v>
+        <v>23</v>
+      </c>
+      <c r="I7" s="3" t="s">
+        <v>40</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>38961756400122</v>
+        <v>18280001100047</v>
       </c>
       <c r="B8" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="D8" s="2"/>
+        <v>41</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>42</v>
+      </c>
       <c r="E8" s="2" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>44</v>
+      </c>
+      <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>11921788192</v>
+        <v>35</v>
+      </c>
+      <c r="I8" s="3" t="s">
+        <v>45</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>38961756400130</v>
+        <v>18830001600261</v>
       </c>
       <c r="B9" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="D9" s="2"/>
+        <v>46</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>47</v>
+      </c>
       <c r="E9" s="2" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>39</v>
-[...3 lines deleted...]
-      </c>
+        <v>49</v>
+      </c>
+      <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>11921788192</v>
+        <v>50</v>
+      </c>
+      <c r="I9" s="3" t="s">
+        <v>51</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>38961756400148</v>
+        <v>34277034400055</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>25</v>
+        <v>52</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>41</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="I10" s="3">
-        <v>11921788192</v>
+        <v>98970026297</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>38961756400155</v>
+        <v>34277034400063</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>25</v>
+        <v>52</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>42</v>
+        <v>55</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>56</v>
+      </c>
+      <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="I11" s="3">
-        <v>11921788192</v>
+        <v>98970026297</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>38961756400163</v>
+        <v>34277034400071</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>25</v>
+        <v>52</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>45</v>
-[...3 lines deleted...]
-      </c>
+        <v>58</v>
+      </c>
+      <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="I12" s="3">
-        <v>11921788192</v>
+        <v>98970026297</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>38961756400171</v>
+        <v>35176305700061</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>25</v>
+        <v>59</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>46</v>
+        <v>60</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>47</v>
-[...3 lines deleted...]
-      </c>
+        <v>61</v>
+      </c>
+      <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="I13" s="3">
-        <v>11921788192</v>
+        <v>11752204675</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>38961756400189</v>
+        <v>35250115900011</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>48</v>
+        <v>63</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>47</v>
-[...3 lines deleted...]
-      </c>
+        <v>64</v>
+      </c>
+      <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I14" s="3">
-        <v>11921788192</v>
+        <v>26890094689</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>38961756400205</v>
+        <v>38961756400064</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>24</v>
+        <v>65</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>25</v>
+        <v>66</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>49</v>
+        <v>67</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>50</v>
+        <v>68</v>
       </c>
       <c r="G15" s="2" t="s">
-        <v>28</v>
+        <v>69</v>
       </c>
       <c r="H15" s="2" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="I15" s="3">
         <v>11921788192</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>38961756400213</v>
+        <v>38961756400072</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>24</v>
+        <v>65</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>25</v>
+        <v>66</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>51</v>
+        <v>70</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>52</v>
+        <v>71</v>
       </c>
       <c r="G16" s="2" t="s">
-        <v>28</v>
+        <v>69</v>
       </c>
       <c r="H16" s="2" t="s">
-        <v>53</v>
+        <v>35</v>
       </c>
       <c r="I16" s="3">
         <v>11921788192</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>38980220800014</v>
+        <v>38961756400080</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="G17" s="2"/>
+      <c r="G17" s="2" t="s">
+        <v>73</v>
+      </c>
       <c r="H17" s="2" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="I17" s="3">
-        <v>72470033047</v>
+        <v>11921788192</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>39265054500016</v>
+        <v>38961756400098</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>21</v>
+        <v>74</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="G18" s="2"/>
+        <v>75</v>
+      </c>
+      <c r="G18" s="2" t="s">
+        <v>69</v>
+      </c>
       <c r="H18" s="2" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="I18" s="3"/>
+        <v>35</v>
+      </c>
+      <c r="I18" s="3">
+        <v>11921788192</v>
+      </c>
       <c r="J18" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>40120610700062</v>
+        <v>38961756400122</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>61</v>
+        <v>76</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="G19" s="2"/>
+        <v>77</v>
+      </c>
+      <c r="G19" s="2" t="s">
+        <v>69</v>
+      </c>
       <c r="H19" s="2" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="I19" s="3">
-        <v>44510203351</v>
+        <v>11921788192</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>13000460900017</v>
+        <v>38961756400130</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>64</v>
+        <v>78</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="G20" s="2"/>
+        <v>79</v>
+      </c>
+      <c r="G20" s="2" t="s">
+        <v>69</v>
+      </c>
       <c r="H20" s="2" t="s">
-        <v>66</v>
+        <v>35</v>
       </c>
       <c r="I20" s="3">
-        <v>52490236949</v>
+        <v>11921788192</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>13002267600030</v>
+        <v>38961756400148</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>67</v>
-[...3 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="F21" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="G21" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="F21" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="I21" s="3">
-        <v>44670587467</v>
+        <v>11921788192</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>13002286600011</v>
+        <v>38961756400155</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="G22" s="2"/>
+        <v>83</v>
+      </c>
+      <c r="G22" s="2" t="s">
+        <v>69</v>
+      </c>
       <c r="H22" s="2" t="s">
-        <v>66</v>
+        <v>35</v>
       </c>
       <c r="I22" s="3">
-        <v>84030359803</v>
+        <v>11921788192</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>13002914300018</v>
+        <v>38961756400163</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>76</v>
+        <v>84</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="G23" s="2"/>
+        <v>85</v>
+      </c>
+      <c r="G23" s="2" t="s">
+        <v>69</v>
+      </c>
       <c r="H23" s="2" t="s">
-        <v>66</v>
+        <v>35</v>
       </c>
       <c r="I23" s="3">
-        <v>27250354625</v>
+        <v>11921788192</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>13002948100046</v>
+        <v>38961756400171</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>78</v>
-[...3 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="G24" s="2"/>
+        <v>87</v>
+      </c>
+      <c r="G24" s="2" t="s">
+        <v>69</v>
+      </c>
       <c r="H24" s="2" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="I24" s="3">
-        <v>27210429021</v>
+        <v>11921788192</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>18050001900039</v>
+        <v>38961756400189</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>81</v>
-[...3 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="G25" s="2"/>
+        <v>87</v>
+      </c>
+      <c r="G25" s="2" t="s">
+        <v>69</v>
+      </c>
       <c r="H25" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>85</v>
+        <v>35</v>
+      </c>
+      <c r="I25" s="3">
+        <v>11921788192</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>18280001100047</v>
+        <v>38961756400205</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>86</v>
-[...3 lines deleted...]
-      </c>
+        <v>66</v>
+      </c>
+      <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="G26" s="2"/>
+        <v>90</v>
+      </c>
+      <c r="G26" s="2" t="s">
+        <v>69</v>
+      </c>
       <c r="H26" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>90</v>
+        <v>35</v>
+      </c>
+      <c r="I26" s="3">
+        <v>11921788192</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>18830001600261</v>
+        <v>38961756400213</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="C27" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="D27" s="2"/>
+      <c r="E27" s="2" t="s">
         <v>91</v>
       </c>
-      <c r="D27" s="2" t="s">
+      <c r="F27" s="2" t="s">
         <v>92</v>
       </c>
-      <c r="E27" s="2" t="s">
+      <c r="G27" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="H27" s="2" t="s">
         <v>93</v>
       </c>
-      <c r="F27" s="2" t="s">
-[...7 lines deleted...]
-        <v>95</v>
+      <c r="I27" s="3">
+        <v>11921788192</v>
       </c>
       <c r="J27" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L27" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>48998104300024</v>
+        <v>38980220800014</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>59</v>
+        <v>35</v>
       </c>
       <c r="I28" s="3">
-        <v>27250353625</v>
+        <v>72470033047</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>53379925000014</v>
+        <v>39265054500016</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>100</v>
+        <v>63</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="I29" s="3"/>
       <c r="J29" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>77555830700093</v>
+        <v>40120610700062</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I30" s="3">
-        <v>93130322913</v>
+        <v>44510203351</v>
       </c>
       <c r="J30" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>78288388800029</v>
+        <v>41885869200043</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="I31" s="3">
-        <v>93130682213</v>
+        <v>54860068686</v>
       </c>
       <c r="J31" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>79811982200012</v>
+        <v>42072056700122</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>109</v>
+        <v>70</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="I32" s="3">
-        <v>72240167724</v>
+        <v>11753145575</v>
       </c>
       <c r="J32" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>80521403800020</v>
+        <v>42072056700304</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>112</v>
+        <v>91</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>113</v>
+        <v>92</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>17</v>
+        <v>93</v>
       </c>
       <c r="I33" s="3">
-        <v>98970429597</v>
+        <v>11753145575</v>
       </c>
       <c r="J33" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>50876465100024</v>
+        <v>42084724600238</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>13</v>
+        <v>65</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>114</v>
+        <v>107</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>115</v>
+        <v>108</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>116</v>
-[...1 lines deleted...]
-      <c r="G34" s="2"/>
+        <v>109</v>
+      </c>
+      <c r="G34" s="2" t="s">
+        <v>73</v>
+      </c>
       <c r="H34" s="2" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="I34" s="3">
-        <v>27210417621</v>
+        <v>11754013675</v>
       </c>
       <c r="J34" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>50876465100032</v>
+        <v>42084724600345</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>114</v>
+        <v>107</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>117</v>
+        <v>91</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>118</v>
+        <v>110</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>59</v>
+        <v>35</v>
       </c>
       <c r="I35" s="3">
-        <v>27210417621</v>
+        <v>11754013675</v>
       </c>
       <c r="J35" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>52037450500045</v>
+        <v>42416131300038</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>119</v>
-[...3 lines deleted...]
-      </c>
+        <v>111</v>
+      </c>
+      <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>121</v>
+        <v>112</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>122</v>
+        <v>113</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="I36" s="3">
-        <v>25140235814</v>
+        <v>93840213484</v>
       </c>
       <c r="J36" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>33851631300065</v>
+        <v>78288388800029</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>123</v>
-[...3 lines deleted...]
-      </c>
+        <v>114</v>
+      </c>
+      <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>125</v>
+        <v>115</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>126</v>
+        <v>116</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I37" s="3">
-        <v>72330615033</v>
+        <v>93130682213</v>
       </c>
       <c r="J37" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M37" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>33882972400040</v>
+        <v>48998104300024</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>127</v>
+        <v>117</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>128</v>
+        <v>118</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>129</v>
+        <v>119</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>59</v>
+        <v>50</v>
       </c>
       <c r="I38" s="3">
-        <v>72640035164</v>
+        <v>27250353625</v>
       </c>
       <c r="J38" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>34277034400055</v>
+        <v>33851631300065</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>130</v>
-[...1 lines deleted...]
-      <c r="D39" s="2"/>
+        <v>120</v>
+      </c>
+      <c r="D39" s="2" t="s">
+        <v>121</v>
+      </c>
       <c r="E39" s="2" t="s">
-        <v>131</v>
+        <v>122</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>132</v>
+        <v>123</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="I39" s="3">
-        <v>98970026297</v>
+        <v>72330615033</v>
       </c>
       <c r="J39" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M39" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>34277034400063</v>
+        <v>53379925000014</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>133</v>
+        <v>125</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>32</v>
+        <v>126</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="I40" s="3">
-        <v>98970026297</v>
+        <v>72400095540</v>
       </c>
       <c r="J40" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M40" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>34277034400071</v>
+        <v>77555830700093</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>135</v>
+        <v>129</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I41" s="3">
-        <v>98970026297</v>
+        <v>93130322913</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>41885869200043</v>
+        <v>52037450500045</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>136</v>
-[...1 lines deleted...]
-      <c r="D42" s="2"/>
+        <v>130</v>
+      </c>
+      <c r="D42" s="2" t="s">
+        <v>131</v>
+      </c>
       <c r="E42" s="2" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="I42" s="3">
-        <v>54860068686</v>
+        <v>25140235814</v>
       </c>
       <c r="J42" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K42" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M42" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>42072056700122</v>
+        <v>50876465100024</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>29</v>
+        <v>135</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I43" s="3">
-        <v>11753145575</v>
+        <v>27210417621</v>
       </c>
       <c r="J43" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K43" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M43" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>42072056700304</v>
+        <v>50876465100032</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>51</v>
+        <v>137</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>52</v>
+        <v>138</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="I44" s="3">
-        <v>11753145575</v>
+        <v>27210417621</v>
       </c>
       <c r="J44" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K44" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M44" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>42084724600238</v>
+        <v>33882972400040</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>143</v>
-[...3 lines deleted...]
-      </c>
+        <v>141</v>
+      </c>
+      <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="I45" s="3">
-        <v>11754013675</v>
+        <v>72640035164</v>
       </c>
       <c r="J45" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>42084724600345</v>
+        <v>79811982200012</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>51</v>
+        <v>143</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>144</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="I46" s="3">
-        <v>11754013675</v>
+        <v>72240167724</v>
       </c>
       <c r="J46" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M46" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>42416131300038</v>
+        <v>80521403800020</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>145</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
         <v>146</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>147</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>17</v>
+        <v>35</v>
       </c>
       <c r="I47" s="3">
-        <v>93840213484</v>
+        <v>98970429597</v>
       </c>
       <c r="J47" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K47" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M47" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
         <v>81398319400016</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>148</v>
       </c>
       <c r="D48" s="2" t="s">
         <v>149</v>
       </c>
       <c r="E48" s="2" t="s">
         <v>150</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>151</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>152</v>
       </c>
       <c r="I48" s="3">
         <v>53290892529</v>
       </c>
       <c r="J48" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M48" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -2756,31 +2756,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 03:12:49</dc:description>
+  <dc:description>Export en date du 12/23/2025 13:13:28</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>