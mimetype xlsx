--- v1 (2025-12-23)
+++ v2 (2026-02-08)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="153">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="154">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -172,92 +172,116 @@
   <si>
     <t>09/09/1985</t>
   </si>
   <si>
     <t>2428P000128</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE DU VAR</t>
   </si>
   <si>
     <t>DIR DES ENSEIGNEMENTS</t>
   </si>
   <si>
     <t>CAMPUS ZI TOULON EST RES LA GRANDE TOURACHE 83130 LA GARDE</t>
   </si>
   <si>
     <t>23/05/1991</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>9383P000183</t>
   </si>
   <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>TALIS BORDEAUX</t>
+  </si>
+  <si>
+    <t>IPS BERNOM ITS BERNOM CIFAC</t>
+  </si>
+  <si>
+    <t>52/58 52 RUE DE MARSEILLE 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>17/06/2008</t>
+  </si>
+  <si>
+    <t>31/12/2025</t>
+  </si>
+  <si>
+    <t>TALIS BAYONNE</t>
+  </si>
+  <si>
+    <t>15 RUE VAUBAN 64100 BAYONNE</t>
+  </si>
+  <si>
+    <t>01/07/2003</t>
+  </si>
+  <si>
     <t>TETRANERGY</t>
   </si>
   <si>
     <t>IMMEUBLE LE QUARTZ 216 BOULEVARD JEAN JAURES 97400 SAINT-DENIS</t>
   </si>
   <si>
     <t>01/01/2013</t>
   </si>
   <si>
     <t>40 RUE FRANCOIS DE MAHY 97410 SAINT-PIERRE</t>
   </si>
   <si>
     <t>01/12/2020</t>
   </si>
   <si>
     <t>200 RUE PIERRE CARRERE 12000 RODEZ</t>
   </si>
   <si>
     <t>01/11/2023</t>
   </si>
   <si>
     <t>TALIS PARIS</t>
   </si>
   <si>
     <t>100 RUE DU FBG ST ANTOINE 75012 PARIS 12</t>
   </si>
   <si>
     <t>31/07/2008</t>
   </si>
   <si>
     <t>POLE FORMATION DES INDUSTRIES TECHNOLOGIQUES</t>
   </si>
   <si>
     <t>6 ROUTE DE MONETEAU 89000 AUXERRE</t>
   </si>
   <si>
     <t>01/10/1989</t>
   </si>
   <si>
-    <t>Fermé</t>
-[...1 lines deleted...]
-  <si>
     <t>COMPETENCES PRO</t>
   </si>
   <si>
     <t>16 BOULEVARD GENERAL DE GAULLE 44200 NANTES</t>
   </si>
   <si>
     <t>01/01/2018</t>
   </si>
   <si>
     <t>31/08/2025</t>
   </si>
   <si>
     <t>47 RUE SERGENT MICHEL BERTHET 69009 LYON</t>
   </si>
   <si>
     <t>01/09/2020</t>
   </si>
   <si>
     <t>4 RUE PAUL BERNIES 31200 TOULOUSE</t>
   </si>
   <si>
     <t>30/06/2025</t>
   </si>
   <si>
     <t>114 RUE LUCIEN FAURE 33300 BORDEAUX</t>
@@ -313,177 +337,156 @@
   <si>
     <t>1 RUE SAINTE-MARIE 92400 COURBEVOIE</t>
   </si>
   <si>
     <t>01/01/2025</t>
   </si>
   <si>
     <t>70.10Z</t>
   </si>
   <si>
     <t>SUD'MANAGEMENT ENTREPRISES</t>
   </si>
   <si>
     <t>SITE DE L AGROPLE AGROPOLE 47310 ESTILLAC</t>
   </si>
   <si>
     <t>04/01/1993</t>
   </si>
   <si>
     <t>ASS FORMATION AUX AFFAIRES ET GESTION</t>
   </si>
   <si>
     <t>13/09/1993</t>
   </si>
   <si>
+    <t>ASSOCIATION DE GESTION DE L' INSTITUT SUPERIEUR D' APPRENTISSAGE DES CCI DE FRANCHE COMTE</t>
+  </si>
+  <si>
+    <t>CS 31726 46 AVENUE VILLARCEAU 25000 BESANCON</t>
+  </si>
+  <si>
+    <t>29/05/2015</t>
+  </si>
+  <si>
     <t>CFAI DE CHAMPAGNE ARDENNE</t>
   </si>
   <si>
     <t>3 RUE MAX HOLSTE 51100 REIMS</t>
   </si>
   <si>
     <t>28/06/2013</t>
   </si>
   <si>
     <t>TALIS POITIERS</t>
   </si>
   <si>
     <t>13 ALLEE DES ANCIENNES SERRES 86280 SAINT-BENOIT</t>
   </si>
   <si>
     <t>29/05/2007</t>
   </si>
   <si>
     <t>COMPETENCES COMMERCE ET INTERNATIONAL</t>
   </si>
   <si>
     <t>16/04/2013</t>
   </si>
   <si>
     <t>ASSOCIATION POUR LA FORMATION AU MANAGEMENT A LA GESTION ET A L'ENTREPRENEURIAT</t>
   </si>
   <si>
     <t>140 BD MALESHERBES 75017 PARIS 17</t>
   </si>
   <si>
     <t>20/12/2019</t>
   </si>
   <si>
     <t>01/11/2024</t>
   </si>
   <si>
     <t>TREMPLIN 84</t>
   </si>
   <si>
     <t>813 CHEMIN DU PERIGORD 84130 LE PONTET</t>
   </si>
   <si>
     <t>16/01/2017</t>
   </si>
   <si>
+    <t>ASS DE GESTION DU CENTRE DE FORMATION D'APPRENTIS SUPERIEUR DE BOURGOGNE</t>
+  </si>
+  <si>
+    <t>CITE DE L ALTERNANCE BATIMENT SULLY 11 RUE EDGAR FAURE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>02/10/2017</t>
+  </si>
+  <si>
+    <t>5 RUE DE MULHOUSE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>18/07/2024</t>
+  </si>
+  <si>
+    <t>CENTRE REGIONAL D'ACTION ET FORMATION SPORT ET SANTE</t>
+  </si>
+  <si>
+    <t>CRAF 2S</t>
+  </si>
+  <si>
+    <t>1 IMPASSE DU VEXIN 14460 COLOMBELLES</t>
+  </si>
+  <si>
+    <t>01/02/2023</t>
+  </si>
+  <si>
+    <t>ECOLE SUPERIEURE DE MANAGEMENT DES LANDES</t>
+  </si>
+  <si>
+    <t>293 AVENUE DU MARECHAL FOCH 40000 MONT-DE-MARSAN</t>
+  </si>
+  <si>
+    <t>27/07/2011</t>
+  </si>
+  <si>
+    <t>FORMATION ET METIER</t>
+  </si>
+  <si>
+    <t>368 BOULEVARD HENRI BARNIER 13016 MARSEILLE</t>
+  </si>
+  <si>
+    <t>16/01/1989</t>
+  </si>
+  <si>
     <t>ASSOC JEANNE PERRIMOND</t>
   </si>
   <si>
     <t>244 CHEMIN DU ROUCAS BLANC 13007 MARSEILLE</t>
   </si>
   <si>
     <t>01/01/1900</t>
-  </si>
-[...73 lines deleted...]
-    <t>01/07/2003</t>
   </si>
   <si>
     <t>TALIS DORDOGNE</t>
   </si>
   <si>
     <t>110 AVENUE PAUL DOUMER 24100 BERGERAC</t>
   </si>
   <si>
     <t>01/11/2013</t>
   </si>
   <si>
     <t>CAMPUS REUNION</t>
   </si>
   <si>
     <t>1 ALL FRANCIS SAUTRON 97420 LE PORT</t>
   </si>
   <si>
     <t>01/08/2015</t>
   </si>
   <si>
     <t>CAMPUS D'ENSEIGNEMENT SUPERIEURE PRIVE DE BREST</t>
   </si>
   <si>
     <t>CESPB</t>
   </si>
@@ -1098,51 +1101,51 @@
         <v>13002948100046</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I6" s="3">
         <v>27210429021</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>18050001900039</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="E7" s="2" t="s">
@@ -1229,1506 +1232,1508 @@
       <c r="F9" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>50</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>51</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>34277034400055</v>
+        <v>33851631300065</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>13</v>
+        <v>52</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="D10" s="2"/>
+        <v>53</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>54</v>
+      </c>
       <c r="E10" s="2" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>54</v>
-[...1 lines deleted...]
-      <c r="G10" s="2"/>
+        <v>56</v>
+      </c>
+      <c r="G10" s="2" t="s">
+        <v>57</v>
+      </c>
       <c r="H10" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I10" s="3">
-        <v>98970026297</v>
+        <v>72330615033</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>34277034400063</v>
+        <v>33882972400040</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="I11" s="3">
-        <v>98970026297</v>
+        <v>72640035164</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>34277034400071</v>
+        <v>34277034400055</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I12" s="3">
         <v>98970026297</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>35176305700061</v>
+        <v>34277034400063</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I13" s="3">
-        <v>11752204675</v>
+        <v>98970026297</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>35250115900011</v>
+        <v>34277034400071</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="I14" s="3">
-        <v>26890094689</v>
+        <v>98970026297</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>38961756400064</v>
+        <v>35176305700061</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>65</v>
+        <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>68</v>
-[...3 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I15" s="3">
-        <v>11921788192</v>
+        <v>11752204675</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>38961756400072</v>
+        <v>35250115900011</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>65</v>
+        <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>73</v>
+      </c>
+      <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="I16" s="3">
-        <v>11921788192</v>
+        <v>26890094689</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>38961756400080</v>
+        <v>38961756400064</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>56</v>
+        <v>76</v>
       </c>
       <c r="G17" s="2" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I17" s="3">
         <v>11921788192</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>38961756400098</v>
+        <v>38961756400072</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="G18" s="2" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I18" s="3">
         <v>11921788192</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>38961756400122</v>
+        <v>38961756400080</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>77</v>
+        <v>65</v>
       </c>
       <c r="G19" s="2" t="s">
-        <v>69</v>
+        <v>81</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I19" s="3">
         <v>11921788192</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>38961756400130</v>
+        <v>38961756400098</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="G20" s="2" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I20" s="3">
         <v>11921788192</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>38961756400148</v>
+        <v>38961756400122</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="G21" s="2" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I21" s="3">
         <v>11921788192</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>38961756400155</v>
+        <v>38961756400130</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="G22" s="2" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I22" s="3">
         <v>11921788192</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>38961756400163</v>
+        <v>38961756400148</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="G23" s="2" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I23" s="3">
         <v>11921788192</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>38961756400171</v>
+        <v>38961756400155</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="G24" s="2" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I24" s="3">
         <v>11921788192</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>38961756400189</v>
+        <v>38961756400163</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="G25" s="2" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I25" s="3">
         <v>11921788192</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>38961756400205</v>
+        <v>38961756400171</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="G26" s="2" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I26" s="3">
         <v>11921788192</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>38961756400213</v>
+        <v>38961756400189</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>65</v>
+        <v>52</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="G27" s="2" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="H27" s="2" t="s">
-        <v>93</v>
+        <v>35</v>
       </c>
       <c r="I27" s="3">
         <v>11921788192</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>38980220800014</v>
+        <v>38961756400205</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>13</v>
+        <v>52</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>94</v>
+        <v>74</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="G28" s="2"/>
+        <v>98</v>
+      </c>
+      <c r="G28" s="2" t="s">
+        <v>77</v>
+      </c>
       <c r="H28" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I28" s="3">
-        <v>72470033047</v>
+        <v>11921788192</v>
       </c>
       <c r="J28" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>39265054500016</v>
+        <v>38961756400213</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>13</v>
+        <v>52</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>97</v>
+        <v>74</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>63</v>
+        <v>99</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="G29" s="2"/>
+        <v>100</v>
+      </c>
+      <c r="G29" s="2" t="s">
+        <v>77</v>
+      </c>
       <c r="H29" s="2" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="I29" s="3"/>
+        <v>101</v>
+      </c>
+      <c r="I29" s="3">
+        <v>11921788192</v>
+      </c>
       <c r="J29" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>40120610700062</v>
+        <v>38980220800014</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="I30" s="3">
-        <v>44510203351</v>
+        <v>72470033047</v>
       </c>
       <c r="J30" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>41885869200043</v>
+        <v>39265054500016</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>103</v>
+        <v>72</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="I31" s="3"/>
       <c r="J31" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>42072056700122</v>
+        <v>48998104300024</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>70</v>
+        <v>108</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="I32" s="3">
-        <v>11753145575</v>
+        <v>27250353625</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>42072056700304</v>
+        <v>40120610700062</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>91</v>
+        <v>111</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>92</v>
+        <v>112</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>93</v>
+        <v>23</v>
       </c>
       <c r="I33" s="3">
-        <v>11753145575</v>
+        <v>44510203351</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>42084724600238</v>
+        <v>41885869200043</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>65</v>
+        <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>109</v>
-[...3 lines deleted...]
-      </c>
+        <v>115</v>
+      </c>
+      <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I34" s="3">
-        <v>11754013675</v>
+        <v>54860068686</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>42084724600345</v>
+        <v>42072056700122</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>91</v>
+        <v>78</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I35" s="3">
-        <v>11754013675</v>
+        <v>11753145575</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>42416131300038</v>
+        <v>42072056700304</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>112</v>
+        <v>99</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>113</v>
+        <v>100</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>35</v>
+        <v>101</v>
       </c>
       <c r="I36" s="3">
-        <v>93840213484</v>
+        <v>11753145575</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>78288388800029</v>
+        <v>42084724600238</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>13</v>
+        <v>52</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>116</v>
-[...1 lines deleted...]
-      <c r="G37" s="2"/>
+        <v>120</v>
+      </c>
+      <c r="G37" s="2" t="s">
+        <v>81</v>
+      </c>
       <c r="H37" s="2" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="I37" s="3">
-        <v>93130682213</v>
+        <v>11754013675</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>48998104300024</v>
+        <v>42084724600345</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>118</v>
+        <v>99</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="I38" s="3">
-        <v>27250353625</v>
+        <v>11754013675</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>33851631300065</v>
+        <v>42416131300038</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>120</v>
-[...3 lines deleted...]
-      </c>
+        <v>122</v>
+      </c>
+      <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I39" s="3">
-        <v>72330615033</v>
+        <v>93840213484</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>53379925000014</v>
+        <v>50876465100024</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="I40" s="3">
-        <v>72400095540</v>
+        <v>27210417621</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>77555830700093</v>
+        <v>50876465100032</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
         <v>128</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>129</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>23</v>
+        <v>50</v>
       </c>
       <c r="I41" s="3">
-        <v>93130322913</v>
+        <v>27210417621</v>
       </c>
       <c r="J41" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
         <v>52037450500045</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>130</v>
       </c>
       <c r="D42" s="2" t="s">
         <v>131</v>
       </c>
       <c r="E42" s="2" t="s">
         <v>132</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>133</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I42" s="3">
         <v>25140235814</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>50876465100024</v>
+        <v>53379925000014</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>134</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
         <v>135</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>136</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="I43" s="3">
-        <v>27210417621</v>
+        <v>72400095540</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>50876465100032</v>
+        <v>77555830700093</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I44" s="3">
-        <v>27210417621</v>
+        <v>93130322913</v>
       </c>
       <c r="J44" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>33882972400040</v>
+        <v>78288388800029</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I45" s="3">
-        <v>72640035164</v>
+        <v>93130682213</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K45" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M45" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
         <v>79811982200012</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I46" s="3">
         <v>72240167724</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
         <v>80521403800020</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I47" s="3">
         <v>98970429597</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
         <v>81398319400016</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D48" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E48" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="I48" s="3">
         <v>53290892529</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -2756,31 +2761,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/23/2025 13:13:28</dc:description>
+  <dc:description>Export en date du 02/08/2026 02:38:43</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>