--- v2 (2026-02-08)
+++ v3 (2026-03-25)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="154">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="157">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -172,50 +172,74 @@
   <si>
     <t>09/09/1985</t>
   </si>
   <si>
     <t>2428P000128</t>
   </si>
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE TERRITORIALE DU VAR</t>
   </si>
   <si>
     <t>DIR DES ENSEIGNEMENTS</t>
   </si>
   <si>
     <t>CAMPUS ZI TOULON EST RES LA GRANDE TOURACHE 83130 LA GARDE</t>
   </si>
   <si>
     <t>23/05/1991</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>9383P000183</t>
   </si>
   <si>
+    <t>ASS DE GESTION DU CENTRE DE FORMATION D'APPRENTIS SUPERIEUR DE BOURGOGNE</t>
+  </si>
+  <si>
+    <t>CITE DE L ALTERNANCE BATIMENT SULLY 11 RUE EDGAR FAURE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>02/10/2017</t>
+  </si>
+  <si>
+    <t>5 RUE DE MULHOUSE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>18/07/2024</t>
+  </si>
+  <si>
+    <t>TREMPLIN 84</t>
+  </si>
+  <si>
+    <t>813 CHEMIN DU PERIGORD 84130 LE PONTET</t>
+  </si>
+  <si>
+    <t>16/01/2017</t>
+  </si>
+  <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>TALIS BORDEAUX</t>
   </si>
   <si>
     <t>IPS BERNOM ITS BERNOM CIFAC</t>
   </si>
   <si>
     <t>52/58 52 RUE DE MARSEILLE 33000 BORDEAUX</t>
   </si>
   <si>
     <t>17/06/2008</t>
   </si>
   <si>
     <t>31/12/2025</t>
   </si>
   <si>
     <t>TALIS BAYONNE</t>
   </si>
   <si>
     <t>15 RUE VAUBAN 64100 BAYONNE</t>
   </si>
   <si>
     <t>01/07/2003</t>
@@ -337,119 +361,95 @@
   <si>
     <t>1 RUE SAINTE-MARIE 92400 COURBEVOIE</t>
   </si>
   <si>
     <t>01/01/2025</t>
   </si>
   <si>
     <t>70.10Z</t>
   </si>
   <si>
     <t>SUD'MANAGEMENT ENTREPRISES</t>
   </si>
   <si>
     <t>SITE DE L AGROPLE AGROPOLE 47310 ESTILLAC</t>
   </si>
   <si>
     <t>04/01/1993</t>
   </si>
   <si>
     <t>ASS FORMATION AUX AFFAIRES ET GESTION</t>
   </si>
   <si>
     <t>13/09/1993</t>
   </si>
   <si>
+    <t>CFAI DE CHAMPAGNE ARDENNE</t>
+  </si>
+  <si>
+    <t>3 RUE MAX HOLSTE 51100 REIMS</t>
+  </si>
+  <si>
+    <t>28/06/2013</t>
+  </si>
+  <si>
+    <t>TALIS POITIERS</t>
+  </si>
+  <si>
+    <t>13 ALLEE DES ANCIENNES SERRES 86280 SAINT-BENOIT</t>
+  </si>
+  <si>
+    <t>29/05/2007</t>
+  </si>
+  <si>
+    <t>COMPETENCES COMMERCE ET INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>16/04/2013</t>
+  </si>
+  <si>
+    <t>ASSOCIATION POUR LA FORMATION AU MANAGEMENT A LA GESTION ET A L'ENTREPRENEURIAT</t>
+  </si>
+  <si>
+    <t>140 BD MALESHERBES 75017 PARIS 17</t>
+  </si>
+  <si>
+    <t>20/12/2019</t>
+  </si>
+  <si>
+    <t>01/11/2024</t>
+  </si>
+  <si>
     <t>ASSOCIATION DE GESTION DE L' INSTITUT SUPERIEUR D' APPRENTISSAGE DES CCI DE FRANCHE COMTE</t>
   </si>
   <si>
     <t>CS 31726 46 AVENUE VILLARCEAU 25000 BESANCON</t>
   </si>
   <si>
     <t>29/05/2015</t>
   </si>
   <si>
-    <t>CFAI DE CHAMPAGNE ARDENNE</t>
-[...58 lines deleted...]
-  <si>
     <t>CENTRE REGIONAL D'ACTION ET FORMATION SPORT ET SANTE</t>
   </si>
   <si>
     <t>CRAF 2S</t>
   </si>
   <si>
     <t>1 IMPASSE DU VEXIN 14460 COLOMBELLES</t>
   </si>
   <si>
     <t>01/02/2023</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE DE MANAGEMENT DES LANDES</t>
   </si>
   <si>
     <t>293 AVENUE DU MARECHAL FOCH 40000 MONT-DE-MARSAN</t>
   </si>
   <si>
     <t>27/07/2011</t>
   </si>
   <si>
     <t>FORMATION ET METIER</t>
   </si>
   <si>
     <t>368 BOULEVARD HENRI BARNIER 13016 MARSEILLE</t>
@@ -476,50 +476,59 @@
     <t>01/11/2013</t>
   </si>
   <si>
     <t>CAMPUS REUNION</t>
   </si>
   <si>
     <t>1 ALL FRANCIS SAUTRON 97420 LE PORT</t>
   </si>
   <si>
     <t>01/08/2015</t>
   </si>
   <si>
     <t>CAMPUS D'ENSEIGNEMENT SUPERIEURE PRIVE DE BREST</t>
   </si>
   <si>
     <t>CESPB</t>
   </si>
   <si>
     <t>475 RUE JOSEPHINE PENCALET 29200 BREST</t>
   </si>
   <si>
     <t>25/09/2015</t>
   </si>
   <si>
     <t>85.59B</t>
+  </si>
+  <si>
+    <t>ECOLE D ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE ET MOSELLE</t>
+  </si>
+  <si>
+    <t>3 RUE DU MOUZON 54520 LAXOU</t>
+  </si>
+  <si>
+    <t>01/04/2020</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -858,51 +867,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:M48"/>
+  <dimension ref="A1:M49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="17" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="50" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="15" customWidth="true" style="2"/>
     <col min="7" max="7" width="15" customWidth="true" style="2"/>
     <col min="8" max="8" width="11" customWidth="true" style="2"/>
     <col min="9" max="9" width="12" customWidth="true" style="3"/>
     <col min="10" max="10" width="17" customWidth="true" style="2"/>
     <col min="11" max="11" width="17" customWidth="true" style="2"/>
     <col min="12" max="12" width="17" customWidth="true" style="2"/>
     <col min="13" max="13" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="4" t="s">
         <v>0</v>
@@ -1232,1248 +1241,1218 @@
       <c r="F9" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>50</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>51</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>33851631300065</v>
+        <v>50876465100024</v>
       </c>
       <c r="B10" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C10" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="C10" s="2" t="s">
+      <c r="D10" s="2"/>
+      <c r="E10" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="D10" s="2" t="s">
+      <c r="F10" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="E10" s="2" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="I10" s="3">
-        <v>72330615033</v>
+        <v>27210417621</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>33882972400040</v>
+        <v>50876465100032</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="I11" s="3">
-        <v>72640035164</v>
+        <v>27210417621</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>34277034400055</v>
+        <v>42416131300038</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I12" s="3">
-        <v>98970026297</v>
+        <v>93840213484</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>34277034400063</v>
+        <v>33851631300065</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>61</v>
       </c>
-      <c r="D13" s="2"/>
+      <c r="D13" s="2" t="s">
+        <v>62</v>
+      </c>
       <c r="E13" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="F13" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="F13" s="2" t="s">
+      <c r="G13" s="2" t="s">
         <v>65</v>
       </c>
-      <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="I13" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I13" s="3"/>
       <c r="J13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>34277034400071</v>
+        <v>33882972400040</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="I14" s="3">
-        <v>98970026297</v>
+        <v>72640035164</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>35176305700061</v>
+        <v>34277034400055</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I15" s="3">
-        <v>11752204675</v>
+        <v>98970026297</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>35250115900011</v>
+        <v>34277034400063</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>72</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>73</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="I16" s="3">
-        <v>26890094689</v>
+        <v>98970026297</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>38961756400064</v>
+        <v>34277034400071</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="F17" s="2" t="s">
         <v>75</v>
       </c>
-      <c r="F17" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I17" s="3">
-        <v>11921788192</v>
+        <v>98970026297</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>38961756400072</v>
+        <v>35176305700061</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>78</v>
       </c>
-      <c r="F18" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I18" s="3">
-        <v>11921788192</v>
+        <v>11752204675</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>38961756400080</v>
+        <v>35250115900011</v>
       </c>
       <c r="B19" s="2" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>80</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="G19" s="2" t="s">
         <v>81</v>
       </c>
+      <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="I19" s="3">
-        <v>11921788192</v>
+        <v>26890094689</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>38961756400098</v>
+        <v>38961756400064</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="G20" s="2" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="I20" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I20" s="3"/>
       <c r="J20" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>38961756400122</v>
+        <v>38961756400072</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="F21" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="G21" s="2" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="I21" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I21" s="3"/>
       <c r="J21" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>38961756400130</v>
+        <v>38961756400080</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>87</v>
+        <v>73</v>
       </c>
       <c r="G22" s="2" t="s">
-        <v>77</v>
+        <v>89</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="I22" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I22" s="3"/>
       <c r="J22" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>38961756400148</v>
+        <v>38961756400098</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="G23" s="2" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="I23" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I23" s="3"/>
       <c r="J23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>38961756400155</v>
+        <v>38961756400122</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="G24" s="2" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="I24" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I24" s="3"/>
       <c r="J24" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>38961756400163</v>
+        <v>38961756400130</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="G25" s="2" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="I25" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I25" s="3"/>
       <c r="J25" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>38961756400171</v>
+        <v>38961756400148</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="G26" s="2" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="H26" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="I26" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I26" s="3"/>
       <c r="J26" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>38961756400189</v>
+        <v>38961756400155</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="G27" s="2" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="H27" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="I27" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I27" s="3"/>
       <c r="J27" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>38961756400205</v>
+        <v>38961756400163</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="G28" s="2" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="I28" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I28" s="3"/>
       <c r="J28" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>38961756400213</v>
+        <v>38961756400171</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="G29" s="2" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="H29" s="2" t="s">
-        <v>101</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="I29" s="3"/>
       <c r="J29" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>38980220800014</v>
+        <v>38961756400189</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>102</v>
+        <v>82</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="F30" s="2" t="s">
         <v>103</v>
       </c>
-      <c r="F30" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G30" s="2"/>
+      <c r="G30" s="2" t="s">
+        <v>85</v>
+      </c>
       <c r="H30" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="I30" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I30" s="3"/>
       <c r="J30" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>39265054500016</v>
+        <v>38961756400205</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>105</v>
+        <v>82</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>72</v>
+        <v>105</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>106</v>
       </c>
-      <c r="G31" s="2"/>
+      <c r="G31" s="2" t="s">
+        <v>85</v>
+      </c>
       <c r="H31" s="2" t="s">
-        <v>50</v>
+        <v>35</v>
       </c>
       <c r="I31" s="3"/>
       <c r="J31" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>48998104300024</v>
+        <v>38961756400213</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>107</v>
+        <v>82</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="F32" s="2" t="s">
         <v>108</v>
       </c>
-      <c r="F32" s="2" t="s">
+      <c r="G32" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="H32" s="2" t="s">
         <v>109</v>
       </c>
-      <c r="G32" s="2"/>
-[...5 lines deleted...]
-      </c>
+      <c r="I32" s="3"/>
       <c r="J32" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M32" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>40120610700062</v>
+        <v>38980220800014</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>110</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
         <v>111</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>112</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="I33" s="3">
-        <v>44510203351</v>
+        <v>72470033047</v>
       </c>
       <c r="J33" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>41885869200043</v>
+        <v>39265054500016</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>113</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="F34" s="2" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="I34" s="3"/>
       <c r="J34" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M34" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>42072056700122</v>
+        <v>40120610700062</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>78</v>
+        <v>116</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>117</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="I35" s="3">
-        <v>11753145575</v>
+        <v>44510203351</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>42072056700304</v>
+        <v>41885869200043</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>99</v>
+        <v>119</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>101</v>
+        <v>35</v>
       </c>
       <c r="I36" s="3">
-        <v>11753145575</v>
+        <v>54860068686</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>42084724600238</v>
+        <v>42072056700122</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>119</v>
+        <v>86</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>120</v>
-[...3 lines deleted...]
-      </c>
+        <v>122</v>
+      </c>
+      <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I37" s="3">
-        <v>11754013675</v>
+        <v>11753145575</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K37" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>42084724600345</v>
+        <v>42072056700304</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>99</v>
+        <v>107</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>121</v>
+        <v>108</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>35</v>
+        <v>109</v>
       </c>
       <c r="I38" s="3">
-        <v>11754013675</v>
+        <v>11753145575</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>42416131300038</v>
+        <v>42084724600238</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>124</v>
-[...1 lines deleted...]
-      <c r="G39" s="2"/>
+        <v>125</v>
+      </c>
+      <c r="G39" s="2" t="s">
+        <v>89</v>
+      </c>
       <c r="H39" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="I39" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I39" s="3"/>
       <c r="J39" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M39" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>50876465100024</v>
+        <v>42084724600345</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="F40" s="2" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="I40" s="3">
-        <v>27210417621</v>
+        <v>11754013675</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>50876465100032</v>
+        <v>48998104300024</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
         <v>128</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>129</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
         <v>50</v>
       </c>
       <c r="I41" s="3">
-        <v>27210417621</v>
+        <v>27250353625</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
         <v>52037450500045</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>130</v>
       </c>
       <c r="D42" s="2" t="s">
@@ -2704,50 +2683,87 @@
         <v>150</v>
       </c>
       <c r="E48" s="2" t="s">
         <v>151</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>152</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>153</v>
       </c>
       <c r="I48" s="3">
         <v>53290892529</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M48" s="2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13">
+      <c r="A49" s="1">
+        <v>88280019600017</v>
+      </c>
+      <c r="B49" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C49" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="D49" s="2"/>
+      <c r="E49" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="F49" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="G49" s="2"/>
+      <c r="H49" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="I49" s="3">
+        <v>44540389954</v>
+      </c>
+      <c r="J49" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K49" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="L49" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="M49" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -2761,31 +2777,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/08/2026 02:38:43</dc:description>
+  <dc:description>Export en date du 03/25/2026 05:25:13</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>