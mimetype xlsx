--- v0 (2025-11-07)
+++ v1 (2025-12-25)
@@ -76,105 +76,105 @@
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>LYON YNOV CAMPUS</t>
   </si>
   <si>
     <t>6 COURS DE VERDUN RAMBAUD 69002 LYON</t>
   </si>
   <si>
     <t>02/08/2023</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>AIX YNOV CAMPUS</t>
+  </si>
+  <si>
+    <t>2 RUE DE LA FOURANE 13090 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>03/09/2024</t>
+  </si>
+  <si>
+    <t>YNOV</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LA TOUR 3 ALLEE DES ACACIAS 33700 MERIGNAC</t>
+  </si>
+  <si>
+    <t>01/02/2022</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>PARIS YNOV CAMPUS</t>
+  </si>
+  <si>
+    <t>12 RUE ANATOLE FRANCE 92000 NANTERRE</t>
+  </si>
+  <si>
+    <t>31/08/2017</t>
+  </si>
+  <si>
+    <t>BORDEAUX YNOV CAMPUS</t>
+  </si>
+  <si>
+    <t>2 ESPLANADE DE LA GARE 33110 LE BOUSCAT</t>
+  </si>
+  <si>
+    <t>27/07/2023</t>
+  </si>
+  <si>
+    <t>TOULOUSE YNOV CAMPUS</t>
+  </si>
+  <si>
+    <t>2 PLACE DE L'EUROPE 31000 TOULOUSE</t>
+  </si>
+  <si>
+    <t>15/09/2021</t>
+  </si>
+  <si>
     <t>NANTES YNOV CAMPUS</t>
   </si>
   <si>
     <t>20 BOULEVARD GENERAL DE GAULLE 44200 NANTES</t>
   </si>
   <si>
     <t>02/11/2015</t>
-  </si>
-[...46 lines deleted...]
-    <t>15/09/2021</t>
   </si>
   <si>
     <t>SOPHIA YNOV CAMPUS</t>
   </si>
   <si>
     <t>PLACE SOPHIE LAFFITE 06560 VALBONNE</t>
   </si>
   <si>
     <t>28/08/2020</t>
   </si>
   <si>
     <t>RENNES YNOV CAMPUS</t>
   </si>
   <si>
     <t>42 RUE CAPITAINE MAIGNAN 35000 RENNES</t>
   </si>
   <si>
     <t>27/07/2022</t>
   </si>
   <si>
     <t>70.10Z</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
@@ -700,256 +700,256 @@
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
         <v>82691351669</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>80442673200033</v>
+        <v>52831294500033</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I3" s="3">
-        <v>52440756544</v>
+        <v>93131404213</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>52831294500033</v>
+        <v>53056211500101</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="I4" s="3">
-        <v>93131404213</v>
+        <v>75331070333</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>53056211500101</v>
+        <v>53066741900051</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I5" s="3">
-        <v>75331070333</v>
+        <v>11754744275</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>53066741900051</v>
+        <v>53275739000036</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="3">
-        <v>11754744275</v>
+        <v>72330846033</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>53275739000036</v>
+        <v>53310463400035</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="3">
-        <v>72330846033</v>
+        <v>73310622931</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>53310463400035</v>
+        <v>80442673200033</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>37</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="3">
-        <v>73310622931</v>
+        <v>52440756544</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>88844416300016</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>39</v>
       </c>
       <c r="D9" s="2"/>
@@ -1260,31 +1260,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/07/2025 14:06:46</dc:description>
+  <dc:description>Export en date du 12/25/2025 02:01:35</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>