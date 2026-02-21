--- v1 (2025-12-25)
+++ v2 (2026-02-21)
@@ -14,160 +14,160 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>AIX YNOV CAMPUS</t>
+  </si>
+  <si>
+    <t>2 RUE DE LA FOURANE 13090 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>03/09/2024</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>YNOV</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LA TOUR 3 ALLEE DES ACACIAS 33700 MERIGNAC</t>
+  </si>
+  <si>
+    <t>01/02/2022</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>PARIS YNOV CAMPUS</t>
+  </si>
+  <si>
+    <t>12 RUE ANATOLE FRANCE 92000 NANTERRE</t>
+  </si>
+  <si>
+    <t>31/08/2017</t>
+  </si>
+  <si>
+    <t>BORDEAUX YNOV CAMPUS</t>
+  </si>
+  <si>
+    <t>2 ESPLANADE DE LA GARE 33110 LE BOUSCAT</t>
+  </si>
+  <si>
+    <t>27/07/2023</t>
+  </si>
+  <si>
+    <t>TOULOUSE YNOV CAMPUS</t>
+  </si>
+  <si>
+    <t>2 PLACE DE L'EUROPE 31000 TOULOUSE</t>
+  </si>
+  <si>
+    <t>15/09/2021</t>
+  </si>
+  <si>
     <t>LYON YNOV CAMPUS</t>
   </si>
   <si>
     <t>6 COURS DE VERDUN RAMBAUD 69002 LYON</t>
   </si>
   <si>
     <t>02/08/2023</t>
   </si>
   <si>
-    <t>85.42Z</t>
-[...55 lines deleted...]
-  <si>
     <t>NANTES YNOV CAMPUS</t>
   </si>
   <si>
     <t>20 BOULEVARD GENERAL DE GAULLE 44200 NANTES</t>
   </si>
   <si>
     <t>02/11/2015</t>
   </si>
   <si>
     <t>SOPHIA YNOV CAMPUS</t>
   </si>
   <si>
     <t>PLACE SOPHIE LAFFITE 06560 VALBONNE</t>
   </si>
   <si>
     <t>28/08/2020</t>
   </si>
   <si>
     <t>RENNES YNOV CAMPUS</t>
   </si>
   <si>
     <t>42 RUE CAPITAINE MAIGNAN 35000 RENNES</t>
   </si>
   <si>
     <t>27/07/2022</t>
@@ -185,53 +185,50 @@
     <t>89-97 89 RUE NATIONALE 59000 LILLE</t>
   </si>
   <si>
     <t>01/01/2023</t>
   </si>
   <si>
     <t>01/08/2025</t>
   </si>
   <si>
     <t>MONTPELLIER YNOV CAMPUS</t>
   </si>
   <si>
     <t>61 RUE JACQUES DERRIDA 34000 MONTPELLIER</t>
   </si>
   <si>
     <t>06/08/2024</t>
   </si>
   <si>
     <t>CONNECT YNOV CAMPUS</t>
   </si>
   <si>
     <t>3-5-IMMEUBLE LA TOUR 3 ALLEE DES ACACIAS 33700 MERIGNAC</t>
   </si>
   <si>
     <t>13/10/2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>85.32Z</t>
   </si>
   <si>
     <t>VAL D'EUROPE YNOV CAMPUS</t>
   </si>
   <si>
     <t>19 RUE HADDOCK 77700 CHESSY</t>
   </si>
   <si>
     <t>12/09/2024</t>
   </si>
   <si>
     <t>ROUEN YNOV CAMPUS</t>
   </si>
   <si>
     <t>1 RUE FRANCOIS PERROUX 76130 MONT-SAINT-AIGNAN</t>
   </si>
   <si>
     <t>04/09/2024</t>
   </si>
   <si>
     <t>STRASBOURG YNOV CAMPUS</t>
   </si>
   <si>
     <t>16 RUE DE LEICESTER 67000 STRASBOURG</t>
   </si>
@@ -663,256 +660,256 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>79906530500036</v>
+        <v>52831294500033</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
-        <v>82691351669</v>
+        <v>93131404213</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>52831294500033</v>
+        <v>53056211500101</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I3" s="3">
-        <v>93131404213</v>
+        <v>75331070333</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>53056211500101</v>
+        <v>53066741900051</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="I4" s="3">
-        <v>75331070333</v>
+        <v>11754744275</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>53066741900051</v>
+        <v>53275739000036</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="3">
-        <v>11754744275</v>
+        <v>72330846033</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>53275739000036</v>
+        <v>53310463400035</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I6" s="3">
-        <v>72330846033</v>
+        <v>73310622931</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>53310463400035</v>
+        <v>79906530500036</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="3">
-        <v>73310622931</v>
+        <v>82691351669</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>80442673200033</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D8" s="2"/>
@@ -1083,154 +1080,154 @@
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>92042238300017</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>55</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>57</v>
+        <v>17</v>
       </c>
       <c r="I13" s="3">
         <v>75331568333</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>95319934600024</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="3"/>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>95319937900033</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="3"/>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>95355677600029</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="F16" s="2" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="3"/>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
@@ -1260,31 +1257,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/25/2025 02:01:35</dc:description>
+  <dc:description>Export en date du 02/21/2026 21:37:22</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>