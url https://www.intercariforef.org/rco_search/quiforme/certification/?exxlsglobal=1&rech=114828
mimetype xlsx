--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -73,75 +73,75 @@
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t xml:space="preserve">MINISTERE DES SPORTS, DE LA JEUNESSE ET DE LA VIE ASSOCIATIVE </t>
   </si>
   <si>
     <t>95 AVENUE DE FRANCE 75013 PARIS</t>
   </si>
   <si>
     <t>16/05/2012</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
+    <t>CHALLENGES ACADEMIA</t>
+  </si>
+  <si>
+    <t>149 AVENUE DU MAINE 75014 PARIS</t>
+  </si>
+  <si>
+    <t>29/08/2014</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
     <t>ETUDE ET INNOVATION DU GOLFE DU LION</t>
   </si>
   <si>
     <t>1 RUE DES MARINES DE ST CLAIR 34200 SETE</t>
   </si>
   <si>
     <t>05/03/2012</t>
   </si>
   <si>
     <t>85.32Z</t>
-  </si>
-[...13 lines deleted...]
-    <t>85.59A</t>
   </si>
   <si>
     <t>NAUTISME EN ILE-DE-FRANCE</t>
   </si>
   <si>
     <t>3 ROUTE DE TORCY 77360 VAIRES-SUR-MARNE</t>
   </si>
   <si>
     <t>01/10/2018</t>
   </si>
   <si>
     <t>93.12Z</t>
   </si>
   <si>
     <t>UCPA FORMATION</t>
   </si>
   <si>
     <t>12 AVENUE TONY GARNIER 69007 LYON</t>
   </si>
   <si>
     <t>01/07/2023</t>
   </si>
   <si>
     <t>85.51Z</t>
   </si>
@@ -614,157 +614,157 @@
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>75010394700016</v>
+        <v>80478079900016</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I3" s="3">
-        <v>91340750334</v>
+        <v>11755243675</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>80478079900016</v>
+        <v>75010394700016</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I4" s="3">
-        <v>11755243675</v>
+        <v>91340750334</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>84018699300027</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I5" s="3">
         <v>11770673277</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>85386655600030</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I6" s="3">
         <v>11941012094</v>
@@ -779,51 +779,51 @@
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>93169373300012</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I7" s="3">
         <v>75160137816</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -851,31 +851,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/19/2025 16:09:36</dc:description>
+  <dc:description>Export en date du 12/03/2025 19:59:35</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>