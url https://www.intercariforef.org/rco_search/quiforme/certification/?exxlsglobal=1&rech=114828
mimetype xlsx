--- v1 (2025-12-03)
+++ v2 (2026-02-23)
@@ -73,75 +73,75 @@
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t xml:space="preserve">MINISTERE DES SPORTS, DE LA JEUNESSE ET DE LA VIE ASSOCIATIVE </t>
   </si>
   <si>
     <t>95 AVENUE DE FRANCE 75013 PARIS</t>
   </si>
   <si>
     <t>16/05/2012</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
+    <t>ETUDE ET INNOVATION DU GOLFE DU LION</t>
+  </si>
+  <si>
+    <t>1 RUE DES MARINES DE ST CLAIR 34200 SETE</t>
+  </si>
+  <si>
+    <t>05/03/2012</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
     <t>CHALLENGES ACADEMIA</t>
   </si>
   <si>
     <t>149 AVENUE DU MAINE 75014 PARIS</t>
   </si>
   <si>
     <t>29/08/2014</t>
   </si>
   <si>
     <t>85.59A</t>
-  </si>
-[...13 lines deleted...]
-    <t>85.32Z</t>
   </si>
   <si>
     <t>NAUTISME EN ILE-DE-FRANCE</t>
   </si>
   <si>
     <t>3 ROUTE DE TORCY 77360 VAIRES-SUR-MARNE</t>
   </si>
   <si>
     <t>01/10/2018</t>
   </si>
   <si>
     <t>93.12Z</t>
   </si>
   <si>
     <t>UCPA FORMATION</t>
   </si>
   <si>
     <t>12 AVENUE TONY GARNIER 69007 LYON</t>
   </si>
   <si>
     <t>01/07/2023</t>
   </si>
   <si>
     <t>85.51Z</t>
   </si>
@@ -614,157 +614,157 @@
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>80478079900016</v>
+        <v>75010394700016</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I3" s="3">
-        <v>11755243675</v>
+        <v>91340750334</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>75010394700016</v>
+        <v>80478079900016</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I4" s="3">
-        <v>91340750334</v>
+        <v>11755243675</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>84018699300027</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I5" s="3">
         <v>11770673277</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>85386655600030</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I6" s="3">
         <v>11941012094</v>
@@ -779,51 +779,51 @@
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>93169373300012</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="I7" s="3">
         <v>75160137816</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -851,31 +851,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/03/2025 19:59:35</dc:description>
+  <dc:description>Export en date du 02/23/2026 04:56:11</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>