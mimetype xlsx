--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -244,102 +244,102 @@
   <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE AGRICOLE LA GERMINIERE-ROUILLON</t>
   </si>
   <si>
     <t>LIEU-DIT LA GERMINIERE 72700 ROUILLON</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
   <si>
     <t>LYCEE GEN TECHNOL AGRICOLE LE PARACLET</t>
   </si>
   <si>
     <t>LD LE PARACLET 80440 COTTENCHY</t>
   </si>
   <si>
     <t>2280P001380</t>
   </si>
   <si>
     <t>270 AV DU MAL DE LATTRE DE TASSIGNY 88500 MIRECOURT</t>
   </si>
   <si>
     <t>4188P000888</t>
   </si>
   <si>
+    <t>MAISON FAMILIALE RURALE</t>
+  </si>
+  <si>
+    <t>CHATEAU DE CRECY 60430 SAINT-SULPICE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>LYCEE AGRICOLE PRIVE DE NERMONT</t>
+  </si>
+  <si>
+    <t>2 RUE DE NERMONT 28200 LA CHAPELLE-DU-NOYER</t>
+  </si>
+  <si>
+    <t>01/01/1980</t>
+  </si>
+  <si>
+    <t>ASS FAMILIALE FORMATION PROFES AGRICOLE</t>
+  </si>
+  <si>
+    <t>2 RUE DE LA LIBERATION 56110 GOURIN</t>
+  </si>
+  <si>
+    <t>20/07/1983</t>
+  </si>
+  <si>
+    <t>ASS FAMILIALE DE GESTION DE L EAP</t>
+  </si>
+  <si>
+    <t>LYCEE CHARLES BRASSEUR 110 AVENUE ANTHONY CARO 59630 BOURBOURG</t>
+  </si>
+  <si>
+    <t>04/12/2012</t>
+  </si>
+  <si>
     <t>MAISON FAMILIALE RURALE DU PERIGORDVERT</t>
   </si>
   <si>
     <t>CHATEAU DE LA FILOLIE 24800 THIVIERS</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>MAISON FAMILIALE RURALE DES HAUTS PAYS</t>
   </si>
   <si>
     <t>7 RUE DES SANS CULOTTES 62650 CAMPAGNE-LES-BOULONNAIS</t>
   </si>
   <si>
     <t>MFR LA PIGNERIE</t>
   </si>
   <si>
     <t>LA PIGNERIE ROUTE DE L'HUISSERIE 53000 LAVAL</t>
-  </si>
-[...31 lines deleted...]
-    <t>04/12/2012</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1354,302 +1354,302 @@
       <c r="F17" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I17" s="3" t="s">
         <v>75</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>78174099800013</v>
+        <v>30291371000018</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>76</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>77</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>78</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I18" s="3">
-        <v>72240033624</v>
+        <v>22600206060</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>78397621000014</v>
+        <v>31968154000013</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>79</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>80</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I19" s="3">
-        <v>31620047762</v>
+        <v>24280033228</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>78627921600026</v>
+        <v>32775402400013</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I20" s="3">
-        <v>52530000253</v>
+        <v>53561002256</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>30291371000018</v>
+        <v>33348856700038</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>78</v>
+        <v>87</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I21" s="3">
-        <v>22600206060</v>
+        <v>31590286359</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>31968154000013</v>
+        <v>78174099800013</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>87</v>
+        <v>78</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I22" s="3">
-        <v>24280033228</v>
+        <v>72240033624</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>32775402400013</v>
+        <v>78397621000014</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>90</v>
+        <v>78</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I23" s="3">
-        <v>53561002256</v>
+        <v>31620047762</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>33348856700038</v>
+        <v>78627921600026</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>93</v>
+        <v>78</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I24" s="3">
-        <v>31590286359</v>
+        <v>52530000253</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
@@ -1665,31 +1665,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/08/2025 06:00:06</dc:description>
+  <dc:description>Export en date du 01/23/2026 10:01:23</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>