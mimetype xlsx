--- v1 (2026-01-23)
+++ v2 (2026-03-10)
@@ -1665,31 +1665,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/23/2026 10:01:23</dc:description>
+  <dc:description>Export en date du 03/10/2026 10:08:13</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>