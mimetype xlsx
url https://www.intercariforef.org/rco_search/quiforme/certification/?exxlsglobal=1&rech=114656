--- v0 (2025-12-18)
+++ v1 (2026-03-20)
@@ -58,108 +58,108 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>ESPACE SENTEIN</t>
+  </si>
+  <si>
+    <t>PARC EUROMEDECINE 400 RUE LOUIS PASTEUR 34790 GRABELS</t>
+  </si>
+  <si>
+    <t>01/04/2010</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
     <t>ASSOCIATION HEKA</t>
   </si>
   <si>
     <t>RUE DES PETITS-FONTENILS 37500 CHINON</t>
   </si>
   <si>
     <t>28/02/2008</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
-    <t>FAUX</t>
-[...4 lines deleted...]
-  <si>
     <t>NICOMAK</t>
   </si>
   <si>
     <t>2474 RTE DU LAC DE SAINT ANDRE 73800 PORTE-DE-SAVOIE</t>
   </si>
   <si>
     <t>18/05/2009</t>
   </si>
   <si>
-    <t>85.59A</t>
+    <t>LA PERSONA</t>
+  </si>
+  <si>
+    <t>10 AVENUE DE LA REPUBLIQUE 79000 NIORT</t>
+  </si>
+  <si>
+    <t>03/01/2024</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
   </si>
   <si>
     <t>CEGOS</t>
   </si>
   <si>
     <t>19 RUE RENE JACQUES 92130 ISSY-LES-MOULINEAUX</t>
   </si>
   <si>
     <t>26/04/2006</t>
-  </si>
-[...19 lines deleted...]
-    <t>01/04/2010</t>
   </si>
   <si>
     <t>SCIOPRAXI</t>
   </si>
   <si>
     <t>NATUROPOLE, BATIMENT E 3 BOULEVARD DE CLAIRFONT 66350 TOULOUGES</t>
   </si>
   <si>
     <t>01/01/2018</t>
   </si>
   <si>
     <t xml:space="preserve">DELANNOY SONYA DELPHINE AUDREY </t>
   </si>
   <si>
     <t>53 RUE ARMAND BARBES 87100 LIMOGES</t>
   </si>
   <si>
     <t>05/05/2023</t>
   </si>
   <si>
     <t>85.51Z</t>
   </si>
 </sst>
 </file>
 
@@ -585,255 +585,255 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>50367786600017</v>
+        <v>33196441100036</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="D2" s="2"/>
+      <c r="D2" s="2" t="s">
+        <v>14</v>
+      </c>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
-        <v>24370356137</v>
+        <v>91340352534</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>51251157700011</v>
+        <v>50367786600017</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="3">
-        <v>82730137173</v>
+        <v>24370356137</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>55202467100091</v>
+        <v>51251157700011</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="I4" s="3">
-        <v>11920012692</v>
+        <v>82730137173</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>52318077600032</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" s="2" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="I5" s="3">
         <v>75790157779</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>33196441100036</v>
+        <v>55202467100091</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="D6" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="I6" s="3">
-        <v>91340352534</v>
+        <v>11920012692</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>83466524200014</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I7" s="3">
         <v>76660215366</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>84371512900030</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
@@ -898,31 +898,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/18/2025 17:19:02</dc:description>
+  <dc:description>Export en date du 03/20/2026 16:38:58</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>