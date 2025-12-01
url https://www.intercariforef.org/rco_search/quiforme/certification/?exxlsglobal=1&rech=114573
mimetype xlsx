--- v0 (2025-10-13)
+++ v1 (2025-12-01)
@@ -97,117 +97,117 @@
   <si>
     <t>CENTRE DE RESSOURCES D'EXPERTISE ET DE PERFORMANCE SPORTIVE</t>
   </si>
   <si>
     <t>ROUTE DE BEZANNES 51100 REIMS</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>85.51Z</t>
   </si>
   <si>
     <t>2151P001851</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>CHATEAU DE BOIVRE 86580 VOUNEUIL-SOUS-BIARD</t>
   </si>
   <si>
     <t>5486P001086</t>
   </si>
   <si>
+    <t>LIGUE ILE DE FRANCE DE TENNIS</t>
+  </si>
+  <si>
+    <t>2 AVENUE GORDON BENNETT 75016 PARIS</t>
+  </si>
+  <si>
+    <t>13/06/2001</t>
+  </si>
+  <si>
+    <t>93.12Z</t>
+  </si>
+  <si>
+    <t>LIGUE OCCITANIE PYRENEES MEDITERRANEE DE TENNIS</t>
+  </si>
+  <si>
+    <t>5 AVENUE SUZANNE LENGLEN 31130 BALMA</t>
+  </si>
+  <si>
+    <t>13/01/2007</t>
+  </si>
+  <si>
+    <t>93.11Z</t>
+  </si>
+  <si>
+    <t>LIGUE AUVERGNE RHONE ALPES DE TENNIS</t>
+  </si>
+  <si>
+    <t>30 RUE LIONEL TERRAY 69500 BRON</t>
+  </si>
+  <si>
+    <t>26/02/2007</t>
+  </si>
+  <si>
+    <t>1 AVENUE LOUIS VICAT 38180 SEYSSINS</t>
+  </si>
+  <si>
+    <t>23/09/2017</t>
+  </si>
+  <si>
+    <t>LIGUE PROVENCE ALPES COTE D AZUR DE TENNIS</t>
+  </si>
+  <si>
+    <t>1175 CHEMIN DES CRUYES 13090 AIX-EN-PROVENCE</t>
+  </si>
+  <si>
+    <t>15/12/2001</t>
+  </si>
+  <si>
+    <t>LIGUE DU CENTRE VAL DE LOIRE DE TENNIS</t>
+  </si>
+  <si>
+    <t>14 ET 16 RUE ALBERT CAMUS 41000 BLOIS</t>
+  </si>
+  <si>
+    <t>01/07/2005</t>
+  </si>
+  <si>
     <t>SPORT &amp; FORMATION</t>
   </si>
   <si>
     <t>CHEMIN DES ORMES 04800 GREOUX-LES-BAINS</t>
   </si>
   <si>
     <t>15/01/2016</t>
   </si>
   <si>
     <t>85.59B</t>
-  </si>
-[...55 lines deleted...]
-    <t>01/07/2005</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -721,301 +721,301 @@
       <c r="F4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>81757627500017</v>
+        <v>44285335400011</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I5" s="3">
-        <v>93040083404</v>
+        <v>11753654675</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>30600258500033</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I6" s="3">
         <v>73310224631</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>44285335400011</v>
+        <v>77982583500043</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="I7" s="3">
-        <v>11753654675</v>
+        <v>82690585569</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>77982583500043</v>
+        <v>77982583500050</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="I8" s="3">
         <v>82690585569</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>77982583500050</v>
+        <v>78291241400052</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="I9" s="3">
-        <v>82690585569</v>
+        <v>93131091613</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>78291241400052</v>
+        <v>78818245900040</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="E10" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="D10" s="2"/>
-      <c r="E10" s="2" t="s">
+      <c r="F10" s="2" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="I10" s="3">
-        <v>93131091613</v>
+        <v>24410132941</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>78818245900040</v>
+        <v>81757627500017</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="D11" s="2"/>
+      <c r="E11" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="D11" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E11" s="2" t="s">
+      <c r="F11" s="2" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="I11" s="3">
-        <v>24410132941</v>
+        <v>93040083404</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
@@ -1034,31 +1034,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/14/2025 01:51:54</dc:description>
+  <dc:description>Export en date du 12/01/2025 20:42:24</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>