--- v1 (2025-12-01)
+++ v2 (2026-01-30)
@@ -97,72 +97,72 @@
   <si>
     <t>CENTRE DE RESSOURCES D'EXPERTISE ET DE PERFORMANCE SPORTIVE</t>
   </si>
   <si>
     <t>ROUTE DE BEZANNES 51100 REIMS</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>85.51Z</t>
   </si>
   <si>
     <t>2151P001851</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>CHATEAU DE BOIVRE 86580 VOUNEUIL-SOUS-BIARD</t>
   </si>
   <si>
     <t>5486P001086</t>
   </si>
   <si>
+    <t>LIGUE OCCITANIE PYRENEES MEDITERRANEE DE TENNIS</t>
+  </si>
+  <si>
+    <t>5 AVENUE SUZANNE LENGLEN 31130 BALMA</t>
+  </si>
+  <si>
+    <t>13/01/2007</t>
+  </si>
+  <si>
+    <t>93.11Z</t>
+  </si>
+  <si>
     <t>LIGUE ILE DE FRANCE DE TENNIS</t>
   </si>
   <si>
     <t>2 AVENUE GORDON BENNETT 75016 PARIS</t>
   </si>
   <si>
     <t>13/06/2001</t>
   </si>
   <si>
     <t>93.12Z</t>
-  </si>
-[...10 lines deleted...]
-    <t>93.11Z</t>
   </si>
   <si>
     <t>LIGUE AUVERGNE RHONE ALPES DE TENNIS</t>
   </si>
   <si>
     <t>30 RUE LIONEL TERRAY 69500 BRON</t>
   </si>
   <si>
     <t>26/02/2007</t>
   </si>
   <si>
     <t>1 AVENUE LOUIS VICAT 38180 SEYSSINS</t>
   </si>
   <si>
     <t>23/09/2017</t>
   </si>
   <si>
     <t>LIGUE PROVENCE ALPES COTE D AZUR DE TENNIS</t>
   </si>
   <si>
     <t>1175 CHEMIN DES CRUYES 13090 AIX-EN-PROVENCE</t>
   </si>
   <si>
     <t>15/12/2001</t>
   </si>
@@ -721,255 +721,255 @@
       <c r="F4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>26</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>44285335400011</v>
+        <v>30600258500033</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I5" s="3">
-        <v>11753654675</v>
+        <v>73310224631</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>30600258500033</v>
+        <v>44285335400011</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I6" s="3">
-        <v>73310224631</v>
+        <v>11753654675</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>77982583500043</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="I7" s="3">
         <v>82690585569</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>77982583500050</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="I8" s="3">
         <v>82690585569</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>78291241400052</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="I9" s="3">
         <v>93131091613</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>78818245900040</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>43</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="I10" s="3">
         <v>24410132941</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>81757627500017</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
@@ -1034,31 +1034,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/01/2025 20:42:24</dc:description>
+  <dc:description>Export en date du 01/30/2026 21:35:44</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>