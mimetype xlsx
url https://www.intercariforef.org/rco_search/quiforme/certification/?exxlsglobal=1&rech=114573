--- v2 (2026-01-30)
+++ v3 (2026-03-17)
@@ -1034,31 +1034,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/30/2026 21:35:44</dc:description>
+  <dc:description>Export en date du 03/17/2026 06:30:28</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>