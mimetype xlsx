--- v0 (2025-12-14)
+++ v1 (2026-02-01)
@@ -1041,51 +1041,51 @@
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>89250203000026</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>49</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="3">
         <v>32591046359</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>90382798800010</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>51</v>
       </c>
@@ -1403,31 +1403,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/14/2025 13:17:50</dc:description>
+  <dc:description>Export en date du 02/01/2026 11:48:26</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>