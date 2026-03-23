--- v1 (2026-02-01)
+++ v2 (2026-03-23)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -184,81 +184,87 @@
   <si>
     <t>26/06/2025</t>
   </si>
   <si>
     <t>AVENUE DE LA CREATIVITE 59650 VILLENEUVE-D'ASCQ</t>
   </si>
   <si>
     <t>MOTIVENTE</t>
   </si>
   <si>
     <t>51 AVENUE DU PRESIDENT JOHN KENNEDY 93110 ROSNY-SOUS-BOIS</t>
   </si>
   <si>
     <t>30/09/2021</t>
   </si>
   <si>
     <t>LISTEN</t>
   </si>
   <si>
     <t>9 RUE DES EGLANTIERS 76230 ISNEAUVILLE</t>
   </si>
   <si>
     <t>10/05/2022</t>
   </si>
   <si>
+    <t>30/01/2026</t>
+  </si>
+  <si>
     <t>DYMA ACADEMY</t>
   </si>
   <si>
     <t>1 E RUE GEORGES BIZET 54500 VANDŒUVRE-LES-NANCY</t>
   </si>
   <si>
     <t>09/08/2024</t>
   </si>
   <si>
     <t>SALES TRAINING ACADEMY</t>
   </si>
   <si>
     <t>200 RUE DE LA CROIX NIVERT 75015 PARIS</t>
   </si>
   <si>
     <t>16/12/2024</t>
   </si>
   <si>
     <t>DENVOL</t>
   </si>
   <si>
     <t>12/03/2025</t>
   </si>
   <si>
     <t>FORM ACCO</t>
   </si>
   <si>
     <t>3 ALLEE DES TILLEULS 54180 HEILLECOURT</t>
   </si>
   <si>
     <t>01/02/2024</t>
+  </si>
+  <si>
+    <t>29/10/2025</t>
   </si>
   <si>
     <t>EZVENTE</t>
   </si>
   <si>
     <t>13 SAINT JEAN D’EPILEUR 35600 SAINTE-MARIE</t>
   </si>
   <si>
     <t>22/06/2023</t>
   </si>
   <si>
     <t>HUBADVISER ACADEMY</t>
   </si>
   <si>
     <t>BUREAU 3 5 RUE PLEYEL 93200 SAINT-DENIS</t>
   </si>
   <si>
     <t>01/11/2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -1000,53 +1006,51 @@
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>89250203000018</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I10" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I10" s="3"/>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>89250203000026</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
@@ -1095,283 +1099,283 @@
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="3">
         <v>11930922693</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>91339322900012</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>54</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="G13" s="2"/>
+      <c r="G13" s="2" t="s">
+        <v>56</v>
+      </c>
       <c r="H13" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I13" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I13" s="3"/>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>92015810200029</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="3">
         <v>44540421854</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>93891305000010</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="3">
         <v>11757136275</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>94208324700018</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I16" s="3">
         <v>84010326001</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>95122749500029</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="G17" s="2"/>
+        <v>67</v>
+      </c>
+      <c r="G17" s="2" t="s">
+        <v>68</v>
+      </c>
       <c r="H17" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I17" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I17" s="3"/>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>95404145500013</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I18" s="3">
         <v>53351201235</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>98067733000014</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I19" s="3">
         <v>11931044893</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -1403,31 +1407,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/01/2026 11:48:26</dc:description>
+  <dc:description>Export en date du 03/23/2026 07:02:58</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>