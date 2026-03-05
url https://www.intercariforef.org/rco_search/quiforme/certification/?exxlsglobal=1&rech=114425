--- v0 (2025-12-17)
+++ v1 (2026-03-05)
@@ -376,438 +376,438 @@
   <si>
     <t>LEGTA DE VALDOIE - LUCIEN QUELET</t>
   </si>
   <si>
     <t>95 RUE DE TURENNE 90300 VALDOIE</t>
   </si>
   <si>
     <t>4390P000790</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL AGRICOLE DU ROBERT</t>
   </si>
   <si>
     <t>CFPPA ATLANTIQUE</t>
   </si>
   <si>
     <t>FOUR A CHAUX 97231 LE ROBERT</t>
   </si>
   <si>
     <t>01/01/2016</t>
   </si>
   <si>
     <t>9797P001297</t>
   </si>
   <si>
+    <t>LA COOPERATION AGRICOLE OCCITANIE</t>
+  </si>
+  <si>
+    <t>BP 82256 AUZEVILLE TOLOSANE 2 AVENUE DANIEL BRISEBOIS 31320 AUZEVILLE-TOLOSANE</t>
+  </si>
+  <si>
+    <t>08/06/2018</t>
+  </si>
+  <si>
+    <t>94.11Z</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE MIXTE</t>
+  </si>
+  <si>
+    <t>2 PLACE SAINTE- QUITTERIE 40800 AIRE-SUR-L'ADOUR</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>ASS FORMATION PROFESSIONNELLE CONTINUE</t>
+  </si>
+  <si>
+    <t>5 RUE ETEX 75018 PARIS</t>
+  </si>
+  <si>
+    <t>11/10/1996</t>
+  </si>
+  <si>
+    <t xml:space="preserve">OLIVARES JEAN JACQUES  </t>
+  </si>
+  <si>
+    <t>ID2GESTION</t>
+  </si>
+  <si>
+    <t>VALBACOL 13127 VITROLLES</t>
+  </si>
+  <si>
+    <t>01/12/2006</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>LODI</t>
+  </si>
+  <si>
+    <t>PARC D'ACTIVITES 4 ROUTES 35390 GRAND-FOUGERAY</t>
+  </si>
+  <si>
+    <t>23/01/1997</t>
+  </si>
+  <si>
+    <t>20.20Z</t>
+  </si>
+  <si>
+    <t>FEDERATION DEPARTEMENTALE DES GROUPEMENTS DE DEFENSE CONTRE LES ORGANISMES NUISIBLES</t>
+  </si>
+  <si>
+    <t>COUR DE L'USINE SAVANNAH 23 RUE JULES THIREL 97460 SAINT-PAUL</t>
+  </si>
+  <si>
+    <t>01/04/1998</t>
+  </si>
+  <si>
+    <t>72.19Z</t>
+  </si>
+  <si>
+    <t>ASS FAMILIALE DE GESTION DE L EAP</t>
+  </si>
+  <si>
+    <t>BOURBOURG FORMATION 110 AVENUE ANTHONY CARO 59630 BOURBOURG</t>
+  </si>
+  <si>
+    <t>04/12/2012</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>ASSOCIATION FAMILIALE DE GESTION DU LYCEE HORTICOLE PRIVE DE LYON PRESSIN</t>
+  </si>
+  <si>
+    <t>81 CHEMIN DE BEAUNANT 69230 SAINT-GENIS-LAVAL</t>
+  </si>
+  <si>
     <t>ASS POUR LA FORMATION NATIONALE AGRICOLE</t>
   </si>
   <si>
     <t>CS 80004 LES RURALIES 79230 PRAHECQ</t>
   </si>
   <si>
     <t>22/05/1989</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>AGUF VIVARAIS FORMATION</t>
   </si>
   <si>
     <t>111 AVENUE DU 8 MAI 1945 07300 TOURNON-SUR-RHONE</t>
   </si>
   <si>
     <t>29/09/1998</t>
   </si>
   <si>
+    <t>RACINE SUD AGRO PERRET</t>
+  </si>
+  <si>
+    <t>RACINE SAP</t>
+  </si>
+  <si>
+    <t>90 RUE DES ROMARINS 83170 BRIGNOLES</t>
+  </si>
+  <si>
+    <t>31/07/2007</t>
+  </si>
+  <si>
+    <t>46.75Z</t>
+  </si>
+  <si>
     <t>GENECH CONSEIL</t>
   </si>
   <si>
     <t>RUE DE LA LIBERATION 59242 GENECH</t>
   </si>
   <si>
     <t>01/10/1993</t>
   </si>
   <si>
     <t>FEDE REG DEFEN ORGANISMES NUISIBLES PACA</t>
   </si>
   <si>
     <t>39 RUE ALEXANDRE BLANC 84000 AVIGNON</t>
   </si>
   <si>
     <t>16/12/2014</t>
   </si>
   <si>
-    <t>94.11Z</t>
+    <t>CENTRE DE FORMATION BEAUSEJOUR</t>
+  </si>
+  <si>
+    <t>1465 ROUTE DE BEAUSEJOUR. 33190 GIRONDE-SUR-DROPT</t>
+  </si>
+  <si>
+    <t>01/01/1985</t>
+  </si>
+  <si>
+    <t>TECHNIQUES ETUDES ET  ACCOMPAGNEMENT</t>
+  </si>
+  <si>
+    <t>25 RUE MILLET 24100 BERGERAC</t>
+  </si>
+  <si>
+    <t>23/02/1998</t>
+  </si>
+  <si>
+    <t>FREDON NORMANDIE</t>
+  </si>
+  <si>
+    <t>1 RUE LEOPOLD SEDAR SENGHOR 14460 COLOMBELLES</t>
+  </si>
+  <si>
+    <t>20/06/2018</t>
+  </si>
+  <si>
+    <t>94.12Z</t>
+  </si>
+  <si>
+    <t>FEDER.REGION.DEFENSE CONTRE ORGANIS.NUIS</t>
+  </si>
+  <si>
+    <t>21 RUE JEAN BAPTISTE GAMBUT 21200 BEAUNE</t>
+  </si>
+  <si>
+    <t>05/07/2004</t>
+  </si>
+  <si>
+    <t>FEDERATION REGIONALE DEFENSE CONTRE LES ORGANISMES NUISIBLES  DU GRAND EST</t>
+  </si>
+  <si>
+    <t>C.R.E.A 2 ESPLANADE ROLAND GARROS 51100 REIMS</t>
+  </si>
+  <si>
+    <t>26/11/2001</t>
+  </si>
+  <si>
+    <t>FREDON ILE DE FRANCE</t>
+  </si>
+  <si>
+    <t>16 B RUE DE PARIS 91160 CHAMPLAN</t>
+  </si>
+  <si>
+    <t>26/06/2018</t>
+  </si>
+  <si>
+    <t>ALTER EGO CONSEIL</t>
+  </si>
+  <si>
+    <t>21-23 21 RUE GABRIEL MASSIAS 33500 LIBOURNE</t>
+  </si>
+  <si>
+    <t>29/03/2019</t>
+  </si>
+  <si>
+    <t>PROXALYS ENVIRONNEMENT</t>
+  </si>
+  <si>
+    <t>5 RUE ANTOINE DE SAINT-EXUPERY 35235 THORIGNE-FOUILLARD</t>
+  </si>
+  <si>
+    <t>10/07/2006</t>
+  </si>
+  <si>
+    <t>71.12B</t>
+  </si>
+  <si>
+    <t>C R DISTRIBUTION</t>
+  </si>
+  <si>
+    <t>LIEU DIT GODEFROY LD GODEFROY 33270 BOULIAC</t>
+  </si>
+  <si>
+    <t>19/03/1990</t>
+  </si>
+  <si>
+    <t>46.76Z</t>
+  </si>
+  <si>
+    <t>ACCESSIT</t>
+  </si>
+  <si>
+    <t>BUREAU 17 111 RUE JEAN MERMOZ 13008 MARSEILLE</t>
+  </si>
+  <si>
+    <t>28/03/2022</t>
+  </si>
+  <si>
+    <t>DIGIVODA</t>
+  </si>
+  <si>
+    <t>5 RUE JULES BARBIER 92290 CHATENAY-MALABRY</t>
+  </si>
+  <si>
+    <t>04/01/2016</t>
+  </si>
+  <si>
+    <t>BMDC</t>
+  </si>
+  <si>
+    <t>58 AVENUE DES CARAIBES 97200 FORT-DE-FRANCE</t>
+  </si>
+  <si>
+    <t>01/02/2013</t>
+  </si>
+  <si>
+    <t>446 ROUTE DE ROUJOL 97170 PETIT-BOURG</t>
+  </si>
+  <si>
+    <t>01/03/2023</t>
+  </si>
+  <si>
+    <t>ID2 JARDIN</t>
+  </si>
+  <si>
+    <t>ZONE AGRICOLE DE VALBACOL 13127 VITROLLES</t>
+  </si>
+  <si>
+    <t>93.29Z</t>
+  </si>
+  <si>
+    <t>ISTAV</t>
+  </si>
+  <si>
+    <t>85 AVENUE PASTEUR 93260 LES LILAS</t>
+  </si>
+  <si>
+    <t>10/09/2007</t>
+  </si>
+  <si>
+    <t>METRO JASMIN</t>
+  </si>
+  <si>
+    <t>21 RUE RAFFET 75016 PARIS</t>
+  </si>
+  <si>
+    <t>07/01/2008</t>
+  </si>
+  <si>
+    <t>QHSE CONCEPT</t>
+  </si>
+  <si>
+    <t>VILLAGE D'ENTREPRISES ZA ROZIER COREN 15100 COREN</t>
+  </si>
+  <si>
+    <t>74.90B</t>
+  </si>
+  <si>
+    <t>KFORMATION</t>
+  </si>
+  <si>
+    <t>5 IMPASSE DES TILLEULS 94000 CRETEIL</t>
+  </si>
+  <si>
+    <t>01/12/2021</t>
+  </si>
+  <si>
+    <t>L'ECOLE POUR L'EMPLOI</t>
+  </si>
+  <si>
+    <t>5 BOULEVARD MICHELET 93130 NOISY-LE-SEC</t>
+  </si>
+  <si>
+    <t>30/11/2009</t>
+  </si>
+  <si>
+    <t>LABORATOIRE MEDITERRANEEN DE MICROBIOLOGIE</t>
+  </si>
+  <si>
+    <t>CD6 6409 LOT SIBILLOT 13480 CABRIES</t>
+  </si>
+  <si>
+    <t>10/02/2011</t>
+  </si>
+  <si>
+    <t>72.11Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SCHMITT MICHEL   </t>
+  </si>
+  <si>
+    <t>4 RUE DU DOCTEUR CALMETTE 45700 VILLEMANDEUR</t>
+  </si>
+  <si>
+    <t>18/05/2011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TATAR SEBASTIEN   </t>
+  </si>
+  <si>
+    <t>AGRIVERT EXPERT</t>
+  </si>
+  <si>
+    <t>219 CHEMIN DU CASTERAS 31600 SAINT-CLAR-DE-RIVIERE</t>
+  </si>
+  <si>
+    <t>12/07/2014</t>
+  </si>
+  <si>
+    <t>SARL HYDIAC</t>
+  </si>
+  <si>
+    <t>HYDIAC - APC BLONZ</t>
+  </si>
+  <si>
+    <t>CENTRE D'AFFAIRES LE BIGNON 2 4 B RUE DU BIGNON 35000 RENNES</t>
+  </si>
+  <si>
+    <t>01/10/2017</t>
+  </si>
+  <si>
+    <t>INSTITUT TECHNOLOGIQUE FCBA (FORET CELLULOSE BOIS...)</t>
+  </si>
+  <si>
+    <t>10 RUE GALILEE 77420 CHAMPS-SUR-MARNE</t>
+  </si>
+  <si>
+    <t>01/11/2014</t>
   </si>
   <si>
     <t>ISETA - ECA</t>
   </si>
   <si>
     <t>ECOLE D'AGRICULTURE DE POISY 859 ROUTE DE L'ECOLE D'AGRICULTURE 74330 POISY</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>MFR SUD AGROMAT-CAMPUS ALTERNANCE</t>
   </si>
   <si>
     <t>584 CHEMIN DE JOUAN PETIT 82700 ESCATALENS</t>
   </si>
   <si>
     <t>IZIPEST</t>
   </si>
   <si>
     <t>13 RUE DES EMERAUDES 69006 LYON</t>
   </si>
   <si>
     <t>01/06/2018</t>
-  </si>
-[...322 lines deleted...]
-    <t>18/05/2011</t>
   </si>
   <si>
     <t>SHINGI L'EXPERTISE ENVIRONNEMENTALE</t>
   </si>
   <si>
     <t>140 CHE DE LA CORBIERE 38490 LES ABRETS-EN-DAUPHINE</t>
   </si>
   <si>
     <t>22/06/2022</t>
   </si>
   <si>
     <t>SAS BIOVA</t>
   </si>
   <si>
     <t>PARC TECHNOLOGIQUE DU CANAL CAMPUS 1 1 AVENUE DE L'EUROPE 31400 TOULOUSE</t>
   </si>
   <si>
     <t>09/05/2025</t>
   </si>
   <si>
     <t>71.20B</t>
   </si>
   <si>
     <t>ELOCE</t>
   </si>
@@ -2314,1556 +2314,1556 @@
       <c r="F27" s="2" t="s">
         <v>118</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I27" s="3" t="s">
         <v>119</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>25</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>35124920600019</v>
+        <v>30185924500062</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>120</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>121</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>122</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>123</v>
       </c>
       <c r="I28" s="3">
-        <v>54790024579</v>
+        <v>91340245234</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>38881118400026</v>
+        <v>31138229500013</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>124</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
         <v>125</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>126</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I29" s="3">
-        <v>82070016507</v>
+        <v>72400086640</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>39337298200016</v>
+        <v>31601499200028</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>127</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
         <v>128</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>129</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I30" s="3">
-        <v>31590348259</v>
+        <v>11751467175</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>39396208900024</v>
+        <v>32082039200035</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>130</v>
       </c>
-      <c r="D31" s="2"/>
+      <c r="D31" s="2" t="s">
+        <v>131</v>
+      </c>
       <c r="E31" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I31" s="3">
-        <v>93840310084</v>
+        <v>93132396313</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>77660306000018</v>
+        <v>32275136300050</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>30</v>
+        <v>138</v>
       </c>
       <c r="I32" s="3">
-        <v>82740107174</v>
+        <v>53350592535</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>77727960500011</v>
+        <v>33055941000023</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>30</v>
+        <v>142</v>
       </c>
       <c r="I33" s="3">
-        <v>73820055182</v>
+        <v>98970211097</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>79099412300020</v>
+        <v>33348856700046</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="I34" s="3">
-        <v>84691556269</v>
+        <v>31590286359</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>51988535400018</v>
+        <v>33509397700015</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>145</v>
+        <v>41</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="I35" s="3">
-        <v>11930615693</v>
+        <v>82691206369</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>53042922400013</v>
+        <v>35124920600019</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>146</v>
+        <v>149</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
       <c r="I36" s="3">
-        <v>93132193713</v>
+        <v>54790024579</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>44040917500013</v>
+        <v>38881118400026</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>153</v>
+        <v>30</v>
       </c>
       <c r="I37" s="3">
-        <v>21510126951</v>
+        <v>82070016507</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L37" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>44361417700022</v>
+        <v>55262109600171</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>154</v>
-[...1 lines deleted...]
-      <c r="D38" s="2"/>
+        <v>155</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>156</v>
+      </c>
       <c r="E38" s="2" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="I38" s="3">
-        <v>11940748894</v>
+        <v>93830347783</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>41479762100011</v>
+        <v>39337298200016</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I39" s="3">
-        <v>72330001333</v>
+        <v>31590348259</v>
       </c>
       <c r="J39" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L39" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>41780245100019</v>
+        <v>39396208900024</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>163</v>
+        <v>123</v>
       </c>
       <c r="I40" s="3">
-        <v>72240149824</v>
+        <v>93840310084</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>42086946300034</v>
+        <v>41479762100011</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>153</v>
+        <v>23</v>
       </c>
       <c r="I41" s="3">
-        <v>25140229714</v>
+        <v>72330001333</v>
       </c>
       <c r="J41" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L41" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>49983805000015</v>
+        <v>41780245100019</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>123</v>
+        <v>134</v>
       </c>
       <c r="I42" s="3">
-        <v>11930559793</v>
+        <v>72240149824</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>50184691900014</v>
+        <v>42086946300034</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>123</v>
+        <v>175</v>
       </c>
       <c r="I43" s="3">
-        <v>11755120475</v>
+        <v>25140229714</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>50187658500016</v>
+        <v>42860273400025</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>142</v>
+        <v>175</v>
       </c>
       <c r="I44" s="3">
-        <v>83150309715</v>
+        <v>26210222621</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>50388066800051</v>
+        <v>44040917500013</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>123</v>
+        <v>175</v>
       </c>
       <c r="I45" s="3">
-        <v>11940971094</v>
+        <v>21510126951</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>53749927900033</v>
+        <v>44361417700022</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>178</v>
-[...3 lines deleted...]
-      </c>
+        <v>182</v>
+      </c>
+      <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>23</v>
+        <v>175</v>
       </c>
       <c r="I46" s="3">
-        <v>73310783131</v>
+        <v>11940748894</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>55262109600171</v>
+        <v>45239747400043</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>182</v>
-[...3 lines deleted...]
-      </c>
+        <v>185</v>
+      </c>
+      <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>186</v>
+        <v>23</v>
       </c>
       <c r="I47" s="3">
-        <v>93830347783</v>
+        <v>72330645133</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>75210179000034</v>
+        <v>45389014700029</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>187</v>
-[...1 lines deleted...]
-      <c r="D48" s="2" t="s">
         <v>188</v>
       </c>
+      <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
         <v>189</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>190</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>23</v>
+        <v>191</v>
       </c>
       <c r="I48" s="3">
-        <v>53350912935</v>
+        <v>53350842535</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>30185924500062</v>
+        <v>47020214400023</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>133</v>
+        <v>195</v>
       </c>
       <c r="I49" s="3">
-        <v>91340245234</v>
+        <v>75331193333</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>31138229500013</v>
+        <v>48072748600049</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>136</v>
+        <v>198</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="I50" s="3">
-        <v>72400086640</v>
+        <v>93131173213</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>31601499200028</v>
+        <v>48834744400033</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I51" s="3">
-        <v>11751467175</v>
+        <v>11922488592</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>32082039200035</v>
+        <v>49154650300021</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="D52" s="2" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="E52" s="2" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>163</v>
+        <v>146</v>
       </c>
       <c r="I52" s="3">
-        <v>93132396313</v>
+        <v>95970138897</v>
       </c>
       <c r="J52" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>32275136300050</v>
+        <v>49154650300039</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>206</v>
+        <v>146</v>
       </c>
       <c r="I53" s="3">
-        <v>53350592535</v>
+        <v>95970138897</v>
       </c>
       <c r="J53" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>33055941000023</v>
+        <v>49291145800015</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>207</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
         <v>208</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>209</v>
+        <v>133</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>210</v>
-[...3 lines deleted...]
-      </c>
+        <v>209</v>
+      </c>
+      <c r="I54" s="3"/>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>33348856700046</v>
+        <v>49983805000015</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
+        <v>211</v>
+      </c>
+      <c r="F55" s="2" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>123</v>
+        <v>146</v>
       </c>
       <c r="I55" s="3">
-        <v>31590286359</v>
+        <v>11930559793</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>33509397700015</v>
+        <v>50184691900014</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="F56" s="2" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>30</v>
+        <v>146</v>
       </c>
       <c r="I56" s="3">
-        <v>82691206369</v>
+        <v>11755120475</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>48072748600049</v>
+        <v>50187658500016</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>216</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
         <v>217</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>23</v>
+        <v>218</v>
       </c>
       <c r="I57" s="3">
-        <v>93131173213</v>
+        <v>83150309715</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
-        <v>48834744400033</v>
+        <v>50388066800051</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>219</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
         <v>220</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>221</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>23</v>
+        <v>146</v>
       </c>
       <c r="I58" s="3">
-        <v>11922488592</v>
+        <v>11940971094</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K58" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
-        <v>49154650300021</v>
+        <v>51988535400018</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>222</v>
       </c>
-      <c r="D59" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
         <v>223</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>224</v>
       </c>
       <c r="G59" s="2"/>
       <c r="H59" s="2" t="s">
-        <v>123</v>
+        <v>23</v>
       </c>
       <c r="I59" s="3">
-        <v>95970138897</v>
+        <v>11930615693</v>
       </c>
       <c r="J59" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L59" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
-        <v>49154650300039</v>
+        <v>53042922400013</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>123</v>
+        <v>228</v>
       </c>
       <c r="I60" s="3">
-        <v>95970138897</v>
+        <v>93132193713</v>
       </c>
       <c r="J60" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L60" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
-        <v>49291145800015</v>
+        <v>53252460000014</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>202</v>
+        <v>231</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>229</v>
-[...1 lines deleted...]
-      <c r="I61" s="3"/>
+        <v>146</v>
+      </c>
+      <c r="I61" s="3">
+        <v>24450284045</v>
+      </c>
       <c r="J61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M61" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
-        <v>77568090300132</v>
+        <v>53749927900033</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>230</v>
-[...1 lines deleted...]
-      <c r="D62" s="2"/>
+        <v>232</v>
+      </c>
+      <c r="D62" s="2" t="s">
+        <v>233</v>
+      </c>
       <c r="E62" s="2" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>210</v>
+        <v>23</v>
       </c>
       <c r="I62" s="3">
-        <v>11750079975</v>
+        <v>73310783131</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
-        <v>42860273400025</v>
+        <v>75210179000034</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>233</v>
-[...1 lines deleted...]
-      <c r="D63" s="2"/>
+        <v>236</v>
+      </c>
+      <c r="D63" s="2" t="s">
+        <v>237</v>
+      </c>
       <c r="E63" s="2" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>153</v>
+        <v>23</v>
       </c>
       <c r="I63" s="3">
-        <v>26210222621</v>
+        <v>53350912935</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
-        <v>45239747400043</v>
+        <v>77568090300132</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>23</v>
+        <v>142</v>
       </c>
       <c r="I64" s="3">
-        <v>72330645133</v>
+        <v>11750079975</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L64" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
-        <v>45389014700029</v>
+        <v>77660306000018</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>241</v>
+        <v>126</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>242</v>
+        <v>30</v>
       </c>
       <c r="I65" s="3">
-        <v>53350842535</v>
+        <v>82740107174</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
-        <v>47020214400023</v>
+        <v>77727960500011</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>245</v>
+        <v>126</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>246</v>
+        <v>30</v>
       </c>
       <c r="I66" s="3">
-        <v>75331193333</v>
+        <v>73820055182</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K66" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
-        <v>53252460000014</v>
+        <v>79099412300020</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>247</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
         <v>248</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>249</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>123</v>
+        <v>218</v>
       </c>
       <c r="I67" s="3">
-        <v>24450284045</v>
+        <v>84691556269</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="68" spans="1:13">
       <c r="A68" s="1">
         <v>79893398200026</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>250</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
         <v>251</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>252</v>
       </c>
       <c r="G68" s="2"/>
       <c r="H68" s="2" t="s">
-        <v>142</v>
+        <v>218</v>
       </c>
       <c r="I68" s="3">
         <v>82380533338</v>
       </c>
       <c r="J68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L68" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M68" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="69" spans="1:13">
       <c r="A69" s="1">
         <v>80991562200025</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="2" t="s">
@@ -3893,51 +3893,51 @@
         <v>18</v>
       </c>
       <c r="M69" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="70" spans="1:13">
       <c r="A70" s="1">
         <v>84338240900020</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>257</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
         <v>258</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>259</v>
       </c>
       <c r="G70" s="2"/>
       <c r="H70" s="2" t="s">
-        <v>123</v>
+        <v>146</v>
       </c>
       <c r="I70" s="3">
         <v>93131742713</v>
       </c>
       <c r="J70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K70" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L70" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M70" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="71" spans="1:13">
       <c r="A71" s="1">
         <v>85313648900020</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="2" t="s">
@@ -4082,53 +4082,51 @@
       </c>
     </row>
     <row r="75" spans="1:13">
       <c r="A75" s="1">
         <v>92812349600012</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>273</v>
       </c>
       <c r="C75" s="2" t="s">
         <v>274</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
         <v>275</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>276</v>
       </c>
       <c r="G75" s="2" t="s">
         <v>277</v>
       </c>
       <c r="H75" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I75" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I75" s="3"/>
       <c r="J75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L75" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M75" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:13">
       <c r="A76" s="1">
         <v>98246550200010</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C76" s="2" t="s">
         <v>278</v>
       </c>
       <c r="D76" s="2" t="s">
         <v>278</v>
@@ -4228,31 +4226,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/17/2025 01:52:46</dc:description>
+  <dc:description>Export en date du 03/05/2026 07:42:13</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>