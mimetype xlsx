--- v0 (2025-11-05)
+++ v1 (2025-12-24)
@@ -106,87 +106,87 @@
   <si>
     <t>05/10/2015</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>LYCEE GENERAL ET TECHNOLOGIQUE PABLO PICASSO</t>
   </si>
   <si>
     <t>GRETA - CFA DE L'AUDE ET DES PYRENEES ORIENTALES</t>
   </si>
   <si>
     <t>RUE CHARLES BLANC 66000 PERPIGNAN</t>
   </si>
   <si>
     <t>01/12/2016</t>
   </si>
   <si>
     <t>9166P008466</t>
   </si>
   <si>
+    <t>SOCIETE D'ETUDES ET DE REALISATION D'INSTALLATIONS DE SECURITE</t>
+  </si>
+  <si>
+    <t>6-12 6 RUE TRUILLOT 94200 IVRY-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>01/07/2019</t>
+  </si>
+  <si>
+    <t>71.12B</t>
+  </si>
+  <si>
     <t>AFORP FORMATION</t>
   </si>
   <si>
     <t>64 AVENUE DE LA PLAINE DE FRANCE 93290 TREMBLAY-EN-FRANCE</t>
   </si>
   <si>
     <t>01/02/2020</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>CENTRE REEDUCATION INVALIDES CIVILS</t>
   </si>
   <si>
     <t>CRP CRIC PYRENEES</t>
   </si>
   <si>
     <t>AVENUE DES FRERES BARTHELEMY 64110 JURANCON</t>
   </si>
   <si>
     <t>01/04/1989</t>
   </si>
   <si>
     <t>88.10C</t>
-  </si>
-[...10 lines deleted...]
-    <t>71.12B</t>
   </si>
   <si>
     <t>FEDERATION ROUBAISIENNE DE L ENSEIGNEMENT SECONDAIRE CATHOLIQUE</t>
   </si>
   <si>
     <t>21 RUE PELLART 59100 ROUBAIX</t>
   </si>
   <si>
     <t>01/09/2014</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
@@ -767,147 +767,147 @@
       <c r="F4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>77572845400205</v>
+        <v>30827608800074</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I5" s="3">
-        <v>11921813492</v>
+        <v>11940276694</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>77694494400045</v>
+        <v>77572845400205</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="D6" s="2" t="s">
+      <c r="D6" s="2"/>
+      <c r="E6" s="2" t="s">
         <v>35</v>
       </c>
-      <c r="E6" s="2" t="s">
+      <c r="F6" s="2" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="I6" s="3">
-        <v>73310124431</v>
+        <v>11921813492</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>30827608800074</v>
+        <v>77694494400045</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>42</v>
       </c>
       <c r="I7" s="3">
-        <v>11940276694</v>
+        <v>73310124431</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>80443252400010</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D8" s="2"/>
@@ -1045,51 +1045,51 @@
         <v>24</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>85137801800028</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>55</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="I12" s="3">
         <v>11756603875</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>89518621100036</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
@@ -1191,31 +1191,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 10:23:43</dc:description>
+  <dc:description>Export en date du 12/24/2025 11:28:12</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>