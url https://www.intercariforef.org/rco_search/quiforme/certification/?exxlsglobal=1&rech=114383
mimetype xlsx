--- v1 (2025-12-24)
+++ v2 (2026-02-14)
@@ -1191,31 +1191,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/24/2025 11:28:12</dc:description>
+  <dc:description>Export en date du 02/14/2026 04:41:14</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>