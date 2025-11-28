--- v0 (2025-10-12)
+++ v1 (2025-11-28)
@@ -58,141 +58,141 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t xml:space="preserve">MINISTERE DES SPORTS, DE LA JEUNESSE ET DE LA VIE ASSOCIATIVE </t>
+  </si>
+  <si>
+    <t>95 AVENUE DE FRANCE 75013 PARIS</t>
+  </si>
+  <si>
+    <t>16/05/2012</t>
+  </si>
+  <si>
+    <t>84.11Z</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>CENTRE DE RESSOURCES D EXPERTISE ET DE PERFORMANCE SPORTIVE</t>
+  </si>
+  <si>
+    <t>653 COURS DE LA LIBERATION 33400 TALENCE</t>
+  </si>
+  <si>
+    <t>01/03/1983</t>
+  </si>
+  <si>
+    <t>85.51Z</t>
+  </si>
+  <si>
+    <t>7233P015933</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>CENTRE DE RESSOURCES D'EXPERTISE ET DE PERFORMANCE SPORTIVE</t>
+  </si>
+  <si>
+    <t>2 AVENUE CHARLES FLAHAULT 34090 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>9134P074634</t>
+  </si>
+  <si>
+    <t>FEDERATION FRANCAISE DE GOLF</t>
+  </si>
+  <si>
+    <t>68 RUE ANATOLE FRANCE 92300 LEVALLOIS-PERRET</t>
+  </si>
+  <si>
+    <t>26/10/1998</t>
+  </si>
+  <si>
+    <t>93.19Z</t>
+  </si>
+  <si>
+    <t>JEKA FORMATION</t>
+  </si>
+  <si>
+    <t>JEKA - SCHOOL</t>
+  </si>
+  <si>
+    <t>GOLF DE SEILH ROUTE DE GRENADE 31840 SEILH</t>
+  </si>
+  <si>
+    <t>07/12/2016</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>ASS ROUEN UNIVERSITE CLUB</t>
+  </si>
+  <si>
+    <t>37 RUE DE LA CROIX VAUBOIS 76130 MONT-SAINT-AIGNAN</t>
+  </si>
+  <si>
+    <t>08/12/1987</t>
+  </si>
+  <si>
+    <t>93.12Z</t>
+  </si>
+  <si>
     <t>ASSOCIATION DE GESTION ET DE DEVELOPPEMENT DU CLUB CAMUS</t>
   </si>
   <si>
     <t>11 BOULEVARD REMBRANDT 21000 DIJON</t>
   </si>
   <si>
     <t>30/05/2023</t>
   </si>
   <si>
     <t>85.59B</t>
-  </si>
-[...79 lines deleted...]
-    <t>85.59A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -597,305 +597,305 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>39992626000049</v>
+        <v>13001658700011</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I2" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>13001658700011</v>
+        <v>19330159500016</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" s="2" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="I3" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="I3" s="3"/>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>19330159500016</v>
+        <v>19340099100017</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="I4" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="I4" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>19340099100017</v>
+        <v>78466318900040</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" s="2" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="I5" s="3" t="s">
         <v>31</v>
       </c>
+      <c r="I5" s="3">
+        <v>11921311592</v>
+      </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>78107863900023</v>
+        <v>80786008500024</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="D6" s="2"/>
+      <c r="D6" s="2" t="s">
+        <v>33</v>
+      </c>
       <c r="E6" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="I6" s="3">
-        <v>28760579576</v>
+        <v>73310760531</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>78466318900040</v>
+        <v>78107863900023</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I7" s="3">
-        <v>11921311592</v>
+        <v>28760579576</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>80786008500024</v>
+        <v>39992626000049</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>40</v>
-[...1 lines deleted...]
-      <c r="D8" s="2" t="s">
         <v>41</v>
       </c>
+      <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>44</v>
       </c>
       <c r="I8" s="3">
-        <v>73310760531</v>
+        <v>27210389121</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -908,31 +908,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/12/2025 10:29:16</dc:description>
+  <dc:description>Export en date du 11/28/2025 09:44:00</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>