--- v1 (2025-11-28)
+++ v2 (2026-01-16)
@@ -100,87 +100,87 @@
   <si>
     <t>653 COURS DE LA LIBERATION 33400 TALENCE</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>85.51Z</t>
   </si>
   <si>
     <t>7233P015933</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>CENTRE DE RESSOURCES D'EXPERTISE ET DE PERFORMANCE SPORTIVE</t>
   </si>
   <si>
     <t>2 AVENUE CHARLES FLAHAULT 34090 MONTPELLIER</t>
   </si>
   <si>
     <t>9134P074634</t>
   </si>
   <si>
+    <t>ASS ROUEN UNIVERSITE CLUB</t>
+  </si>
+  <si>
+    <t>37 RUE DE LA CROIX VAUBOIS 76130 MONT-SAINT-AIGNAN</t>
+  </si>
+  <si>
+    <t>08/12/1987</t>
+  </si>
+  <si>
+    <t>93.12Z</t>
+  </si>
+  <si>
     <t>FEDERATION FRANCAISE DE GOLF</t>
   </si>
   <si>
     <t>68 RUE ANATOLE FRANCE 92300 LEVALLOIS-PERRET</t>
   </si>
   <si>
     <t>26/10/1998</t>
   </si>
   <si>
     <t>93.19Z</t>
   </si>
   <si>
     <t>JEKA FORMATION</t>
   </si>
   <si>
     <t>JEKA - SCHOOL</t>
   </si>
   <si>
     <t>GOLF DE SEILH ROUTE DE GRENADE 31840 SEILH</t>
   </si>
   <si>
     <t>07/12/2016</t>
   </si>
   <si>
     <t>85.59A</t>
-  </si>
-[...10 lines deleted...]
-    <t>93.12Z</t>
   </si>
   <si>
     <t>ASSOCIATION DE GESTION ET DE DEVELOPPEMENT DU CLUB CAMUS</t>
   </si>
   <si>
     <t>11 BOULEVARD REMBRANDT 21000 DIJON</t>
   </si>
   <si>
     <t>30/05/2023</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -706,156 +706,156 @@
       <c r="F4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>27</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>78466318900040</v>
+        <v>78107863900023</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I5" s="3">
-        <v>11921311592</v>
+        <v>28760579576</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>80786008500024</v>
+        <v>78466318900040</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="D6" s="2" t="s">
+      <c r="D6" s="2"/>
+      <c r="E6" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="E6" s="2" t="s">
+      <c r="F6" s="2" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="I6" s="3">
-        <v>73310760531</v>
+        <v>11921311592</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>78107863900023</v>
+        <v>80786008500024</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="I7" s="3">
-        <v>28760579576</v>
+        <v>73310760531</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>39992626000049</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>44</v>
@@ -908,31 +908,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/28/2025 09:44:00</dc:description>
+  <dc:description>Export en date du 01/16/2026 05:00:16</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>