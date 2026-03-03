--- v2 (2026-01-16)
+++ v3 (2026-03-03)
@@ -14,185 +14,173 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
-    <t xml:space="preserve">MINISTERE DES SPORTS, DE LA JEUNESSE ET DE LA VIE ASSOCIATIVE </t>
-[...10 lines deleted...]
-  <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>CENTRE DE RESSOURCES D EXPERTISE ET DE PERFORMANCE SPORTIVE</t>
   </si>
   <si>
     <t>653 COURS DE LA LIBERATION 33400 TALENCE</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>85.51Z</t>
   </si>
   <si>
     <t>7233P015933</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>CENTRE DE RESSOURCES D'EXPERTISE ET DE PERFORMANCE SPORTIVE</t>
   </si>
   <si>
     <t>2 AVENUE CHARLES FLAHAULT 34090 MONTPELLIER</t>
   </si>
   <si>
     <t>9134P074634</t>
   </si>
   <si>
+    <t>ASSOCIATION DE GESTION ET DE DEVELOPPEMENT DU CLUB CAMUS</t>
+  </si>
+  <si>
+    <t>11 BOULEVARD REMBRANDT 21000 DIJON</t>
+  </si>
+  <si>
+    <t>30/05/2023</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
     <t>ASS ROUEN UNIVERSITE CLUB</t>
   </si>
   <si>
     <t>37 RUE DE LA CROIX VAUBOIS 76130 MONT-SAINT-AIGNAN</t>
   </si>
   <si>
     <t>08/12/1987</t>
   </si>
   <si>
     <t>93.12Z</t>
   </si>
   <si>
     <t>FEDERATION FRANCAISE DE GOLF</t>
   </si>
   <si>
     <t>68 RUE ANATOLE FRANCE 92300 LEVALLOIS-PERRET</t>
   </si>
   <si>
     <t>26/10/1998</t>
   </si>
   <si>
     <t>93.19Z</t>
   </si>
   <si>
     <t>JEKA FORMATION</t>
   </si>
   <si>
     <t>JEKA - SCHOOL</t>
   </si>
   <si>
     <t>GOLF DE SEILH ROUTE DE GRENADE 31840 SEILH</t>
   </si>
   <si>
     <t>07/12/2016</t>
   </si>
   <si>
     <t>85.59A</t>
-  </si>
-[...10 lines deleted...]
-    <t>85.59B</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -602,300 +590,292 @@
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
         <v>13001658700011</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="C2" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C2" s="2"/>
       <c r="D2" s="2"/>
-      <c r="E2" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="E2" s="2"/>
+      <c r="F2" s="2"/>
       <c r="G2" s="2"/>
-      <c r="H2" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H2" s="2"/>
       <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="L2" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
         <v>19330159500016</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="I3" s="3" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
         <v>19340099100017</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="I4" s="3" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>78107863900023</v>
+        <v>39992626000049</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="I5" s="3">
-        <v>28760579576</v>
+        <v>27210389121</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>78466318900040</v>
+        <v>78107863900023</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="I6" s="3">
-        <v>11921311592</v>
+        <v>28760579576</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>80786008500024</v>
+        <v>78466318900040</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>36</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="I7" s="3">
-        <v>73310760531</v>
+        <v>11921311592</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>39992626000049</v>
+        <v>80786008500024</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="D8" s="2"/>
+        <v>36</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>37</v>
+      </c>
       <c r="E8" s="2" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="I8" s="3">
-        <v>27210389121</v>
+        <v>73310760531</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -908,31 +888,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/16/2026 05:00:16</dc:description>
+  <dc:description>Export en date du 03/03/2026 12:51:20</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>