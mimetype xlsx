--- v0 (2025-11-05)
+++ v1 (2025-12-26)
@@ -217,51 +217,51 @@
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE MONTMORILLON</t>
   </si>
   <si>
     <t>LYCEE AGRICOLE JEAN-MARIE BOULOUX</t>
   </si>
   <si>
     <t>CHATEAU RINGUET 24 RUE JULES FERRY 86500 MONTMORILLON</t>
   </si>
   <si>
     <t>5486P001586</t>
   </si>
   <si>
     <t>LYCEE D'ENSEIGNEMENT GENERAL,TECHNOLOGIQUE ET PROFESSIONNEL AGRICOLE D'AUXERRE-LA-BROSSE</t>
   </si>
   <si>
     <t>LEGTPA D'AUXERRE-LA-BROSSE</t>
   </si>
   <si>
     <t>LA BROSSE 89290 VENOY</t>
   </si>
   <si>
     <t>2689P000589</t>
   </si>
   <si>
-    <t>LEP AGRICOLE PRIVE DE MACHINISME</t>
+    <t>LYCEE AGRICOLE PRIVE MEYNES - GARD</t>
   </si>
   <si>
     <t>ROUTE DE BEZOUCE 30840 MEYNES</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>ASSO FAMIL GESTION ST VINCENT</t>
   </si>
   <si>
     <t>1 RUE DU PETIT LAVOIR 42450 SURY-LE-COMTAL</t>
   </si>
   <si>
     <t>25/12/1991</t>
   </si>
   <si>
     <t>MAISON FAMILIALE APPRENTISSAGE RURAL</t>
   </si>
   <si>
     <t>LD LES TROIS RIVIERES 49330 LES HAUTS-D'ANJOU</t>
   </si>
   <si>
     <t>ASS GESTION ECOLE AGRICULTURE ETABLIERES</t>
   </si>
@@ -1444,31 +1444,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 10:23:48</dc:description>
+  <dc:description>Export en date du 12/26/2025 06:48:20</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>