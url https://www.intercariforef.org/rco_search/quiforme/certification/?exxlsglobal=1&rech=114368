--- v1 (2025-12-26)
+++ v2 (2026-02-15)
@@ -217,93 +217,93 @@
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE MONTMORILLON</t>
   </si>
   <si>
     <t>LYCEE AGRICOLE JEAN-MARIE BOULOUX</t>
   </si>
   <si>
     <t>CHATEAU RINGUET 24 RUE JULES FERRY 86500 MONTMORILLON</t>
   </si>
   <si>
     <t>5486P001586</t>
   </si>
   <si>
     <t>LYCEE D'ENSEIGNEMENT GENERAL,TECHNOLOGIQUE ET PROFESSIONNEL AGRICOLE D'AUXERRE-LA-BROSSE</t>
   </si>
   <si>
     <t>LEGTPA D'AUXERRE-LA-BROSSE</t>
   </si>
   <si>
     <t>LA BROSSE 89290 VENOY</t>
   </si>
   <si>
     <t>2689P000589</t>
   </si>
   <si>
+    <t>MAISON FAMILIALE RURALE EDUC ORIENTATION</t>
+  </si>
+  <si>
+    <t>31450 DONNEVILLE</t>
+  </si>
+  <si>
+    <t>03/10/1980</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
     <t>LYCEE AGRICOLE PRIVE MEYNES - GARD</t>
   </si>
   <si>
     <t>ROUTE DE BEZOUCE 30840 MEYNES</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>ASSO FAMIL GESTION ST VINCENT</t>
   </si>
   <si>
     <t>1 RUE DU PETIT LAVOIR 42450 SURY-LE-COMTAL</t>
   </si>
   <si>
     <t>25/12/1991</t>
   </si>
   <si>
     <t>MAISON FAMILIALE APPRENTISSAGE RURAL</t>
   </si>
   <si>
     <t>LD LES TROIS RIVIERES 49330 LES HAUTS-D'ANJOU</t>
   </si>
   <si>
     <t>ASS GESTION ECOLE AGRICULTURE ETABLIERES</t>
   </si>
   <si>
     <t>ROUTE DE NANTES 85000 LA ROCHE-SUR-YON</t>
   </si>
   <si>
     <t>85.42Z</t>
-  </si>
-[...10 lines deleted...]
-    <t>85.31Z</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1082,51 +1082,51 @@
       </c>
       <c r="C11" s="2" t="s">
         <v>52</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>53</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>54</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>19771436300011</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>56</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>57</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G12" s="2"/>
@@ -1207,225 +1207,225 @@
       <c r="F14" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I14" s="3" t="s">
         <v>66</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>77588413300015</v>
+        <v>32352935400017</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>69</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>22</v>
+        <v>70</v>
       </c>
       <c r="I15" s="3">
-        <v>91300250130</v>
+        <v>76311033731</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>77642099400019</v>
+        <v>77588413300015</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I16" s="3">
-        <v>82420237242</v>
+        <v>91300250130</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>78613651500016</v>
+        <v>77642099400019</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I17" s="3">
-        <v>52490312749</v>
+        <v>82420237242</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>78644691400016</v>
+        <v>78613651500016</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>77</v>
+        <v>22</v>
       </c>
       <c r="I18" s="3">
-        <v>52850007685</v>
+        <v>52490312749</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>32352935400017</v>
+        <v>78644691400016</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>81</v>
       </c>
       <c r="I19" s="3">
-        <v>76311033731</v>
+        <v>52850007685</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
@@ -1444,31 +1444,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/26/2025 06:48:20</dc:description>
+  <dc:description>Export en date du 02/15/2026 08:13:54</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>