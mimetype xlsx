--- v0 (2025-12-26)
+++ v1 (2026-02-18)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
@@ -73,84 +73,87 @@
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>MINISTERE DU TRAVAIL ET DES SOLIDARITES</t>
   </si>
   <si>
     <t>14 AVENUE DUQUESNE 75007 PARIS</t>
   </si>
   <si>
     <t>11/06/1997</t>
   </si>
   <si>
     <t>84.11Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
+    <t>ORGANISME DE GESTION LA CHARTREUSE</t>
+  </si>
+  <si>
+    <t>RUE DU PONT DE LA CHARTREUSE 43700 BRIVES-CHARENSAC</t>
+  </si>
+  <si>
+    <t>01/09/1998</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>FORMATION ET METIER</t>
+  </si>
+  <si>
+    <t>LYCEE JACQUES RAYNAUD</t>
+  </si>
+  <si>
+    <t>59 TRAVERSE CHARLES SUSINI 13013 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
     <t>CFA DU BATIMENT PROVENCE ALPES COTE D'AZUR</t>
   </si>
   <si>
     <t>CS 80562 155 RUE ALBERT EINSTEIN 13100 AIX-EN-PROVENCE</t>
   </si>
   <si>
     <t>07/11/2005</t>
-  </si>
-[...25 lines deleted...]
-    <t>85.31Z</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>29 RUE PIERRE BOILEAU 57050 METZ</t>
   </si>
   <si>
     <t>01/01/2017</t>
   </si>
   <si>
     <t>1 ALLEE JEAN GRIFFON 31400 TOULOUSE</t>
   </si>
   <si>
     <t>22 RUE ALFRED DE VIGNY 33200 BORDEAUX</t>
   </si>
@@ -632,475 +635,477 @@
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>78285946600040</v>
+        <v>42004907400016</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I3" s="3">
-        <v>93131437313</v>
+        <v>83430071843</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>77555830700093</v>
+        <v>77555830700085</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="D4" s="2"/>
+      <c r="D4" s="2" t="s">
+        <v>25</v>
+      </c>
       <c r="E4" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="I4" s="3">
         <v>93130322913</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>42004907400016</v>
+        <v>78285946600040</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="I5" s="3">
-        <v>83430071843</v>
+        <v>93131437313</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>82409268800012</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="I6" s="3">
         <v>11930762893</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>82409268800137</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="I7" s="3">
         <v>11930762893</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>82409268800186</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="F8" s="2" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="I8" s="3">
         <v>11930762893</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>82409268800210</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="I9" s="3">
         <v>11930762893</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>82422814200033</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="I10" s="3">
         <v>11930743393</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>82422814200041</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="I11" s="3">
         <v>11930743393</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>82422814201148</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="I12" s="3">
         <v>11930743393</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>82422814201320</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="I13" s="3">
         <v>11930743393</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>82422814201551</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="I14" s="3">
         <v>11930743393</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -1128,31 +1133,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/26/2025 10:39:18</dc:description>
+  <dc:description>Export en date du 02/19/2026 00:15:22</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>