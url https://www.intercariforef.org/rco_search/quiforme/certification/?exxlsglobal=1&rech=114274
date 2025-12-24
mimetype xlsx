--- v0 (2025-11-05)
+++ v1 (2025-12-24)
@@ -112,198 +112,198 @@
   <si>
     <t>BGE HAUTS DE FRANCE</t>
   </si>
   <si>
     <t>4 RUE DES BUISSES 59800 LILLE</t>
   </si>
   <si>
     <t>13/06/2007</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
     <t>BGE OUEST HERAULT</t>
   </si>
   <si>
     <t>ZI DU CAPISCOL 5 RUE PAUL LANGEVIN 34500 BEZIERS</t>
   </si>
   <si>
     <t>01/03/2011</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
+    <t>BGE LANGUEDOC CATALOGNE</t>
+  </si>
+  <si>
+    <t>BAT INESS 30 AV POMPIDOR 11100 NARBONNE</t>
+  </si>
+  <si>
+    <t>06/01/2020</t>
+  </si>
+  <si>
+    <t>BGE BRETAGNE</t>
+  </si>
+  <si>
+    <t>3 RUE D'ESPAGNE 35200 RENNES</t>
+  </si>
+  <si>
+    <t>23/03/2023</t>
+  </si>
+  <si>
+    <t>BGE TERRES DE LOIRE</t>
+  </si>
+  <si>
+    <t>29 RUE DES MONTEES 45100 ORLEANS</t>
+  </si>
+  <si>
+    <t>01/01/2023</t>
+  </si>
+  <si>
+    <t>BGE COTE D'AZUR</t>
+  </si>
+  <si>
+    <t>1 AVENUE DE LA REPUBLIQUE 06300 NICE</t>
+  </si>
+  <si>
+    <t>06/08/2024</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>BGE SUD OUEST</t>
+  </si>
+  <si>
+    <t>3 CHEMIN DU PIGEONNIER DE LA CEPIERE 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>04/05/2007</t>
+  </si>
+  <si>
+    <t>BGE PARIF</t>
+  </si>
+  <si>
+    <t>36 ALLEE VIVALDI 75012 PARIS</t>
+  </si>
+  <si>
+    <t>17/01/2022</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>BGE</t>
+  </si>
+  <si>
+    <t>168 B RUE RAYMOND LOSSERAND 75014 PARIS</t>
+  </si>
+  <si>
+    <t>18/06/2015</t>
+  </si>
+  <si>
+    <t>26/04/2024</t>
+  </si>
+  <si>
+    <t>37 RUE SAINT-SEBASTIEN 75011 PARIS</t>
+  </si>
+  <si>
+    <t>BGE LANDES TEC GE COOP</t>
+  </si>
+  <si>
+    <t>BP 57 PEMEGNAN 40000 MONT-DE-MARSAN</t>
+  </si>
+  <si>
+    <t>01/07/1996</t>
+  </si>
+  <si>
+    <t>BGE LIMOUSIN</t>
+  </si>
+  <si>
+    <t>25 COURS JEAN PENICAUD 87000 LIMOGES</t>
+  </si>
+  <si>
+    <t>20/08/2015</t>
+  </si>
+  <si>
+    <t>BGE PROVENCE ALPES MEDITERRANEE ACCES CONSEIL</t>
+  </si>
+  <si>
+    <t>ACTIPOLE 12 7 RUE GASTON DE FLOTTE 13012 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/04/2007</t>
+  </si>
+  <si>
+    <t>BGE BERRY TOURAINE</t>
+  </si>
+  <si>
+    <t>6 RUE JEAN-JACQUES ROUSSEAU 36000 CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>01/10/2015</t>
+  </si>
+  <si>
+    <t>BGE PAYS DE LA LOIRE</t>
+  </si>
+  <si>
+    <t>56 RUE ALBERT CAMUS 49800 TRELAZE</t>
+  </si>
+  <si>
+    <t>21/11/2016</t>
+  </si>
+  <si>
+    <t>BGE AURA</t>
+  </si>
+  <si>
+    <t>ESPACE DE COWORKING HIPTOWN 20 BOULEVARD EUGENE DERUELLE 69003 LYON</t>
+  </si>
+  <si>
+    <t>01/01/2022</t>
+  </si>
+  <si>
     <t>BGE PICARDIE SCIC SAS A CAPITAL VARIABLE</t>
   </si>
   <si>
     <t>18 RUE LAMARTINE 80000 AMIENS</t>
   </si>
   <si>
     <t>18/04/2013</t>
   </si>
   <si>
-    <t>BGE BERRY TOURAINE</t>
-[...109 lines deleted...]
-  <si>
     <t>BGE MAYOTTE</t>
   </si>
   <si>
     <t>IMMEUBLE MAHAFA 2 RUE DE L'ARCHIPEL KAWENI 97600 MAMOUDZOU</t>
   </si>
   <si>
     <t>01/11/2017</t>
   </si>
   <si>
     <t>06970007197</t>
-  </si>
-[...16 lines deleted...]
-    <t>23/03/2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -856,628 +856,628 @@
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I5" s="3">
         <v>91340600734</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>39877218600068</v>
+        <v>42393546900043</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I6" s="3">
-        <v>22800168180</v>
+        <v>91110101611</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>50206723400026</v>
+        <v>45087585100021</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I7" s="3">
-        <v>24360076236</v>
+        <v>53351165435</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>42393546900043</v>
+        <v>48017860700077</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="I8" s="3">
-        <v>91110101611</v>
+        <v>24450273445</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>42822261600040</v>
+        <v>31445183200054</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>27</v>
+        <v>44</v>
       </c>
       <c r="I9" s="3">
-        <v>83630336463</v>
+        <v>93060027106</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>31445183200054</v>
+        <v>31596310800206</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="I10" s="3">
-        <v>93060027106</v>
+        <v>73310026731</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>31596310800206</v>
+        <v>32250551200077</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>49</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I11" s="3">
-        <v>73310026731</v>
+        <v>11750424675</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>32250551200077</v>
+        <v>32980385200063</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>13</v>
+        <v>51</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="G12" s="2"/>
+        <v>54</v>
+      </c>
+      <c r="G12" s="2" t="s">
+        <v>55</v>
+      </c>
       <c r="H12" s="2" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="I12" s="3">
-        <v>11750424675</v>
+        <v>11755357775</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>32980385200063</v>
+        <v>32980385200071</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>57</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I13" s="3">
         <v>11755357775</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>32980385200071</v>
+        <v>33407672600085</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="I14" s="3">
-        <v>11755357775</v>
+        <v>72400005440</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>33407672600085</v>
+        <v>33419182200058</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>61</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>62</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="I15" s="3">
-        <v>72400005440</v>
+        <v>74870016587</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>33419182200058</v>
+        <v>33447279200103</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>63</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>64</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>65</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I16" s="3">
-        <v>74870016587</v>
+        <v>93131281513</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>33447279200103</v>
+        <v>50206723400026</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="I17" s="3">
-        <v>93131281513</v>
+        <v>24360076236</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>34041352500056</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>69</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>70</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>71</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>31</v>
       </c>
       <c r="I18" s="3">
         <v>52490042449</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>51486214300021</v>
+        <v>42822261600040</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>73</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>74</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>27</v>
+      </c>
+      <c r="I19" s="3">
+        <v>83630336463</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>48017860700077</v>
+        <v>39877218600068</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="F20" s="2" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="I20" s="3">
-        <v>24450273445</v>
+        <v>22800168180</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>45087585100021</v>
+        <v>51486214300021</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="F21" s="2" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>53351165435</v>
+        <v>31</v>
+      </c>
+      <c r="I21" s="3" t="s">
+        <v>81</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -1502,31 +1502,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 16:26:40</dc:description>
+  <dc:description>Export en date du 12/24/2025 05:35:19</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>