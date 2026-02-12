--- v1 (2025-12-24)
+++ v2 (2026-02-12)
@@ -58,240 +58,240 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>BGE COTE D'AZUR</t>
+  </si>
+  <si>
+    <t>1 AVENUE DE LA REPUBLIQUE 06300 NICE</t>
+  </si>
+  <si>
+    <t>06/08/2024</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>BGE SUD OUEST</t>
+  </si>
+  <si>
+    <t>3 CHEMIN DU PIGEONNIER DE LA CEPIERE 31100 TOULOUSE</t>
+  </si>
+  <si>
+    <t>04/05/2007</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>BGE PARIF</t>
+  </si>
+  <si>
+    <t>36 ALLEE VIVALDI 75012 PARIS</t>
+  </si>
+  <si>
+    <t>17/01/2022</t>
+  </si>
+  <si>
+    <t>82.99Z</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>BGE</t>
+  </si>
+  <si>
+    <t>168 B RUE RAYMOND LOSSERAND 75014 PARIS</t>
+  </si>
+  <si>
+    <t>18/06/2015</t>
+  </si>
+  <si>
+    <t>26/04/2024</t>
+  </si>
+  <si>
+    <t>94.99Z</t>
+  </si>
+  <si>
+    <t>37 RUE SAINT-SEBASTIEN 75011 PARIS</t>
+  </si>
+  <si>
+    <t>BGE LANDES TEC GE COOP</t>
+  </si>
+  <si>
+    <t>BP 57 PEMEGNAN 40000 MONT-DE-MARSAN</t>
+  </si>
+  <si>
+    <t>01/07/1996</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>BGE LIMOUSIN</t>
+  </si>
+  <si>
+    <t>25 COURS JEAN PENICAUD 87000 LIMOGES</t>
+  </si>
+  <si>
+    <t>20/08/2015</t>
+  </si>
+  <si>
+    <t>BGE PROVENCE ALPES MEDITERRANEE ACCES CONSEIL</t>
+  </si>
+  <si>
+    <t>ACTIPOLE 12 7 RUE GASTON DE FLOTTE 13012 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/04/2007</t>
+  </si>
+  <si>
+    <t>BGE PAYS DE LA LOIRE</t>
+  </si>
+  <si>
+    <t>56 RUE ALBERT CAMUS 49800 TRELAZE</t>
+  </si>
+  <si>
+    <t>21/11/2016</t>
+  </si>
+  <si>
     <t>BGE ILE CONSEIL</t>
   </si>
   <si>
     <t>QUARTIER PORETTA IMM ST JEAN 20137 PORTO VECCHIO</t>
   </si>
   <si>
     <t>01/07/2001</t>
   </si>
   <si>
-    <t>82.99Z</t>
-[...7 lines deleted...]
-  <si>
     <t>BGE-FLANDRE CREATION</t>
   </si>
   <si>
     <t>LA TURBINE 33 RUE DU PONCEAU LUCIEN DUFFULER 59140 DUNKERQUE</t>
   </si>
   <si>
     <t>19/11/2020</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...1 lines deleted...]
-  <si>
     <t>BGE HAUTS DE FRANCE</t>
   </si>
   <si>
     <t>4 RUE DES BUISSES 59800 LILLE</t>
   </si>
   <si>
     <t>13/06/2007</t>
   </si>
   <si>
-    <t>70.22Z</t>
-[...1 lines deleted...]
-  <si>
     <t>BGE OUEST HERAULT</t>
   </si>
   <si>
     <t>ZI DU CAPISCOL 5 RUE PAUL LANGEVIN 34500 BEZIERS</t>
   </si>
   <si>
     <t>01/03/2011</t>
   </si>
   <si>
-    <t>94.99Z</t>
+    <t>BGE PICARDIE SCIC SAS A CAPITAL VARIABLE</t>
+  </si>
+  <si>
+    <t>18 RUE LAMARTINE 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>18/04/2013</t>
   </si>
   <si>
     <t>BGE LANGUEDOC CATALOGNE</t>
   </si>
   <si>
     <t>BAT INESS 30 AV POMPIDOR 11100 NARBONNE</t>
   </si>
   <si>
     <t>06/01/2020</t>
   </si>
   <si>
+    <t>BGE AURA</t>
+  </si>
+  <si>
+    <t>ESPACE DE COWORKING HIPTOWN 20 BOULEVARD EUGENE DERUELLE 69003 LYON</t>
+  </si>
+  <si>
+    <t>01/01/2022</t>
+  </si>
+  <si>
     <t>BGE BRETAGNE</t>
   </si>
   <si>
     <t>3 RUE D'ESPAGNE 35200 RENNES</t>
   </si>
   <si>
     <t>23/03/2023</t>
   </si>
   <si>
     <t>BGE TERRES DE LOIRE</t>
   </si>
   <si>
     <t>29 RUE DES MONTEES 45100 ORLEANS</t>
   </si>
   <si>
     <t>01/01/2023</t>
   </si>
   <si>
-    <t>BGE COTE D'AZUR</t>
-[...73 lines deleted...]
-  <si>
     <t>BGE BERRY TOURAINE</t>
   </si>
   <si>
     <t>6 RUE JEAN-JACQUES ROUSSEAU 36000 CHATEAUROUX</t>
   </si>
   <si>
     <t>01/10/2015</t>
-  </si>
-[...25 lines deleted...]
-    <t>18/04/2013</t>
   </si>
   <si>
     <t>BGE MAYOTTE</t>
   </si>
   <si>
     <t>IMMEUBLE MAHAFA 2 RUE DE L'ARCHIPEL KAWENI 97600 MAMOUDZOU</t>
   </si>
   <si>
     <t>01/11/2017</t>
   </si>
   <si>
     <t>06970007197</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -708,788 +708,786 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>34761761500039</v>
+        <v>31445183200054</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
-        <v>94201050520</v>
+        <v>93060027106</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>38312294200022</v>
+        <v>31596310800206</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="3">
-        <v>31590258659</v>
+        <v>73310026731</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>39229727100299</v>
+        <v>32250551200077</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="I4" s="3">
-        <v>31590258759</v>
+        <v>11750424675</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>39280784800065</v>
+        <v>32980385200063</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="G5" s="2"/>
+        <v>31</v>
+      </c>
+      <c r="G5" s="2" t="s">
+        <v>32</v>
+      </c>
       <c r="H5" s="2" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="I5" s="3"/>
       <c r="J5" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>42393546900043</v>
+        <v>32980385200071</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="I6" s="3">
-        <v>91110101611</v>
+        <v>11755357775</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>45087585100021</v>
+        <v>33407672600085</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="I7" s="3">
-        <v>53351165435</v>
+        <v>72400005440</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>48017860700077</v>
+        <v>33419182200058</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I8" s="3">
-        <v>24450273445</v>
+        <v>74870016587</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>31445183200054</v>
+        <v>33447279200103</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
       <c r="I9" s="3">
-        <v>93060027106</v>
+        <v>93131281513</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>31596310800206</v>
+        <v>34041352500056</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="I10" s="3">
-        <v>73310026731</v>
+        <v>52490042449</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>32250551200077</v>
+        <v>34761761500039</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>49</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="I11" s="3">
-        <v>11750424675</v>
+        <v>94201050520</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>32980385200063</v>
+        <v>38312294200022</v>
       </c>
       <c r="B12" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C12" s="2" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>53</v>
       </c>
-      <c r="F12" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="I12" s="3">
-        <v>11755357775</v>
+        <v>31590258659</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>32980385200071</v>
+        <v>39229727100299</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="F13" s="2" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="I13" s="3">
-        <v>11755357775</v>
+        <v>31590258759</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>33407672600085</v>
+        <v>39280784800065</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="I14" s="3">
-        <v>72400005440</v>
+        <v>91340600734</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>33419182200058</v>
+        <v>39877218600068</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>60</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>61</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>62</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="I15" s="3">
-        <v>74870016587</v>
+        <v>22800168180</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>33447279200103</v>
+        <v>42393546900043</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>63</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>64</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>65</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="I16" s="3">
-        <v>93131281513</v>
+        <v>91110101611</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>50206723400026</v>
+        <v>42822261600040</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>66</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>68</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="I17" s="3">
-        <v>24360076236</v>
+        <v>83630336463</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>34041352500056</v>
+        <v>45087585100021</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>69</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>70</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>71</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="I18" s="3">
-        <v>52490042449</v>
+        <v>53351165435</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>42822261600040</v>
+        <v>48017860700077</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>73</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>74</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="I19" s="3">
-        <v>83630336463</v>
+        <v>24450273445</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>39877218600068</v>
+        <v>50206723400026</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>76</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="I20" s="3">
-        <v>22800168180</v>
+        <v>24360076236</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>51486214300021</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>79</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>80</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="I21" s="3" t="s">
         <v>81</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1502,31 +1500,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/24/2025 05:35:19</dc:description>
+  <dc:description>Export en date du 02/12/2026 06:28:52</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>