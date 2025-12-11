--- v0 (2025-10-23)
+++ v1 (2025-12-11)
@@ -58,180 +58,180 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>CENTRE EUROPEEN DE FORMATION</t>
+  </si>
+  <si>
+    <t>19 RUE NICOLAS APPERT 59650 VILLENEUVE-D'ASCQ</t>
+  </si>
+  <si>
+    <t>31/03/2015</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>LE PRACTICE</t>
+  </si>
+  <si>
+    <t>53 RUE LA BOETIE 75008 PARIS</t>
+  </si>
+  <si>
+    <t>01/03/2018</t>
+  </si>
+  <si>
+    <t>15/09/2021</t>
+  </si>
+  <si>
+    <t>188 ROUTE DE PLASCASSIER 06130 GRASSE</t>
+  </si>
+  <si>
+    <t>AEQUALIA CONSULTANTS</t>
+  </si>
+  <si>
+    <t>QUARTIER TRASLEPUY CHEMIN DE LA CAVALIERE 30150 ROQUEMAURE</t>
+  </si>
+  <si>
+    <t>15/04/2003</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MARCIANO MOSHE   </t>
+  </si>
+  <si>
+    <t>11 AV DU GENERAL PIERRE BILLOTTE 94000 CRETEIL</t>
+  </si>
+  <si>
+    <t>15/02/2012</t>
+  </si>
+  <si>
+    <t>86.90F</t>
+  </si>
+  <si>
+    <t>ISTRATECH</t>
+  </si>
+  <si>
+    <t>ROUTE DE BRETIGNY 8 IMPASSE DES RIBOLAS 21490 CLENAY</t>
+  </si>
+  <si>
+    <t>31/03/2007</t>
+  </si>
+  <si>
+    <t>KALYANE</t>
+  </si>
+  <si>
+    <t>2-6 2 AVENUE HENRI BARBUSSE 93000 BOBIGNY</t>
+  </si>
+  <si>
+    <t>07/04/2014</t>
+  </si>
+  <si>
+    <t>LESPRATIQUES</t>
+  </si>
+  <si>
+    <t>PARC DU ZENITH - BATIMENT 1 420 AVENUE DES CANADIENS 76650 PETIT-COURONNE</t>
+  </si>
+  <si>
+    <t>01/10/2011</t>
+  </si>
+  <si>
+    <t>EFIA</t>
+  </si>
+  <si>
+    <t>88 RUE GRIGNAN 13001 MARSEILLE</t>
+  </si>
+  <si>
+    <t>05/01/2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">PENNACCHIO MARLENE   </t>
+  </si>
+  <si>
+    <t>PARC D'ACTIVITE DE NAPOLLON - BAT A 400 AVENUE DE PASSE TEMPS 13400 AUBAGNE</t>
+  </si>
+  <si>
+    <t>01/01/2017</t>
+  </si>
+  <si>
+    <t>SOLUTIONS PERFORMANCES</t>
+  </si>
+  <si>
+    <t>13-15 13 RUE TAITBOUT 75009 PARIS</t>
+  </si>
+  <si>
+    <t>01/11/2016</t>
+  </si>
+  <si>
+    <t>IMPACTANCE</t>
+  </si>
+  <si>
+    <t>10 ROND-POINT DE LA NATION 21000 DIJON</t>
+  </si>
+  <si>
+    <t>07/04/2008</t>
+  </si>
+  <si>
     <t>IN.QUIPIO</t>
   </si>
   <si>
     <t>PORNICHET ATLANTIQUE 12 ALLEE DES ALIZES 44380 PORNICHET</t>
   </si>
   <si>
     <t>30/07/2021</t>
-  </si>
-[...121 lines deleted...]
-    <t>31/03/2015</t>
   </si>
   <si>
     <t>26 ACADEMY</t>
   </si>
   <si>
     <t>17 RUE D'ORLEANS 92200 NEUILLY-SUR-SEINE</t>
   </si>
   <si>
     <t>22/06/2018</t>
   </si>
   <si>
     <t>DHB</t>
   </si>
   <si>
     <t>8 RUE PABLO NERUDA 93430 VILLETANEUSE</t>
   </si>
   <si>
     <t>01/11/2018</t>
   </si>
   <si>
     <t>49.39A</t>
   </si>
   <si>
     <t>AURIA</t>
   </si>
@@ -915,523 +915,523 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>82299643500035</v>
+        <v>43508628500077</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
-        <v>52440788544</v>
+        <v>31590832859</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>75218629600022</v>
+        <v>43958123200055</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="G3" s="2"/>
+        <v>23</v>
+      </c>
+      <c r="G3" s="2" t="s">
+        <v>24</v>
+      </c>
       <c r="H3" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I3" s="3">
-        <v>11755652275</v>
+        <v>93060983106</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>43958123200055</v>
+        <v>43958123200063</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I4" s="3">
         <v>93060983106</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>43958123200063</v>
+        <v>44824029100014</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" s="2" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I5" s="3">
-        <v>93060983106</v>
+        <v>76300435330</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>44824029100014</v>
+        <v>40346996800032</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="I6" s="3">
-        <v>76300435330</v>
+        <v>11940979294</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>45256909800042</v>
+        <v>48384107800031</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="3">
-        <v>26210211621</v>
+        <v>26210309421</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>50527668300024</v>
+        <v>80149414700011</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="I8" s="3">
-        <v>23760444776</v>
+        <v>11930684493</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>80149414700011</v>
+        <v>50527668300024</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="I9" s="3">
-        <v>11930684493</v>
+        <v>23760444776</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>51306046700059</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="3">
         <v>93131687213</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>51842343900034</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="3">
         <v>93131482013</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>48384107800031</v>
+        <v>75218629600022</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I12" s="3">
-        <v>26210309421</v>
+        <v>11755652275</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>40346996800032</v>
+        <v>45256909800042</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>54</v>
+        <v>17</v>
       </c>
       <c r="I13" s="3">
-        <v>11940979294</v>
+        <v>26210211621</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>43508628500077</v>
+        <v>82299643500035</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="3">
-        <v>31590832859</v>
+        <v>52440788544</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>83069794200027</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>59</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>60</v>
       </c>
@@ -1588,51 +1588,51 @@
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>74</v>
       </c>
       <c r="I19" s="3">
         <v>11756149575</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>88790660000010</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>76</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>78</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I20" s="3">
         <v>11930835493</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
@@ -1680,51 +1680,51 @@
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>89186517200011</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>82</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>83</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="I22" s="3">
         <v>52850233085</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>89835736300016</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
@@ -1769,51 +1769,51 @@
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>89</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>90</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>91</v>
       </c>
       <c r="I24" s="3">
         <v>32591073659</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
         <v>90163865000019</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>92</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>93</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>94</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I25" s="3">
         <v>11756324475</v>
@@ -2048,51 +2048,51 @@
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>91332825800011</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>113</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
         <v>114</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>115</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="I32" s="3">
         <v>11941128594</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>91515362100015</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
@@ -2145,51 +2145,51 @@
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I34" s="3">
         <v>11756576675</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
         <v>91764293600012</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>122</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
         <v>123</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>124</v>
       </c>
       <c r="G35" s="2" t="s">
         <v>125</v>
       </c>
       <c r="H35" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I35" s="3">
         <v>93132198213</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>18</v>
@@ -2198,74 +2198,74 @@
         <v>18</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>91772607700014</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>126</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
         <v>127</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>128</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="I36" s="3">
         <v>11910956891</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M36" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>91958018300011</v>
       </c>
       <c r="B37" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>129</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
         <v>130</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>131</v>
       </c>
       <c r="G37" s="2" t="s">
         <v>132</v>
       </c>
       <c r="H37" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I37" s="3">
         <v>93061012906</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>18</v>
@@ -2274,51 +2274,51 @@
         <v>18</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
         <v>92150092200015</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>133</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
         <v>134</v>
       </c>
       <c r="F38" s="2" t="s">
         <v>135</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="I38" s="3">
         <v>11950792595</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
         <v>92911182100013</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
@@ -2354,51 +2354,51 @@
     <row r="40" spans="1:13">
       <c r="A40" s="1">
         <v>95168763100022</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="2" t="s">
         <v>139</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
         <v>140</v>
       </c>
       <c r="F40" s="2" t="s">
         <v>141</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I40" s="3">
         <v>11922658592</v>
       </c>
       <c r="J40" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
         <v>95192674000014</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>142</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
         <v>143</v>
       </c>
@@ -2531,31 +2531,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/23/2025 12:27:50</dc:description>
+  <dc:description>Export en date du 12/11/2025 05:55:58</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>