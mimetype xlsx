--- v0 (2025-11-05)
+++ v1 (2025-12-26)
@@ -301,50 +301,68 @@
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE BELLEVILLE</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL AGRICOLE DE BELLEVILLE</t>
   </si>
   <si>
     <t>394 RTE HENRI FESSY 69220 BELLEVILLE-EN-BEAUJOLAIS</t>
   </si>
   <si>
     <t>CAMPUS TERRE ET NATURE</t>
   </si>
   <si>
     <t>CFPPA DES PAYS DE L'AUDE</t>
   </si>
   <si>
     <t>ROUTE DE SAINT HILAIRE 11000 CARCASSONNE</t>
   </si>
   <si>
     <t>01/01/2007</t>
   </si>
   <si>
     <t>9111P089111</t>
   </si>
   <si>
+    <t>ALTER EGO CONSEIL</t>
+  </si>
+  <si>
+    <t>21-23 21 RUE GABRIEL MASSIAS 33500 LIBOURNE</t>
+  </si>
+  <si>
+    <t>29/03/2019</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION  DE TRIAC-LAUTRAIT</t>
+  </si>
+  <si>
+    <t>16200 TRIAC-LAUTRAIT</t>
+  </si>
+  <si>
+    <t>26/05/1986</t>
+  </si>
+  <si>
     <t>MAISON FAMILIALE RURALE PETITE CAMARGUE</t>
   </si>
   <si>
     <t>MFR DU PAYS DE LUNEL 30360 VEZENOBRES</t>
   </si>
   <si>
     <t>01/10/2003</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION INEOPOLE FORMATION</t>
   </si>
   <si>
     <t>823 AVENUE DE LA FEDARIE 81600 BRENS</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE ET D'EDUCATION</t>
   </si>
   <si>
     <t>PERSONNEL REGIME PRIVE 10 RUE DE L'EUROPE 26140 ANNEYRON</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION DU LIBOURNAIS</t>
@@ -358,87 +376,69 @@
   <si>
     <t>33340 SAINT-YZANS-DE-MEDOC</t>
   </si>
   <si>
     <t>FEDE NAT SYNDIC EXPL AGRICOLE</t>
   </si>
   <si>
     <t>11 RUE DE LA BAUME 75008 PARIS</t>
   </si>
   <si>
     <t>25/04/1988</t>
   </si>
   <si>
     <t>94.12Z</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION BEAUSEJOUR</t>
   </si>
   <si>
     <t>1465 ROUTE DE BEAUSEJOUR. 33190 GIRONDE-SUR-DROPT</t>
   </si>
   <si>
     <t>01/01/1985</t>
   </si>
   <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>EI FORMATION</t>
+  </si>
+  <si>
+    <t>CHEMIN DU MAS FRAICHE 66350 TOULOUGES</t>
+  </si>
+  <si>
+    <t>01/04/2010</t>
+  </si>
+  <si>
+    <t>01/12/2023</t>
+  </si>
+  <si>
     <t>MAISON FAMILIALE RURALE MIXTE</t>
   </si>
   <si>
     <t>2 PLACE SAINTE- QUITTERIE 40800 AIRE-SUR-L'ADOUR</t>
-  </si>
-[...31 lines deleted...]
-    <t>29/03/2019</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION ET DE PROMOTION DES MAISONS FAMILIALES RURALES DES GARRIGUES DU PIC SAINT LOUP</t>
   </si>
   <si>
     <t>377 CHEMIN DE FARJOU 34270 CLARET</t>
   </si>
   <si>
     <t>08/12/2020</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
     <t>FEDERATION REGIONALE DES MAISONS FAMILIALES RURALES D'EDUCATION ET D'ORIENTATION DE NOUVELLE AQUITAINE</t>
   </si>
   <si>
     <t>IMMEUBLE SEQUOIA 27 RUE DE LA BLANCHERIE 33370 ARTIGUES-PRES-BORDEAUX</t>
   </si>
   <si>
     <t>06/12/2019</t>
   </si>
 </sst>
 </file>
 
@@ -1564,450 +1564,450 @@
       <c r="F19" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>94</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>35267239800026</v>
+        <v>45239747400043</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>95</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>96</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>97</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="I20" s="3">
-        <v>91300340030</v>
+        <v>72330645133</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>77719323600018</v>
+        <v>33778074600018</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>98</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>99</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>100</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I21" s="3">
-        <v>73810014281</v>
+        <v>54160068816</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>77939329700014</v>
+        <v>35267239800026</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>101</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>102</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="3">
-        <v>82260161826</v>
+        <v>91300340030</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>78189192400016</v>
+        <v>77719323600018</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="3">
-        <v>72330480833</v>
+        <v>73810014281</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>78200896500017</v>
+        <v>77939329700014</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="F24" s="2" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I24" s="3">
-        <v>75331145733</v>
+        <v>82260161826</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>78485493700033</v>
+        <v>78189192400016</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="I25" s="3"/>
+        <v>30</v>
+      </c>
+      <c r="I25" s="3">
+        <v>72330480833</v>
+      </c>
       <c r="J25" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>41479762100011</v>
+        <v>78200896500017</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>111</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
         <v>112</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>113</v>
+        <v>106</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="I26" s="3">
-        <v>72330001333</v>
+        <v>75331145733</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>31138229500013</v>
+        <v>78485493700033</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="F27" s="2" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>116</v>
+      </c>
+      <c r="I27" s="3"/>
       <c r="J27" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>33778074600018</v>
+        <v>41479762100011</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="I28" s="3">
-        <v>54160068816</v>
+        <v>72330001333</v>
       </c>
       <c r="J28" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
         <v>52171125900015</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="G29" s="2" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="H29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I29" s="3">
         <v>91660151266</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>45239747400043</v>
+        <v>31138229500013</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>126</v>
+        <v>106</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="I30" s="3">
-        <v>72330645133</v>
+        <v>72400086640</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
         <v>82328123300028</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>127</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
         <v>128</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>129</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>130</v>
@@ -2097,31 +2097,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 11:23:10</dc:description>
+  <dc:description>Export en date du 12/26/2025 06:48:20</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>