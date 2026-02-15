--- v1 (2025-12-26)
+++ v2 (2026-02-15)
@@ -301,144 +301,144 @@
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES DE BELLEVILLE</t>
   </si>
   <si>
     <t>LYCEE PROFESSIONNEL AGRICOLE DE BELLEVILLE</t>
   </si>
   <si>
     <t>394 RTE HENRI FESSY 69220 BELLEVILLE-EN-BEAUJOLAIS</t>
   </si>
   <si>
     <t>CAMPUS TERRE ET NATURE</t>
   </si>
   <si>
     <t>CFPPA DES PAYS DE L'AUDE</t>
   </si>
   <si>
     <t>ROUTE DE SAINT HILAIRE 11000 CARCASSONNE</t>
   </si>
   <si>
     <t>01/01/2007</t>
   </si>
   <si>
     <t>9111P089111</t>
   </si>
   <si>
+    <t>MAISON FAMILIALE RURALE MIXTE</t>
+  </si>
+  <si>
+    <t>2 PLACE SAINTE- QUITTERIE 40800 AIRE-SUR-L'ADOUR</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION  DE TRIAC-LAUTRAIT</t>
+  </si>
+  <si>
+    <t>16200 TRIAC-LAUTRAIT</t>
+  </si>
+  <si>
+    <t>26/05/1986</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE PETITE CAMARGUE</t>
+  </si>
+  <si>
+    <t>MFR DU PAYS DE LUNEL 30360 VEZENOBRES</t>
+  </si>
+  <si>
+    <t>01/10/2003</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION BEAUSEJOUR</t>
+  </si>
+  <si>
+    <t>1465 ROUTE DE BEAUSEJOUR. 33190 GIRONDE-SUR-DROPT</t>
+  </si>
+  <si>
+    <t>01/01/1985</t>
+  </si>
+  <si>
     <t>ALTER EGO CONSEIL</t>
   </si>
   <si>
     <t>21-23 21 RUE GABRIEL MASSIAS 33500 LIBOURNE</t>
   </si>
   <si>
     <t>29/03/2019</t>
   </si>
   <si>
-    <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION  DE TRIAC-LAUTRAIT</t>
-[...14 lines deleted...]
-    <t>01/10/2003</t>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>EI FORMATION</t>
+  </si>
+  <si>
+    <t>CHEMIN DU MAS FRAICHE 66350 TOULOUGES</t>
+  </si>
+  <si>
+    <t>01/04/2010</t>
+  </si>
+  <si>
+    <t>01/12/2023</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION INEOPOLE FORMATION</t>
   </si>
   <si>
     <t>823 AVENUE DE LA FEDARIE 81600 BRENS</t>
   </si>
   <si>
-    <t>01/01/1900</t>
-[...1 lines deleted...]
-  <si>
     <t>MAISON FAMILIALE RURALE ET D'EDUCATION</t>
   </si>
   <si>
     <t>PERSONNEL REGIME PRIVE 10 RUE DE L'EUROPE 26140 ANNEYRON</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION DU LIBOURNAIS</t>
   </si>
   <si>
     <t>LIEU DIT LA TOUR BLANCHE 33230 LES EGLISOTTES-ET-CHALAURES</t>
   </si>
   <si>
     <t>MAISON FAMILIALE DU MEDOC</t>
   </si>
   <si>
     <t>33340 SAINT-YZANS-DE-MEDOC</t>
   </si>
   <si>
     <t>FEDE NAT SYNDIC EXPL AGRICOLE</t>
   </si>
   <si>
     <t>11 RUE DE LA BAUME 75008 PARIS</t>
   </si>
   <si>
     <t>25/04/1988</t>
   </si>
   <si>
     <t>94.12Z</t>
-  </si>
-[...28 lines deleted...]
-    <t>2 PLACE SAINTE- QUITTERIE 40800 AIRE-SUR-L'ADOUR</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION ET DE PROMOTION DES MAISONS FAMILIALES RURALES DES GARRIGUES DU PIC SAINT LOUP</t>
   </si>
   <si>
     <t>377 CHEMIN DE FARJOU 34270 CLARET</t>
   </si>
   <si>
     <t>08/12/2020</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
     <t>FEDERATION REGIONALE DES MAISONS FAMILIALES RURALES D'EDUCATION ET D'ORIENTATION DE NOUVELLE AQUITAINE</t>
   </si>
   <si>
     <t>IMMEUBLE SEQUOIA 27 RUE DE LA BLANCHERIE 33370 ARTIGUES-PRES-BORDEAUX</t>
   </si>
   <si>
     <t>06/12/2019</t>
   </si>
 </sst>
 </file>
 
@@ -1564,80 +1564,80 @@
       <c r="F19" s="2" t="s">
         <v>93</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I19" s="3" t="s">
         <v>94</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>45239747400043</v>
+        <v>31138229500013</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>95</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>96</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>97</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="I20" s="3">
-        <v>72330645133</v>
+        <v>72400086640</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>33778074600018</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>98</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>99</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>100</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
         <v>30</v>
@@ -1675,342 +1675,340 @@
       <c r="F22" s="2" t="s">
         <v>103</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I22" s="3">
         <v>91300340030</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>77719323600018</v>
+        <v>41479762100011</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>104</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>105</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>106</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="I23" s="3">
-        <v>73810014281</v>
+        <v>72330001333</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>77939329700014</v>
+        <v>45239747400043</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>108</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="I24" s="3">
-        <v>82260161826</v>
+        <v>72330645133</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>78189192400016</v>
+        <v>52171125900015</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>13</v>
+        <v>110</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="G25" s="2"/>
+        <v>113</v>
+      </c>
+      <c r="G25" s="2" t="s">
+        <v>114</v>
+      </c>
       <c r="H25" s="2" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="I25" s="3"/>
       <c r="J25" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>78200896500017</v>
+        <v>77719323600018</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>106</v>
+        <v>97</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I26" s="3">
-        <v>75331145733</v>
+        <v>73810014281</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>78485493700033</v>
+        <v>77939329700014</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>115</v>
+        <v>97</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>116</v>
-[...1 lines deleted...]
-      <c r="I27" s="3"/>
+        <v>30</v>
+      </c>
+      <c r="I27" s="3">
+        <v>82260161826</v>
+      </c>
       <c r="J27" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K27" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M27" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>41479762100011</v>
+        <v>78189192400016</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>119</v>
+        <v>97</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="I28" s="3">
-        <v>72330001333</v>
+        <v>72330480833</v>
       </c>
       <c r="J28" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L28" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>52171125900015</v>
+        <v>78200896500017</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>120</v>
+        <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>121</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
         <v>122</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>123</v>
-[...3 lines deleted...]
-      </c>
+        <v>97</v>
+      </c>
+      <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="I29" s="3">
-        <v>91660151266</v>
+        <v>75331145733</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>31138229500013</v>
+        <v>78485493700033</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>106</v>
+        <v>125</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>126</v>
+      </c>
+      <c r="I30" s="3"/>
       <c r="J30" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
         <v>82328123300028</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>127</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
         <v>128</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>129</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>130</v>
       </c>
       <c r="I31" s="3">
         <v>76340958234</v>
@@ -2097,31 +2095,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/26/2025 06:48:20</dc:description>
+  <dc:description>Export en date du 02/15/2026 17:06:00</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>