--- v0 (2025-11-06)
+++ v1 (2025-12-25)
@@ -76,84 +76,84 @@
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
     <t>MONTPELLIER UNIVERSITE CLUB OMNISPORT</t>
   </si>
   <si>
     <t>COMPLEXE SPORTIF ALBERT BATTEUX 150 RUE FRANCOIS-JOSEPH GOSSEC 34070 MONTPELLIER</t>
   </si>
   <si>
     <t>08/11/2005</t>
   </si>
   <si>
     <t>93.12Z</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
+    <t>ASS DEVELOP PROFES SPORTIFS LA GAUTHIERE</t>
+  </si>
+  <si>
+    <t>1 RUE HENRI TOURRETTE 63100 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>01/08/2003</t>
+  </si>
+  <si>
+    <t>85.51Z</t>
+  </si>
+  <si>
+    <t>TOTAL FREESTYLE EVENTS</t>
+  </si>
+  <si>
+    <t>99 RUE DU POINT DU JOUR 92100 BOULOGNE-BILLANCOURT</t>
+  </si>
+  <si>
+    <t>26/02/2018</t>
+  </si>
+  <si>
+    <t>93.19Z</t>
+  </si>
+  <si>
     <t xml:space="preserve">SIANO ALEXANDRA   </t>
   </si>
   <si>
     <t>PILATES &amp; CORE</t>
   </si>
   <si>
     <t>20 RUE JAMES SCLAFER 17500 JONZAC</t>
   </si>
   <si>
     <t>01/04/2019</t>
-  </si>
-[...22 lines deleted...]
-    <t>01/08/2003</t>
   </si>
   <si>
     <t>CAP'FORMATIONS SPORT</t>
   </si>
   <si>
     <t>54 RUE DU COUCHANT 32490 MONFERRAN-SAVES</t>
   </si>
   <si>
     <t>30/04/2021</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>TF FORMATION</t>
   </si>
   <si>
     <t>60 B RUE DE BELLEVUE 92100 BOULOGNE-BILLANCOURT</t>
   </si>
   <si>
     <t>04/04/2025</t>
   </si>
   <si>
     <t>FORMASPORT VAR</t>
   </si>
@@ -640,156 +640,156 @@
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
         <v>91340579934</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>51064658100056</v>
+        <v>45150291800019</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="D3" s="2" t="s">
+      <c r="D3" s="2"/>
+      <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="E3" s="2" t="s">
+      <c r="F3" s="2" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="I3" s="3">
-        <v>75170241617</v>
+        <v>83630369163</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
         <v>81173741000027</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" s="2" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="I4" s="3">
         <v>11755506375</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>45150291800019</v>
+        <v>51064658100056</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="I5" s="3">
-        <v>83630369163</v>
+        <v>75170241617</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>85254646400029</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>35</v>
@@ -955,31 +955,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/06/2025 04:10:11</dc:description>
+  <dc:description>Export en date du 12/26/2025 00:58:04</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>