--- v0 (2025-10-15)
+++ v1 (2025-12-18)
@@ -145,108 +145,108 @@
   <si>
     <t>ASS FORMAT METIER FOOT ST ETIENNE REGION</t>
   </si>
   <si>
     <t>COMPLEXE LES OLLIERES RUE DE VERDUN 42580 L'ETRAT</t>
   </si>
   <si>
     <t>19/09/1995</t>
   </si>
   <si>
     <t>93.11Z</t>
   </si>
   <si>
     <t>ARFASSEC CENTRE FORMASAT CFA SPORT ANIMATION TOURISME</t>
   </si>
   <si>
     <t>185 RUE DU CLOS PASQUIES 45650 SAINT-JEAN-LE-BLANC</t>
   </si>
   <si>
     <t>01/03/2019</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
+    <t>INSTITUT REGIONAL DE FORMATION DU COMITE REGIONAL DE NORMANDIE DE GYMNASTIQUE</t>
+  </si>
+  <si>
+    <t>IMMEUBLE BLAISE PASCAL 20 PLACE HENRI GADEAU DE KERVILLE 76100 ROUEN</t>
+  </si>
+  <si>
+    <t>01/01/2020</t>
+  </si>
+  <si>
+    <t>FORMA' INSTITUT DE FORMATION DE LA FSCF</t>
+  </si>
+  <si>
+    <t>22 RUE OBERKAMPF 75011 PARIS</t>
+  </si>
+  <si>
+    <t>06/02/2012</t>
+  </si>
+  <si>
+    <t>CAMPUS FORMA PRO SPORT</t>
+  </si>
+  <si>
+    <t>7 C RUE ANTOINE DE SAINT EXUPERY 57290 FAMECK</t>
+  </si>
+  <si>
+    <t>11/10/2018</t>
+  </si>
+  <si>
+    <t>TREMPLIN SPORT FORMATION</t>
+  </si>
+  <si>
+    <t>DOMAINE DE LA BRUNERIE 180 BOULEVARD DE CHARAVINES 38500 VOIRON</t>
+  </si>
+  <si>
+    <t>08/02/2010</t>
+  </si>
+  <si>
+    <t>93.12Z</t>
+  </si>
+  <si>
+    <t>COMITE REGIO ILE FRANCE FEDER FR GYMNAST</t>
+  </si>
+  <si>
+    <t>1 ALLEE SCHEURER-KESTNER 92150 SURESNES</t>
+  </si>
+  <si>
+    <t>27/05/2020</t>
+  </si>
+  <si>
     <t>COMITE REGIONAL OCCITANIE DE GYMNASTIQUE</t>
   </si>
   <si>
     <t>MAISON DES ACTIVITES GYMNIQUES 10 AVENUE YVES BRUNAUD 31770 COLOMIERS</t>
   </si>
   <si>
     <t>06/10/2017</t>
   </si>
   <si>
     <t>94.99Z</t>
-  </si>
-[...46 lines deleted...]
-    <t>08/02/2010</t>
   </si>
   <si>
     <t>ASSOCIATION POUR LA FORMATION ET LE PERFECTIONNEMENT DES EDUCATEURS SPORTIFS</t>
   </si>
   <si>
     <t>MR ETTEL - RES COLOMBIERS BT7 70 RUE CALLELONGUE 13008 MARSEILLE</t>
   </si>
   <si>
     <t>01/04/2017</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -922,256 +922,256 @@
       <c r="F8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="I8" s="3">
         <v>24450194445</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>82517466700022</v>
+        <v>79001982200036</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>46</v>
+        <v>23</v>
       </c>
       <c r="I9" s="3">
-        <v>76310913931</v>
+        <v>25140261814</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>79001982200036</v>
+        <v>74983986600011</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F10" s="2" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I10" s="3">
-        <v>25140261814</v>
+        <v>11754837475</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>32229484400079</v>
+        <v>75107733000023</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="F11" s="2" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
       <c r="I11" s="3">
-        <v>11788114478</v>
+        <v>41570316357</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>74983986600011</v>
+        <v>52101850700017</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>23</v>
+        <v>55</v>
       </c>
       <c r="I12" s="3">
-        <v>11754837475</v>
+        <v>82380477038</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>75107733000023</v>
+        <v>32229484400079</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="F13" s="2" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>34</v>
+        <v>55</v>
       </c>
       <c r="I13" s="3">
-        <v>41570316357</v>
+        <v>11788114478</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>52101850700017</v>
+        <v>82517466700022</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="I14" s="3">
-        <v>82380477038</v>
+        <v>76310913931</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>82892227800019</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>63</v>
       </c>
       <c r="D15" s="2"/>
@@ -1233,31 +1233,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/15/2025 08:28:13</dc:description>
+  <dc:description>Export en date du 12/18/2025 06:52:44</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>