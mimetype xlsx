--- v1 (2025-12-18)
+++ v2 (2026-02-01)
@@ -109,132 +109,132 @@
   <si>
     <t>85.51Z</t>
   </si>
   <si>
     <t>2418P001918</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>CHATEAU DE MIRANDE 15 RUE COUBERTIN 21000 DIJON</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>2621P000521</t>
   </si>
   <si>
     <t>CHATEAU DE BOIVRE 86580 VOUNEUIL-SOUS-BIARD</t>
   </si>
   <si>
     <t>5486P001086</t>
   </si>
   <si>
+    <t>COMITE REGIO ILE FRANCE FEDER FR GYMNAST</t>
+  </si>
+  <si>
+    <t>1 ALLEE SCHEURER-KESTNER 92150 SURESNES</t>
+  </si>
+  <si>
+    <t>27/05/2020</t>
+  </si>
+  <si>
+    <t>93.12Z</t>
+  </si>
+  <si>
     <t>ASSOCIATION DE GESTION ET DE DEVELOPPEMENT DU CLUB CAMUS</t>
   </si>
   <si>
     <t>11 BOULEVARD REMBRANDT 21000 DIJON</t>
   </si>
   <si>
     <t>30/05/2023</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>ASS FORMAT METIER FOOT ST ETIENNE REGION</t>
   </si>
   <si>
     <t>COMPLEXE LES OLLIERES RUE DE VERDUN 42580 L'ETRAT</t>
   </si>
   <si>
     <t>19/09/1995</t>
   </si>
   <si>
     <t>93.11Z</t>
   </si>
   <si>
     <t>ARFASSEC CENTRE FORMASAT CFA SPORT ANIMATION TOURISME</t>
   </si>
   <si>
     <t>185 RUE DU CLOS PASQUIES 45650 SAINT-JEAN-LE-BLANC</t>
   </si>
   <si>
     <t>01/03/2019</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
+    <t>TREMPLIN SPORT FORMATION</t>
+  </si>
+  <si>
+    <t>DOMAINE DE LA BRUNERIE 180 BOULEVARD DE CHARAVINES 38500 VOIRON</t>
+  </si>
+  <si>
+    <t>08/02/2010</t>
+  </si>
+  <si>
+    <t>FORMA' INSTITUT DE FORMATION DE LA FSCF</t>
+  </si>
+  <si>
+    <t>22 RUE OBERKAMPF 75011 PARIS</t>
+  </si>
+  <si>
+    <t>06/02/2012</t>
+  </si>
+  <si>
+    <t>CAMPUS FORMA PRO SPORT</t>
+  </si>
+  <si>
+    <t>7 C RUE ANTOINE DE SAINT EXUPERY 57290 FAMECK</t>
+  </si>
+  <si>
+    <t>11/10/2018</t>
+  </si>
+  <si>
     <t>INSTITUT REGIONAL DE FORMATION DU COMITE REGIONAL DE NORMANDIE DE GYMNASTIQUE</t>
   </si>
   <si>
     <t>IMMEUBLE BLAISE PASCAL 20 PLACE HENRI GADEAU DE KERVILLE 76100 ROUEN</t>
   </si>
   <si>
     <t>01/01/2020</t>
-  </si>
-[...37 lines deleted...]
-    <t>27/05/2020</t>
   </si>
   <si>
     <t>COMITE REGIONAL OCCITANIE DE GYMNASTIQUE</t>
   </si>
   <si>
     <t>MAISON DES ACTIVITES GYMNIQUES 10 AVENUE YVES BRUNAUD 31770 COLOMIERS</t>
   </si>
   <si>
     <t>06/10/2017</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
   <si>
     <t>ASSOCIATION POUR LA FORMATION ET LE PERFECTIONNEMENT DES EDUCATEURS SPORTIFS</t>
   </si>
   <si>
     <t>MR ETTEL - RES COLOMBIERS BT7 70 RUE CALLELONGUE 13008 MARSEILLE</t>
   </si>
   <si>
     <t>01/04/2017</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
@@ -811,336 +811,336 @@
       <c r="F5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>30</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>39992626000049</v>
+        <v>32229484400079</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I6" s="3">
-        <v>27210389121</v>
+        <v>11788114478</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>40230528800019</v>
+        <v>39992626000049</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="I7" s="3">
-        <v>82420126942</v>
+        <v>27210389121</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>40875084200044</v>
+        <v>40230528800019</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="I8" s="3">
-        <v>24450194445</v>
+        <v>82420126942</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>79001982200036</v>
+        <v>40875084200044</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
       <c r="I9" s="3">
-        <v>25140261814</v>
+        <v>24450194445</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>25</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>74983986600011</v>
+        <v>52101850700017</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="I10" s="3">
-        <v>11754837475</v>
+        <v>82380477038</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>75107733000023</v>
+        <v>74983986600011</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="I11" s="3">
-        <v>41570316357</v>
+        <v>11754837475</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>52101850700017</v>
+        <v>75107733000023</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>55</v>
+        <v>38</v>
       </c>
       <c r="I12" s="3">
-        <v>82380477038</v>
+        <v>41570316357</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>32229484400079</v>
+        <v>79001982200036</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>57</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>55</v>
+        <v>23</v>
       </c>
       <c r="I13" s="3">
-        <v>11788114478</v>
+        <v>25140261814</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>82517466700022</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>59</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>60</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>61</v>
       </c>
@@ -1233,31 +1233,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/18/2025 06:52:44</dc:description>
+  <dc:description>Export en date du 02/01/2026 18:23:46</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>