--- v2 (2026-02-01)
+++ v3 (2026-03-20)
@@ -1233,31 +1233,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/01/2026 18:23:46</dc:description>
+  <dc:description>Export en date du 03/20/2026 14:34:30</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>