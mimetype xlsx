--- v3 (2026-03-20)
+++ v4 (2026-03-20)
@@ -1233,31 +1233,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 03/20/2026 14:34:30</dc:description>
+  <dc:description>Export en date du 03/20/2026 16:23:52</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>