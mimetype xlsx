--- v0 (2025-12-01)
+++ v1 (2026-01-19)
@@ -58,312 +58,312 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>IRFA APISUP</t>
+  </si>
+  <si>
+    <t>55 RUE SULLY 80000 AMIENS</t>
+  </si>
+  <si>
+    <t>17/12/2021</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>MAN'AGIR CONSULTANTS</t>
+  </si>
+  <si>
+    <t>15 RUE AMBROISE THOMAS 75009 PARIS</t>
+  </si>
+  <si>
+    <t>19/11/2001</t>
+  </si>
+  <si>
+    <t>CFI FORMATION</t>
+  </si>
+  <si>
+    <t>ZI LE BREZET 4 RUE PIERRE BOULANGER 63100 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>01/01/2023</t>
+  </si>
+  <si>
+    <t>ECOLE SUPERIEURE COMMERCE COMMUNICATION</t>
+  </si>
+  <si>
+    <t>22 RUE EL NOUZAH 06000 NICE</t>
+  </si>
+  <si>
+    <t>03/01/1997</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>5 RUE MIGNO 06400 CANNES</t>
+  </si>
+  <si>
+    <t>01/01/2020</t>
+  </si>
+  <si>
+    <t>RESIDENCE DOMAINE DU LEVANT III LD PRECOJO 20290 BORGO</t>
+  </si>
+  <si>
+    <t>01/03/2024</t>
+  </si>
+  <si>
+    <t>INST DE FORMATION COMMERCIALE PERMANENTE</t>
+  </si>
+  <si>
+    <t>PARC ACTIVITES BELLEVUES RUE ROSA LUXEMBURG 95610 ERAGNY</t>
+  </si>
+  <si>
+    <t>01/01/1981</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>049-051 49 AVENUE THIERS 77000 MELUN</t>
+  </si>
+  <si>
+    <t>01/09/1990</t>
+  </si>
+  <si>
+    <t>37-39 39 RUE SAINT-SEBASTIEN 75011 PARIS</t>
+  </si>
+  <si>
+    <t>01/07/1995</t>
+  </si>
+  <si>
+    <t>58 RUE DU DESSOUS DES BERGES 75013 PARIS</t>
+  </si>
+  <si>
+    <t>01/05/1995</t>
+  </si>
+  <si>
+    <t>14 AVENUE GUSTAVE EIFFEL 78180 MONTIGNY-LE-BRETONNEUX</t>
+  </si>
+  <si>
+    <t>01/07/2015</t>
+  </si>
+  <si>
+    <t>5 RUE DU CADUCEE 94550 CHEVILLY-LARUE</t>
+  </si>
+  <si>
+    <t>01/07/2019</t>
+  </si>
+  <si>
+    <t>14 AVENUE DE L’AVENIR 59650 VILLENEUVE-D'ASCQ</t>
+  </si>
+  <si>
+    <t>105 RUE DES MIGNOTTES 89000 AUXERRE</t>
+  </si>
+  <si>
+    <t>01/02/2025</t>
+  </si>
+  <si>
+    <t>36 RUE DU SEMINAIRE 94550 CHEVILLY-LARUE</t>
+  </si>
+  <si>
+    <t>01/07/2025</t>
+  </si>
+  <si>
+    <t>ORGANISM GESTION ENSEIGNEMENT CATHOLIQUE</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION</t>
+  </si>
+  <si>
+    <t>3 BOULEVARD DE BRUXELLES 30000 NIMES</t>
+  </si>
+  <si>
+    <t>19/06/1990</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
+    <t>O.G.E.C. ARAGO - STE ANNE</t>
+  </si>
+  <si>
+    <t>4 RUE SAINT-ALBAN 42300 ROANNE</t>
+  </si>
+  <si>
+    <t>01/09/2006</t>
+  </si>
+  <si>
+    <t>GROUPE TEZENAS DU MONTCEL</t>
+  </si>
+  <si>
+    <t>14 PLACE GIRODET 42000 SAINT-ETIENNE</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
     <t>VISIPLUS</t>
   </si>
   <si>
     <t>IMMEUBLE LE PATIO DES TEMPLIERS 950 ROUTE DES COLLES 06410 BIOT</t>
   </si>
   <si>
     <t>12/05/2025</t>
   </si>
   <si>
     <t>70.21Z</t>
   </si>
   <si>
-    <t>FAUX</t>
-[...25 lines deleted...]
-  <si>
     <t>ANTEE FORMATION</t>
   </si>
   <si>
     <t>42 RUE DE LA GITONNIERE 37300 JOUE-LES-TOURS</t>
   </si>
   <si>
     <t>23/12/2021</t>
   </si>
   <si>
     <t>FORMAFLOW</t>
   </si>
   <si>
     <t>PARC D'ENTREPRISES LA RADIO ROUTE DE PARIS 28100 DREUX</t>
   </si>
   <si>
     <t>02/01/2018</t>
   </si>
   <si>
     <t>ADEOS FORMATIONS</t>
   </si>
   <si>
     <t>10 RUE JEAN JULLIEN DAVIN 26000 VALENCE</t>
   </si>
   <si>
     <t>25/09/2023</t>
   </si>
   <si>
+    <t>CENTRE D'ENSEIGNEMENT SUPERIEUR D'ADMINISTRATION ET DE MANAGEMENT DES ENTREPRISES SUP</t>
+  </si>
+  <si>
+    <t>CESAME SUP</t>
+  </si>
+  <si>
+    <t>1350 AVENUE ALBERT EINSTEIN 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>27/11/2017</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>LE CENTRE DES APPRENTIS D'ALSACE</t>
+  </si>
+  <si>
+    <t>3 ROUTE DE BALE 68000 COLMAR</t>
+  </si>
+  <si>
+    <t>20/05/2020</t>
+  </si>
+  <si>
+    <t>07/09/2024</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>37 RUE SAINT JOSSE 68000 COLMAR</t>
+  </si>
+  <si>
+    <t>CREATIVE</t>
+  </si>
+  <si>
+    <t>2 QUAI SAINT-LAURENT 45000 ORLEANS</t>
+  </si>
+  <si>
+    <t>15/12/2023</t>
+  </si>
+  <si>
     <t>ISCOD</t>
   </si>
   <si>
     <t>ESDM</t>
   </si>
   <si>
     <t>RUE DE LA RAINIERE 44300 NANTES</t>
   </si>
   <si>
     <t>19/03/2021</t>
   </si>
   <si>
     <t>SOCIETE CIFEP SASU</t>
   </si>
   <si>
     <t>CIFEP</t>
   </si>
   <si>
     <t>256-272 256 RUE FRANCOIS GUISE 73000 CHAMBERY</t>
   </si>
   <si>
     <t>01/03/2022</t>
   </si>
   <si>
     <t>THE INFLUENCER HIGH SCHOOL</t>
   </si>
   <si>
     <t>15 RUE VICTOR SCHOELCHER 68200 MULHOUSE</t>
   </si>
   <si>
     <t>01/06/2021</t>
-  </si>
-[...163 lines deleted...]
-    <t>15/12/2023</t>
   </si>
   <si>
     <t>ESC COMPIEGNE BUSINESS SCHOOL</t>
   </si>
   <si>
     <t>147 RUE IRENE JOLIOT CURIE 60610 LACROIX-SAINT-OUEN</t>
   </si>
   <si>
     <t>08/10/2021</t>
   </si>
   <si>
     <t>YACE SCHOOL</t>
   </si>
   <si>
     <t>BATIMENT AGRION 101 RUE MAURICE HERZOG 73420 MERY</t>
   </si>
   <si>
     <t>IDEV</t>
   </si>
   <si>
     <t>IMMEUBLE PAUL CEZANNE 15 RUE DOCTEUR ZAMENHOF 13016 MARSEILLE</t>
   </si>
   <si>
     <t>12/12/2022</t>
   </si>
@@ -792,1258 +792,1258 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>44321186700116</v>
+        <v>41142322100034</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
-        <v>93060557706</v>
+        <v>32800208280</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>41142322100034</v>
+        <v>42281153900028</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I3" s="3">
-        <v>32800208280</v>
+        <v>11753172575</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>42281153900028</v>
+        <v>38320309800033</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" s="2" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I4" s="3">
-        <v>11753172575</v>
+        <v>83630189963</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>47960778000042</v>
+        <v>38370431900037</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" s="2"/>
+      <c r="E5" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="D5" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E5" s="2" t="s">
+      <c r="F5" s="2" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I5" s="3">
-        <v>24370223537</v>
+        <v>93060405906</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>49347214600049</v>
+        <v>38370431900086</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F6" s="2" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I6" s="3">
-        <v>24280162628</v>
+        <v>93060405906</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>53909770900031</v>
+        <v>38370431900102</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I7" s="3">
-        <v>82260197626</v>
+        <v>93060405906</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>88877726500107</v>
+        <v>77573724000058</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="I8" s="3">
-        <v>93060895606</v>
+        <v>11940004794</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>88985965800029</v>
+        <v>77573724000090</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I9" s="3">
-        <v>52440900744</v>
+        <v>11940004794</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>89371474100020</v>
+        <v>77573724000140</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="D10" s="2"/>
+      <c r="E10" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="D10" s="2" t="s">
+      <c r="F10" s="2" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>43</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I10" s="3">
-        <v>84730230773</v>
+        <v>11940004794</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>90050542100017</v>
+        <v>77573724000165</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
       <c r="I11" s="3">
-        <v>44680314968</v>
+        <v>11940004794</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>38320309800033</v>
+        <v>77573724000280</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I12" s="3">
-        <v>83630189963</v>
+        <v>11940004794</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>38370431900037</v>
+        <v>77573724000322</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
       <c r="I13" s="3">
-        <v>93060405906</v>
+        <v>11940004794</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>38370431900086</v>
+        <v>77573724000330</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>55</v>
+        <v>31</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
       <c r="I14" s="3">
-        <v>93060405906</v>
+        <v>11940004794</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>38370431900102</v>
+        <v>77573724000348</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>47</v>
+        <v>17</v>
       </c>
       <c r="I15" s="3">
-        <v>93060405906</v>
+        <v>11940004794</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>77573724000058</v>
+        <v>77573724000355</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>59</v>
+        <v>51</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>60</v>
+        <v>52</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="I16" s="3">
         <v>11940004794</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>77573724000090</v>
+        <v>77591337900027</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="D17" s="2"/>
+        <v>53</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>54</v>
+      </c>
       <c r="E17" s="2" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>23</v>
+        <v>57</v>
       </c>
       <c r="I17" s="3">
-        <v>11940004794</v>
+        <v>91300008130</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>77573724000140</v>
+        <v>77634558900043</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="I18" s="3"/>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>77573724000165</v>
+        <v>77639528700019</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>23</v>
+        <v>57</v>
       </c>
       <c r="I19" s="3">
-        <v>11940004794</v>
+        <v>82420234142</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>77573724000280</v>
+        <v>44321186700116</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>23</v>
+        <v>67</v>
       </c>
       <c r="I20" s="3">
-        <v>11940004794</v>
+        <v>93060557706</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>77573724000322</v>
+        <v>47960778000042</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="D21" s="2"/>
+        <v>68</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>68</v>
+      </c>
       <c r="E21" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F21" s="2" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I21" s="3">
-        <v>11940004794</v>
+        <v>24370223537</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>77573724000330</v>
+        <v>49347214600049</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>58</v>
+        <v>71</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>72</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>55</v>
+        <v>73</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I22" s="3">
-        <v>11940004794</v>
+        <v>24280162628</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>77573724000348</v>
+        <v>53909770900031</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>58</v>
+        <v>74</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I23" s="3">
-        <v>11940004794</v>
+        <v>82260197626</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>77573724000355</v>
+        <v>80210238400046</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="D24" s="2"/>
+        <v>77</v>
+      </c>
+      <c r="D24" s="2" t="s">
+        <v>78</v>
+      </c>
       <c r="E24" s="2" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>37</v>
+      </c>
+      <c r="I24" s="3"/>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>77591337900027</v>
+        <v>80335559300036</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>13</v>
+        <v>81</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>77</v>
-[...3 lines deleted...]
-      </c>
+        <v>82</v>
+      </c>
+      <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="G25" s="2"/>
+        <v>84</v>
+      </c>
+      <c r="G25" s="2" t="s">
+        <v>85</v>
+      </c>
       <c r="H25" s="2" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="I25" s="3">
-        <v>91300008130</v>
+        <v>44680306468</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>77634558900043</v>
+        <v>80335559300044</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>82</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="I26" s="3"/>
+        <v>86</v>
+      </c>
+      <c r="I26" s="3">
+        <v>44680306468</v>
+      </c>
       <c r="J26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>77639528700019</v>
+        <v>81031690100042</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="D27" s="2"/>
+        <v>88</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>88</v>
+      </c>
       <c r="E27" s="2" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>81</v>
+        <v>17</v>
       </c>
       <c r="I27" s="3">
-        <v>82420234142</v>
+        <v>25140282614</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>80210238400046</v>
+        <v>88877726500107</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>88</v>
-[...3 lines deleted...]
-      </c>
+        <v>91</v>
+      </c>
+      <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>90</v>
+        <v>65</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>91</v>
+        <v>66</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="I28" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="I28" s="3">
+        <v>93060895606</v>
+      </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>80335559300036</v>
+        <v>88985965800029</v>
       </c>
       <c r="B29" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="C29" s="2" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="F29" s="2" t="s">
         <v>94</v>
       </c>
-      <c r="F29" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>97</v>
+        <v>17</v>
       </c>
       <c r="I29" s="3">
-        <v>44680306468</v>
+        <v>52440900744</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K29" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>80335559300044</v>
+        <v>89371474100020</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="D30" s="2"/>
+        <v>95</v>
+      </c>
+      <c r="D30" s="2" t="s">
+        <v>96</v>
+      </c>
       <c r="E30" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="F30" s="2" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>97</v>
+        <v>17</v>
       </c>
       <c r="I30" s="3">
-        <v>44680306468</v>
+        <v>84730230773</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M30" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>81031690100042</v>
+        <v>90050542100017</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>99</v>
       </c>
-      <c r="D31" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
         <v>100</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>101</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I31" s="3">
-        <v>25140282614</v>
+        <v>44680314968</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>90406880600010</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>102</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
         <v>103</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>104</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>47</v>
+        <v>29</v>
       </c>
       <c r="I32" s="3">
         <v>32600389660</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>91092779700019</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>105</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
         <v>106</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>43</v>
+        <v>98</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I33" s="3"/>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>91311071400072</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>108</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>109</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="I34" s="3">
         <v>93132016213</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -2071,31 +2071,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/01/2025 22:00:07</dc:description>
+  <dc:description>Export en date du 01/19/2026 16:55:39</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>