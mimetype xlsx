--- v1 (2026-01-19)
+++ v2 (2026-03-12)
@@ -58,108 +58,147 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>CFI FORMATION</t>
+  </si>
+  <si>
+    <t>ZI LE BREZET 4 RUE PIERRE BOULANGER 63100 CLERMONT-FERRAND</t>
+  </si>
+  <si>
+    <t>01/01/2023</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>ECOLE SUPERIEURE COMMERCE COMMUNICATION</t>
+  </si>
+  <si>
+    <t>22 RUE EL NOUZAH 06000 NICE</t>
+  </si>
+  <si>
+    <t>03/01/1997</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>5 RUE MIGNO 06400 CANNES</t>
+  </si>
+  <si>
+    <t>01/01/2020</t>
+  </si>
+  <si>
+    <t>RESIDENCE DOMAINE DU LEVANT III LD PRECOJO 20290 BORGO</t>
+  </si>
+  <si>
+    <t>01/03/2024</t>
+  </si>
+  <si>
     <t>IRFA APISUP</t>
   </si>
   <si>
     <t>55 RUE SULLY 80000 AMIENS</t>
   </si>
   <si>
     <t>17/12/2021</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...7 lines deleted...]
-  <si>
     <t>MAN'AGIR CONSULTANTS</t>
   </si>
   <si>
     <t>15 RUE AMBROISE THOMAS 75009 PARIS</t>
   </si>
   <si>
     <t>19/11/2001</t>
   </si>
   <si>
-    <t>CFI FORMATION</t>
-[...29 lines deleted...]
-    <t>01/03/2024</t>
+    <t>VISIPLUS</t>
+  </si>
+  <si>
+    <t>IMMEUBLE LE PATIO DES TEMPLIERS 950 ROUTE DES COLLES 06410 BIOT</t>
+  </si>
+  <si>
+    <t>12/05/2025</t>
+  </si>
+  <si>
+    <t>70.21Z</t>
+  </si>
+  <si>
+    <t>ANTEE FORMATION</t>
+  </si>
+  <si>
+    <t>42 RUE DE LA GITONNIERE 37300 JOUE-LES-TOURS</t>
+  </si>
+  <si>
+    <t>23/12/2021</t>
+  </si>
+  <si>
+    <t>FORMAFLOW</t>
+  </si>
+  <si>
+    <t>PARC D'ENTREPRISES LA RADIO ROUTE DE PARIS 28100 DREUX</t>
+  </si>
+  <si>
+    <t>02/01/2018</t>
+  </si>
+  <si>
+    <t>ADEOS FORMATIONS</t>
+  </si>
+  <si>
+    <t>10 RUE JEAN JULLIEN DAVIN 26000 VALENCE</t>
+  </si>
+  <si>
+    <t>25/09/2023</t>
   </si>
   <si>
     <t>INST DE FORMATION COMMERCIALE PERMANENTE</t>
   </si>
   <si>
     <t>PARC ACTIVITES BELLEVUES RUE ROSA LUXEMBURG 95610 ERAGNY</t>
   </si>
   <si>
     <t>01/01/1981</t>
   </si>
   <si>
     <t>85.59B</t>
   </si>
   <si>
     <t>049-051 49 AVENUE THIERS 77000 MELUN</t>
   </si>
   <si>
     <t>01/09/1990</t>
   </si>
   <si>
     <t>37-39 39 RUE SAINT-SEBASTIEN 75011 PARIS</t>
   </si>
   <si>
     <t>01/07/1995</t>
   </si>
@@ -208,105 +247,66 @@
   <si>
     <t>19/06/1990</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
   <si>
     <t>O.G.E.C. ARAGO - STE ANNE</t>
   </si>
   <si>
     <t>4 RUE SAINT-ALBAN 42300 ROANNE</t>
   </si>
   <si>
     <t>01/09/2006</t>
   </si>
   <si>
     <t>GROUPE TEZENAS DU MONTCEL</t>
   </si>
   <si>
     <t>14 PLACE GIRODET 42000 SAINT-ETIENNE</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
-    <t>VISIPLUS</t>
-[...37 lines deleted...]
-  <si>
     <t>CENTRE D'ENSEIGNEMENT SUPERIEUR D'ADMINISTRATION ET DE MANAGEMENT DES ENTREPRISES SUP</t>
   </si>
   <si>
     <t>CESAME SUP</t>
   </si>
   <si>
     <t>1350 AVENUE ALBERT EINSTEIN 34000 MONTPELLIER</t>
   </si>
   <si>
     <t>27/11/2017</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
-    <t>LE CENTRE DES APPRENTIS D'ALSACE</t>
+    <t>CENTRE DES APPRENANTS D'ALSACE</t>
   </si>
   <si>
     <t>3 ROUTE DE BALE 68000 COLMAR</t>
   </si>
   <si>
     <t>20/05/2020</t>
   </si>
   <si>
     <t>07/09/2024</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>37 RUE SAINT JOSSE 68000 COLMAR</t>
   </si>
   <si>
     <t>CREATIVE</t>
   </si>
   <si>
     <t>2 QUAI SAINT-LAURENT 45000 ORLEANS</t>
   </si>
   <si>
     <t>15/12/2023</t>
   </si>
@@ -792,927 +792,925 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>41142322100034</v>
+        <v>38320309800033</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
-        <v>32800208280</v>
+        <v>83630189963</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>42281153900028</v>
+        <v>38370431900037</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
         <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I3" s="3">
-        <v>11753172575</v>
+        <v>93060405906</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>38320309800033</v>
+        <v>38370431900086</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I4" s="3">
-        <v>83630189963</v>
+        <v>93060405906</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>38370431900037</v>
+        <v>38370431900102</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="F5" s="2" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="I5" s="3">
         <v>93060405906</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>38370431900086</v>
+        <v>41142322100034</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="F6" s="2" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I6" s="3">
-        <v>93060405906</v>
+        <v>32800208280</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>38370431900102</v>
+        <v>42281153900028</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="I7" s="3">
-        <v>93060405906</v>
+        <v>11753172575</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>77573724000058</v>
+        <v>44321186700116</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>37</v>
       </c>
       <c r="I8" s="3">
-        <v>11940004794</v>
+        <v>93060557706</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>77573724000090</v>
+        <v>47960778000042</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="D9" s="2"/>
+        <v>38</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>38</v>
+      </c>
       <c r="E9" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="3">
-        <v>11940004794</v>
+        <v>24370223537</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>77573724000140</v>
+        <v>49347214600049</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I10" s="3">
-        <v>11940004794</v>
+        <v>24280162628</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>77573724000165</v>
+        <v>53909770900031</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I11" s="3">
-        <v>11940004794</v>
+        <v>82260197626</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>77573724000280</v>
+        <v>77573724000058</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="I12" s="3">
         <v>11940004794</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>77573724000322</v>
+        <v>77573724000090</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I13" s="3">
         <v>11940004794</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>77573724000330</v>
+        <v>77573724000140</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>31</v>
+        <v>54</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I14" s="3">
         <v>11940004794</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>77573724000348</v>
+        <v>77573724000165</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I15" s="3">
         <v>11940004794</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>77573724000355</v>
+        <v>77573724000280</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I16" s="3">
         <v>11940004794</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>77591337900027</v>
+        <v>77573724000322</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>57</v>
+        <v>17</v>
       </c>
       <c r="I17" s="3">
-        <v>91300008130</v>
+        <v>11940004794</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>77634558900043</v>
+        <v>77573724000330</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>58</v>
+        <v>47</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="I18" s="3"/>
+        <v>17</v>
+      </c>
+      <c r="I18" s="3">
+        <v>11940004794</v>
+      </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>77639528700019</v>
+        <v>77573724000348</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>61</v>
+        <v>47</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>62</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>63</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>57</v>
+        <v>17</v>
       </c>
       <c r="I19" s="3">
-        <v>82420234142</v>
+        <v>11940004794</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>44321186700116</v>
+        <v>77573724000355</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>64</v>
+        <v>47</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="F20" s="2" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>67</v>
+        <v>17</v>
       </c>
       <c r="I20" s="3">
-        <v>93060557706</v>
+        <v>11940004794</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>47960778000042</v>
+        <v>77591337900027</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="E21" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="D21" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E21" s="2" t="s">
+      <c r="F21" s="2" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
       <c r="I21" s="3">
-        <v>24370223537</v>
+        <v>91300008130</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>49347214600049</v>
+        <v>77634558900043</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>72</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>73</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="I22" s="3"/>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>53909770900031</v>
+        <v>77639528700019</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>74</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>75</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>76</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>17</v>
+        <v>70</v>
       </c>
       <c r="I23" s="3">
-        <v>82260197626</v>
+        <v>82420234142</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>80210238400046</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>77</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>78</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>79</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>80</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>37</v>
+        <v>50</v>
       </c>
       <c r="I24" s="3"/>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
         <v>80335559300036</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>81</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>82</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>83</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G25" s="2" t="s">
         <v>85</v>
       </c>
       <c r="H25" s="2" t="s">
         <v>86</v>
       </c>
-      <c r="I25" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I25" s="3"/>
       <c r="J25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
         <v>80335559300044</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>82</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
@@ -1770,54 +1768,54 @@
       <c r="J27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>88877726500107</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>91</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>65</v>
+        <v>35</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>66</v>
+        <v>36</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I28" s="3">
         <v>93060895606</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
         <v>88985965800029</v>
       </c>
@@ -1890,132 +1888,134 @@
         <v>19</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
         <v>90050542100017</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>99</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
         <v>100</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>101</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="I31" s="3">
         <v>44680314968</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>90406880600010</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>102</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
         <v>103</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>104</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="I32" s="3">
         <v>32600389660</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>91092779700019</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>105</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
         <v>106</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>98</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="I33" s="3"/>
+      <c r="I33" s="3">
+        <v>84730340873</v>
+      </c>
       <c r="J33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>91311071400072</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>108</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>109</v>
       </c>
@@ -2071,31 +2071,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/19/2026 16:55:39</dc:description>
+  <dc:description>Export en date du 03/12/2026 11:09:04</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>