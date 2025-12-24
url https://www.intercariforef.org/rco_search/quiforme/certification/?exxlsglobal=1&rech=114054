--- v0 (2025-11-04)
+++ v1 (2025-12-24)
@@ -130,84 +130,84 @@
   <si>
     <t>1 ROUTE DE SEPTEUIL 78640 VILLIERS-SAINT-FREDERIC</t>
   </si>
   <si>
     <t>01/09/2006</t>
   </si>
   <si>
     <t>1178P000978</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT ROBERT DOISNEAU, LYCEE DES METIERS DE L'INDUSTRIE ET DES SERVICES AUX ENTREPRISES</t>
   </si>
   <si>
     <t>GRETA DE L'ESSONNE</t>
   </si>
   <si>
     <t>89 AVENUE SERGE DASSAULT 91100 CORBEIL-ESSONNES</t>
   </si>
   <si>
     <t>06/03/1989</t>
   </si>
   <si>
     <t>1191P000491</t>
   </si>
   <si>
+    <t>ORAKIN CHAMPAGNE ARDENNES</t>
+  </si>
+  <si>
+    <t>8 RUE JOSEPH CUGNOT 51430 TINQUEUX</t>
+  </si>
+  <si>
+    <t>14/04/2025</t>
+  </si>
+  <si>
+    <t>ORAKIN SUD LORRAINE</t>
+  </si>
+  <si>
+    <t>8-10 8 RUE JOSEPH CUGNOT 51430 TINQUEUX</t>
+  </si>
+  <si>
+    <t>05/10/2020</t>
+  </si>
+  <si>
+    <t>SOC ENSEIGNEMENT PROFESS RHONE</t>
+  </si>
+  <si>
+    <t>46 RUE PROFESSEUR ROCHAIX 69003 LYON</t>
+  </si>
+  <si>
+    <t>23/06/2005</t>
+  </si>
+  <si>
     <t>MODULA FORMATION</t>
   </si>
   <si>
     <t>7 AVENUE RAYMOND MANAUD 33520 BRUGES</t>
   </si>
   <si>
     <t>28/09/2021</t>
-  </si>
-[...25 lines deleted...]
-    <t>05/10/2020</t>
   </si>
   <si>
     <t>SPL ASSISTANCE A LA FORMATION PROFESSIONNELLE DES ADULTES A LA REUNION</t>
   </si>
   <si>
     <t>CFPA DE SAINT PAUL</t>
   </si>
   <si>
     <t>PLATEAU CAILLOU 130 RUE GABRIEL GUISTHAU 97460 SAINT-PAUL</t>
   </si>
   <si>
     <t>01/07/2015</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>9 BOULEVARD DE LOUVAIN 13008 MARSEILLE</t>
   </si>
@@ -863,191 +863,191 @@
       <c r="F6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I6" s="3" t="s">
         <v>37</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>75254407200040</v>
+        <v>42117746000142</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I7" s="3">
-        <v>72330875633</v>
+        <v>44510287251</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>77990483800066</v>
+        <v>48201278800030</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I8" s="3">
-        <v>82690006869</v>
+        <v>41540242854</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>42117746000142</v>
+        <v>77990483800066</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="I9" s="3">
-        <v>44510287251</v>
+        <v>82690006869</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>48201278800030</v>
+        <v>75254407200040</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I10" s="3">
-        <v>41540242854</v>
+        <v>72330875633</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>81229926100030</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G11" s="2"/>
@@ -1546,31 +1546,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 00:56:22</dc:description>
+  <dc:description>Export en date du 12/24/2025 11:28:11</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>