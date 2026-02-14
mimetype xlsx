--- v1 (2025-12-24)
+++ v2 (2026-02-14)
@@ -148,66 +148,66 @@
   <si>
     <t>06/03/1989</t>
   </si>
   <si>
     <t>1191P000491</t>
   </si>
   <si>
     <t>ORAKIN CHAMPAGNE ARDENNES</t>
   </si>
   <si>
     <t>8 RUE JOSEPH CUGNOT 51430 TINQUEUX</t>
   </si>
   <si>
     <t>14/04/2025</t>
   </si>
   <si>
     <t>ORAKIN SUD LORRAINE</t>
   </si>
   <si>
     <t>8-10 8 RUE JOSEPH CUGNOT 51430 TINQUEUX</t>
   </si>
   <si>
     <t>05/10/2020</t>
   </si>
   <si>
+    <t>MODULA FORMATION</t>
+  </si>
+  <si>
+    <t>7 AVENUE RAYMOND MANAUD 33520 BRUGES</t>
+  </si>
+  <si>
+    <t>28/09/2021</t>
+  </si>
+  <si>
     <t>SOC ENSEIGNEMENT PROFESS RHONE</t>
   </si>
   <si>
     <t>46 RUE PROFESSEUR ROCHAIX 69003 LYON</t>
   </si>
   <si>
     <t>23/06/2005</t>
-  </si>
-[...7 lines deleted...]
-    <t>28/09/2021</t>
   </si>
   <si>
     <t>SPL ASSISTANCE A LA FORMATION PROFESSIONNELLE DES ADULTES A LA REUNION</t>
   </si>
   <si>
     <t>CFPA DE SAINT PAUL</t>
   </si>
   <si>
     <t>PLATEAU CAILLOU 130 RUE GABRIEL GUISTHAU 97460 SAINT-PAUL</t>
   </si>
   <si>
     <t>01/07/2015</t>
   </si>
   <si>
     <t>AFPA ENTREPRISES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>31/12/2016</t>
   </si>
   <si>
     <t>9 BOULEVARD DE LOUVAIN 13008 MARSEILLE</t>
   </si>
@@ -937,120 +937,120 @@
       <c r="F8" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I8" s="3">
         <v>41540242854</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>23</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>77990483800066</v>
+        <v>75254407200040</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>45</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="I9" s="3">
-        <v>82690006869</v>
+        <v>72330875633</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>75254407200040</v>
+        <v>77990483800066</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="I10" s="3">
-        <v>72330875633</v>
+        <v>82690006869</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>23</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>81229926100030</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>52</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>22</v>
       </c>
@@ -1546,31 +1546,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/24/2025 11:28:11</dc:description>
+  <dc:description>Export en date du 02/14/2026 12:54:24</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>