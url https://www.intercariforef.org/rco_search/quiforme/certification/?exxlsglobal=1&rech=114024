--- v0 (2025-10-12)
+++ v1 (2025-12-14)
@@ -100,51 +100,51 @@
   <si>
     <t>653 COURS DE LA LIBERATION 33400 TALENCE</t>
   </si>
   <si>
     <t>01/03/1983</t>
   </si>
   <si>
     <t>85.51Z</t>
   </si>
   <si>
     <t>7233P015933</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>CENTRE DE RESSOURCES D'EXPERTISE ET DE PERFORMANCE SPORTIVE</t>
   </si>
   <si>
     <t>5 AVENUE DE LA BABINIERE 44240 LA CHAPELLE-SUR-ERDRE</t>
   </si>
   <si>
     <t>01/09/2021</t>
   </si>
   <si>
-    <t>ECOLE NATIONALE DE VOILE ET DES SPORTS NAUTIQUES</t>
+    <t>INSTITUT NATIONAL DU NAUTISME</t>
   </si>
   <si>
     <t>LE BEG ROHU 56510 SAINT-PIERRE-QUIBERON</t>
   </si>
   <si>
     <t>27/09/1983</t>
   </si>
   <si>
     <t>5356P005556</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -756,31 +756,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/12/2025 08:35:43</dc:description>
+  <dc:description>Export en date du 12/14/2025 20:23:23</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>