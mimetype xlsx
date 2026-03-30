--- v0 (2025-12-26)
+++ v1 (2026-03-30)
@@ -127,78 +127,78 @@
   <si>
     <t>A. DOC</t>
   </si>
   <si>
     <t>91 RUE DES CHANTEREINES 93100 MONTREUIL</t>
   </si>
   <si>
     <t>01/08/2001</t>
   </si>
   <si>
     <t>58.29A</t>
   </si>
   <si>
     <t>ALTAM</t>
   </si>
   <si>
     <t>32 RUE D'HAUTEVILLE 75010 PARIS</t>
   </si>
   <si>
     <t>01/06/2015</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
+    <t>CAD EQUIPEMENT</t>
+  </si>
+  <si>
+    <t>99 RUE MARCADET 75018 PARIS</t>
+  </si>
+  <si>
+    <t>08/04/2021</t>
+  </si>
+  <si>
+    <t>62.02A</t>
+  </si>
+  <si>
     <t>FORMALISA</t>
   </si>
   <si>
     <t>HIGH PARK 2 BATIMENT 3 20 RUE LOUIS BLERIOT 35170 BRUZ</t>
   </si>
   <si>
     <t>21/02/2022</t>
   </si>
   <si>
     <t>CADWORK FRANCE</t>
   </si>
   <si>
     <t>RUE JOSEPH CLIMENT 25660 SAONE</t>
   </si>
   <si>
     <t>01/11/2020</t>
-  </si>
-[...10 lines deleted...]
-    <t>62.02A</t>
   </si>
   <si>
     <t>FORMALISA INSTITUT</t>
   </si>
   <si>
     <t>HIGH PARK 2 BATIME 20 RUE LOUIS BLERIOT 35170 BRUZ</t>
   </si>
   <si>
     <t>31/01/2022</t>
   </si>
   <si>
     <t>CADATWORK LEARNING</t>
   </si>
   <si>
     <t>13 RUE PIERRE GILLES DE GENNES 69007 LYON</t>
   </si>
   <si>
     <t>01/11/2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -808,145 +808,145 @@
       <c r="F6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I6" s="3">
         <v>11754385575</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>52800334600038</v>
+        <v>41821347600066</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="I7" s="3">
-        <v>53350881935</v>
+        <v>11755042875</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>75222190300053</v>
+        <v>52800334600038</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="I8" s="3">
-        <v>27250299725</v>
+        <v>53350881935</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>41821347600066</v>
+        <v>75222190300053</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="I9" s="3">
-        <v>11755042875</v>
+        <v>27250299725</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>81095249900020</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="D10" s="2" t="s">
@@ -975,51 +975,51 @@
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>88155419000036</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="I11" s="3">
         <v>84380739938</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -1047,31 +1047,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/26/2025 13:36:20</dc:description>
+  <dc:description>Export en date du 03/30/2026 12:25:59</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>