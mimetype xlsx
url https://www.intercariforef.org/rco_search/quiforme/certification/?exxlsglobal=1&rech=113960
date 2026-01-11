--- v0 (2025-11-07)
+++ v1 (2026-01-11)
@@ -14,332 +14,338 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$M$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="101">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>ÉTAT ADMINISTRATIF</t>
   </si>
   <si>
     <t>RAISON SOCIALE</t>
   </si>
   <si>
     <t>ENSEIGNE</t>
   </si>
   <si>
     <t>ADRESSE</t>
   </si>
   <si>
     <t>DATE D'OUVERTURE</t>
   </si>
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION</t>
+  </si>
+  <si>
+    <t>1 AVENUE MARCEL PROUST 28000 CHARTRES</t>
+  </si>
+  <si>
+    <t>09/09/1985</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>2428P000128</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION PROFESSIONNELLE EN REGION ACADEMIQUE</t>
+  </si>
+  <si>
+    <t>UFA ISD FLAUBERT</t>
+  </si>
+  <si>
+    <t>1 RUE ALBERT DUPUIS 76000 ROUEN</t>
+  </si>
+  <si>
+    <t>01/01/2015</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
+    <t>2376P009076</t>
+  </si>
+  <si>
+    <t>LYCEE ENS GEN TECHNO GUSTAVE FLAUBERT</t>
+  </si>
+  <si>
+    <t>GRETA ROUEN MARITIME</t>
+  </si>
+  <si>
+    <t>40 AVENUE DU MONT AUX MALADES 76130 MONT-SAINT-AIGNAN</t>
+  </si>
+  <si>
+    <t>22/09/1989</t>
+  </si>
+  <si>
+    <t>2376P001876</t>
+  </si>
+  <si>
+    <t>INSTITUT SAINT JOSEPH DE MONCEL</t>
+  </si>
+  <si>
+    <t>8 PLACE DE L'EGLISE 60700 PONT-SAINTE-MAXENCE</t>
+  </si>
+  <si>
+    <t>01/01/1983</t>
+  </si>
+  <si>
+    <t>INSTITUT EUROPEEN F 2I</t>
+  </si>
+  <si>
+    <t>10 COURS LOUIS LUMIERE 94300 VINCENNES</t>
+  </si>
+  <si>
+    <t>22/05/1998</t>
+  </si>
+  <si>
+    <t>22 RUE DES VIGNERONS 94300 VINCENNES</t>
+  </si>
+  <si>
+    <t>17/03/2021</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>FORMATAGE LANGUEDOC</t>
+  </si>
+  <si>
+    <t>OBJECTIF 3D OBJECTIF 3W OBJECTIF 3D GAME</t>
+  </si>
+  <si>
+    <t>PARC SCIENTIFIQUE AGROPOLIS 1 2214 BOULEVARD DE LA LIRONDE 34980 MONTFERRIER-SUR-LEZ</t>
+  </si>
+  <si>
+    <t>01/07/2010</t>
+  </si>
+  <si>
+    <t>ECOLE SCIENCES &amp; TECHNIQUES COMMERCIALES</t>
+  </si>
+  <si>
+    <t>19 RUE ESPERANDIEU 13001 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/10/2004</t>
+  </si>
+  <si>
+    <t>ANTEE FORMATION</t>
+  </si>
+  <si>
+    <t>42 RUE DE LA GITONNIERE 37300 JOUE-LES-TOURS</t>
+  </si>
+  <si>
+    <t>23/12/2021</t>
+  </si>
+  <si>
+    <t>BP CONSEIL FORMATION</t>
+  </si>
+  <si>
+    <t>4 RUE DE SAVOIE 57800 FREYMING-MERLEBACH</t>
+  </si>
+  <si>
+    <t>01/03/2011</t>
+  </si>
+  <si>
+    <t>ICADEMIE</t>
+  </si>
+  <si>
+    <t>3 RUE RACINE 83000 TOULON</t>
+  </si>
+  <si>
+    <t>12/04/2019</t>
+  </si>
+  <si>
+    <t>STK</t>
+  </si>
+  <si>
+    <t>ZAE HEIDEN EST 25 RUE DES PAYS-BAS 68310 WITTELSHEIM</t>
+  </si>
+  <si>
+    <t>01/07/2021</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>1 RUE DE LA FORET 68040 INGERSHEIM</t>
+  </si>
+  <si>
+    <t>17/02/2022</t>
+  </si>
+  <si>
+    <t>TOTEM INITIAL</t>
+  </si>
+  <si>
+    <t>ZAC CHENE MORAND 296 ANNEAU DE LA GREE 35510 CESSON-SEVIGNE</t>
+  </si>
+  <si>
+    <t>01/10/2024</t>
+  </si>
+  <si>
+    <t>ALTERNANCE BOURGOGNE</t>
+  </si>
+  <si>
+    <t>10 BOULEVARD CARNOT 21000 DIJON</t>
+  </si>
+  <si>
+    <t>20/08/2018</t>
+  </si>
+  <si>
+    <t>P2M</t>
+  </si>
+  <si>
+    <t>TOTEM FORMATION</t>
+  </si>
+  <si>
+    <t>OPEN CAMPUS D'ANGERS</t>
+  </si>
+  <si>
+    <t>2 RUE DE LA MARTINELLERIE 49800 TRELAZE</t>
+  </si>
+  <si>
+    <t>01/09/2023</t>
+  </si>
+  <si>
+    <t>NEVEN EDUCATION</t>
+  </si>
+  <si>
+    <t>PARC D'ACTIVITE DE L'ECHAN AVENUE SAINT-EXUPERY 06210 MANDELIEU-LA-NAPOULE</t>
+  </si>
+  <si>
+    <t>30/06/2004</t>
+  </si>
+  <si>
     <t>GROUPE BELMONT</t>
   </si>
   <si>
     <t>MONTFAVET 95 ALLEE CAMILLE CLAUDEL 84000 AVIGNON</t>
   </si>
   <si>
     <t>12/02/2018</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...34 lines deleted...]
-  <si>
     <t>CAMPUS D'ENSEIGNEMENT SUPERIEURE PRIVE DE BREST</t>
   </si>
   <si>
     <t>CESPB</t>
   </si>
   <si>
     <t>475 RUE JOSEPHINE PENCALET 29200 BREST</t>
   </si>
   <si>
     <t>25/09/2015</t>
   </si>
   <si>
-    <t>85.59B</t>
-[...1 lines deleted...]
-  <si>
     <t>DIGITAL BUSINESS SCHOOL</t>
   </si>
   <si>
     <t>DBS</t>
   </si>
   <si>
     <t>222 ALLEE DE L'AMERIQUE LATINE 30900 NIMES</t>
   </si>
   <si>
     <t>13/07/2023</t>
   </si>
   <si>
-    <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE</t>
-[...151 lines deleted...]
-  <si>
     <t>DIGITAL PARK 801 AVENUE DES CHAMPS BLANCS 35510 CESSON-SEVIGNE</t>
   </si>
   <si>
     <t>29/06/2021</t>
   </si>
   <si>
+    <t>Fermé</t>
+  </si>
+  <si>
     <t>FOREACH ACADEMY</t>
   </si>
   <si>
     <t>393 RUE DU GENERAL DE GAULLE 59700 MARCQ-EN-BARŒUL</t>
   </si>
   <si>
     <t>01/09/2020</t>
+  </si>
+  <si>
+    <t>01/09/2025</t>
   </si>
   <si>
     <t>CAPEVO</t>
   </si>
   <si>
     <t>256 ROUTE D'EVRON 01100 MARTIGNAT</t>
   </si>
   <si>
     <t>01/06/2022</t>
   </si>
   <si>
     <t>ECOLE FRANCAISE DE L'ALTERNANCE</t>
   </si>
   <si>
     <t>5 RUE DE TALLEYRAND 51100 REIMS</t>
   </si>
   <si>
     <t>25/07/2023</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
 </sst>
 </file>
 
@@ -765,987 +771,989 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>37835655400030</v>
+        <v>18280001100047</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="D2" s="2"/>
+      <c r="D2" s="2" t="s">
+        <v>15</v>
+      </c>
       <c r="E2" s="2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F2" s="2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>93840077184</v>
+        <v>18</v>
+      </c>
+      <c r="I2" s="3" t="s">
+        <v>19</v>
       </c>
       <c r="J2" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="L2" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M2" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>39945394300066</v>
+        <v>18760909400094</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D3" s="2"/>
+        <v>22</v>
+      </c>
+      <c r="D3" s="2" t="s">
+        <v>23</v>
+      </c>
       <c r="E3" s="2" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>93060290006</v>
+        <v>26</v>
+      </c>
+      <c r="I3" s="3" t="s">
+        <v>27</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K3" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="M3" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>45103597600021</v>
+        <v>19760096800022</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="D4" s="2"/>
+        <v>28</v>
+      </c>
+      <c r="D4" s="2" t="s">
+        <v>29</v>
+      </c>
       <c r="E4" s="2" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>93131133713</v>
+        <v>18</v>
+      </c>
+      <c r="I4" s="3" t="s">
+        <v>32</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="M4" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>47960778000042</v>
+        <v>78056726900029</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>26</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="I5" s="3"/>
       <c r="J5" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>81398319400016</v>
+        <v>41904518200013</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>29</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="I6" s="3">
-        <v>53290892529</v>
+        <v>11940499794</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>82189143900035</v>
+        <v>41904518200054</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="I7" s="3">
-        <v>76300398630</v>
+        <v>11940499794</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>18280001100047</v>
+        <v>43358961100030</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="D8" s="2" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>18</v>
+      </c>
+      <c r="I8" s="3">
+        <v>91340467734</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>18760909400094</v>
+        <v>45103597600021</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>18</v>
+      </c>
+      <c r="I9" s="3">
+        <v>93131133713</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="M9" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>19760096800022</v>
+        <v>47960778000042</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D10" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="E10" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="E10" s="2" t="s">
+      <c r="F10" s="2" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>18</v>
+      </c>
+      <c r="I10" s="3">
+        <v>24370223537</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M10" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>41904518200013</v>
+        <v>48468982300033</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="I11" s="3">
-        <v>11940499794</v>
+        <v>41570246157</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M11" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>41904518200054</v>
+        <v>48908897100093</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="I12" s="3">
-        <v>11940499794</v>
+        <v>93830380583</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>43358961100030</v>
+        <v>48953429700077</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="D13" s="2" t="s">
+      <c r="F13" s="2" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>62</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>17</v>
+        <v>61</v>
       </c>
       <c r="I13" s="3">
-        <v>91340467734</v>
+        <v>42680169768</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="K13" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>48468982300033</v>
+        <v>48953429700085</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="I14" s="3">
-        <v>41570246157</v>
+        <v>42680169768</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="L14" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>48908897100093</v>
+        <v>75387607700037</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E15" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>66</v>
-      </c>
-[...5 lines deleted...]
-        <v>68</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="I15" s="3">
-        <v>93830380583</v>
+        <v>53351053635</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>48953429700077</v>
+        <v>52757351300043</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>72</v>
+        <v>18</v>
       </c>
       <c r="I16" s="3">
-        <v>42680169768</v>
+        <v>26710200071</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K16" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="L16" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>48953429700085</v>
+        <v>52942598500049</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="D17" s="2"/>
+        <v>70</v>
+      </c>
+      <c r="D17" s="2" t="s">
+        <v>71</v>
+      </c>
       <c r="E17" s="2" t="s">
-        <v>73</v>
+        <v>65</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>74</v>
+        <v>66</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="I17" s="3">
-        <v>42680169768</v>
+        <v>53350892835</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K17" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>79874596400089</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="I18" s="3">
         <v>52490305349</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K18" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>75387607700037</v>
+        <v>39945394300066</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>78</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="I19" s="3">
-        <v>53351053635</v>
+        <v>93060290006</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="L19" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>78056726900029</v>
+        <v>37835655400030</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="I20" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="I20" s="3">
+        <v>93840077184</v>
+      </c>
       <c r="J20" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K20" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="L20" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>52757351300043</v>
+        <v>81398319400016</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="D21" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="E21" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="F21" s="2" t="s">
         <v>84</v>
-      </c>
-[...5 lines deleted...]
-        <v>86</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="I21" s="3">
-        <v>26710200071</v>
+        <v>53290892529</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="L21" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M21" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>52942598500049</v>
+        <v>82189143900035</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="D22" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="E22" s="2" t="s">
         <v>87</v>
       </c>
-      <c r="D22" s="2" t="s">
+      <c r="F22" s="2" t="s">
         <v>88</v>
-      </c>
-[...4 lines deleted...]
-        <v>80</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
       <c r="I22" s="3">
-        <v>53350892835</v>
+        <v>76300398630</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="L22" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M22" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>84069177800020</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2">
         <v>301</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>89</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>90</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>47</v>
+        <v>26</v>
       </c>
       <c r="I23" s="3">
         <v>53351029235</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="L23" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M23" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>84184281800020</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>13</v>
+        <v>91</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="G24" s="2"/>
+        <v>94</v>
+      </c>
+      <c r="G24" s="2" t="s">
+        <v>95</v>
+      </c>
       <c r="H24" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="I24" s="3">
         <v>32590968159</v>
       </c>
       <c r="J24" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K24" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L24" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M24" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
         <v>91474519500018</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="I25" s="3">
         <v>84010255201</v>
       </c>
       <c r="J25" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K25" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="L25" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M25" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
         <v>92066345700025</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="I26" s="3">
         <v>44510239051</v>
       </c>
       <c r="J26" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="K26" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="L26" s="2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="M26" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1758,31 +1766,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/07/2025 22:43:18</dc:description>
+  <dc:description>Export en date du 01/11/2026 01:22:50</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>