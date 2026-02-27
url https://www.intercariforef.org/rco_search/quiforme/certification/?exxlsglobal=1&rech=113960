--- v1 (2026-01-11)
+++ v2 (2026-02-27)
@@ -115,192 +115,192 @@
   <si>
     <t>01/01/2015</t>
   </si>
   <si>
     <t>85.32Z</t>
   </si>
   <si>
     <t>2376P009076</t>
   </si>
   <si>
     <t>LYCEE ENS GEN TECHNO GUSTAVE FLAUBERT</t>
   </si>
   <si>
     <t>GRETA ROUEN MARITIME</t>
   </si>
   <si>
     <t>40 AVENUE DU MONT AUX MALADES 76130 MONT-SAINT-AIGNAN</t>
   </si>
   <si>
     <t>22/09/1989</t>
   </si>
   <si>
     <t>2376P001876</t>
   </si>
   <si>
+    <t>ICADEMIE</t>
+  </si>
+  <si>
+    <t>3 RUE RACINE 83000 TOULON</t>
+  </si>
+  <si>
+    <t>12/04/2019</t>
+  </si>
+  <si>
+    <t>STK</t>
+  </si>
+  <si>
+    <t>ZAE HEIDEN EST 25 RUE DES PAYS-BAS 68310 WITTELSHEIM</t>
+  </si>
+  <si>
+    <t>01/07/2021</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>1 RUE DE LA FORET 68040 INGERSHEIM</t>
+  </si>
+  <si>
+    <t>17/02/2022</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>FORMATAGE LANGUEDOC</t>
+  </si>
+  <si>
+    <t>OBJECTIF 3D OBJECTIF 3W OBJECTIF 3D GAME</t>
+  </si>
+  <si>
+    <t>PARC SCIENTIFIQUE AGROPOLIS 1 2214 BOULEVARD DE LA LIRONDE 34980 MONTFERRIER-SUR-LEZ</t>
+  </si>
+  <si>
+    <t>01/07/2010</t>
+  </si>
+  <si>
+    <t>GROUPE BELMONT</t>
+  </si>
+  <si>
+    <t>MONTFAVET 95 ALLEE CAMILLE CLAUDEL 84000 AVIGNON</t>
+  </si>
+  <si>
+    <t>12/02/2018</t>
+  </si>
+  <si>
+    <t>NEVEN EDUCATION</t>
+  </si>
+  <si>
+    <t>PARC D'ACTIVITE DE L'ECHAN AVENUE SAINT-EXUPERY 06210 MANDELIEU-LA-NAPOULE</t>
+  </si>
+  <si>
+    <t>30/06/2004</t>
+  </si>
+  <si>
+    <t>INSTITUT EUROPEEN F 2I</t>
+  </si>
+  <si>
+    <t>10 COURS LOUIS LUMIERE 94300 VINCENNES</t>
+  </si>
+  <si>
+    <t>22/05/1998</t>
+  </si>
+  <si>
+    <t>22 RUE DES VIGNERONS 94300 VINCENNES</t>
+  </si>
+  <si>
+    <t>17/03/2021</t>
+  </si>
+  <si>
+    <t>ECOLE SCIENCES &amp; TECHNIQUES COMMERCIALES</t>
+  </si>
+  <si>
+    <t>19 RUE ESPERANDIEU 13001 MARSEILLE</t>
+  </si>
+  <si>
+    <t>01/10/2004</t>
+  </si>
+  <si>
+    <t>ANTEE FORMATION</t>
+  </si>
+  <si>
+    <t>42 RUE DE LA GITONNIERE 37300 JOUE-LES-TOURS</t>
+  </si>
+  <si>
+    <t>23/12/2021</t>
+  </si>
+  <si>
+    <t>BP CONSEIL FORMATION</t>
+  </si>
+  <si>
+    <t>4 RUE DE SAVOIE 57800 FREYMING-MERLEBACH</t>
+  </si>
+  <si>
+    <t>01/03/2011</t>
+  </si>
+  <si>
+    <t>ALTERNANCE BOURGOGNE</t>
+  </si>
+  <si>
+    <t>10 BOULEVARD CARNOT 21000 DIJON</t>
+  </si>
+  <si>
+    <t>20/08/2018</t>
+  </si>
+  <si>
+    <t>P2M</t>
+  </si>
+  <si>
+    <t>TOTEM FORMATION</t>
+  </si>
+  <si>
+    <t>ZAC CHENE MORAND 296 ANNEAU DE LA GREE 35510 CESSON-SEVIGNE</t>
+  </si>
+  <si>
+    <t>01/10/2024</t>
+  </si>
+  <si>
+    <t>TOTEM INITIAL</t>
+  </si>
+  <si>
     <t>INSTITUT SAINT JOSEPH DE MONCEL</t>
   </si>
   <si>
     <t>8 PLACE DE L'EGLISE 60700 PONT-SAINTE-MAXENCE</t>
   </si>
   <si>
     <t>01/01/1983</t>
   </si>
   <si>
-    <t>INSTITUT EUROPEEN F 2I</t>
-[...106 lines deleted...]
-  <si>
     <t>OPEN CAMPUS D'ANGERS</t>
   </si>
   <si>
     <t>2 RUE DE LA MARTINELLERIE 49800 TRELAZE</t>
   </si>
   <si>
     <t>01/09/2023</t>
-  </si>
-[...16 lines deleted...]
-    <t>12/02/2018</t>
   </si>
   <si>
     <t>CAMPUS D'ENSEIGNEMENT SUPERIEURE PRIVE DE BREST</t>
   </si>
   <si>
     <t>CESPB</t>
   </si>
   <si>
     <t>475 RUE JOSEPHINE PENCALET 29200 BREST</t>
   </si>
   <si>
     <t>25/09/2015</t>
   </si>
   <si>
     <t>DIGITAL BUSINESS SCHOOL</t>
   </si>
   <si>
     <t>DBS</t>
   </si>
   <si>
     <t>222 ALLEE DE L'AMERIQUE LATINE 30900 NIMES</t>
   </si>
   <si>
     <t>13/07/2023</t>
   </si>
@@ -888,457 +888,457 @@
       <c r="F4" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I4" s="3" t="s">
         <v>32</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>78056726900029</v>
+        <v>48908897100093</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="I5" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="I5" s="3">
+        <v>93830380583</v>
+      </c>
       <c r="J5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K5" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>41904518200013</v>
+        <v>48953429700077</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>37</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>18</v>
+        <v>39</v>
       </c>
       <c r="I6" s="3">
-        <v>11940499794</v>
+        <v>42680169768</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>41904518200054</v>
+        <v>48953429700085</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I7" s="3">
-        <v>11940499794</v>
+        <v>42680169768</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>43358961100030</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D8" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I8" s="3">
         <v>91340467734</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>45103597600021</v>
+        <v>37835655400030</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I9" s="3">
-        <v>93131133713</v>
+        <v>93840077184</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>47960778000042</v>
+        <v>39945394300066</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I10" s="3">
-        <v>24370223537</v>
+        <v>93060290006</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>48468982300033</v>
+        <v>41904518200013</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I11" s="3">
-        <v>41570246157</v>
+        <v>11940499794</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L11" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>48908897100093</v>
+        <v>41904518200054</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="I12" s="3">
-        <v>93830380583</v>
+        <v>11940499794</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>48953429700077</v>
+        <v>45103597600021</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>59</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>60</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>61</v>
+        <v>18</v>
       </c>
       <c r="I13" s="3">
-        <v>42680169768</v>
+        <v>93131133713</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>48953429700085</v>
+        <v>47960778000042</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="D14" s="2"/>
+        <v>61</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>61</v>
+      </c>
       <c r="E14" s="2" t="s">
         <v>62</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>63</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="I14" s="3">
-        <v>42680169768</v>
+        <v>24370223537</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>21</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>75387607700037</v>
+        <v>48468982300033</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="D15" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>65</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>66</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I15" s="3">
-        <v>53351053635</v>
+        <v>41570246157</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M15" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>52757351300043</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>69</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I16" s="3">
         <v>26710200071</v>
@@ -1348,247 +1348,247 @@
       </c>
       <c r="K16" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>52942598500049</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>70</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>71</v>
       </c>
       <c r="E17" s="2" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I17" s="3">
         <v>53350892835</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>79874596400089</v>
+        <v>75387607700037</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="E18" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="D18" s="2"/>
-      <c r="E18" s="2" t="s">
+      <c r="F18" s="2" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>41</v>
+        <v>18</v>
       </c>
       <c r="I18" s="3">
-        <v>52490305349</v>
+        <v>53351053635</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>39945394300066</v>
+        <v>78056726900029</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>76</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="I19" s="3"/>
       <c r="J19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K19" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M19" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>37835655400030</v>
+        <v>79874596400089</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>78</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>79</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>80</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="I20" s="3">
-        <v>93840077184</v>
+        <v>52490305349</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>81398319400016</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>81</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>82</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>83</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I21" s="3">
         <v>53290892529</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>82189143900035</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>85</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>86</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>87</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>88</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I22" s="3">
         <v>76300398630</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>84069177800020</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2">
@@ -1622,86 +1622,84 @@
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>84184281800020</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>91</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>92</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>93</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>94</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>95</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I24" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I24" s="3"/>
       <c r="J24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
         <v>91474519500018</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>96</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
         <v>97</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>98</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I25" s="3">
         <v>84010255201</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>21</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
         <v>92066345700025</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
@@ -1766,31 +1764,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/11/2026 01:22:50</dc:description>
+  <dc:description>Export en date du 02/27/2026 04:15:28</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>