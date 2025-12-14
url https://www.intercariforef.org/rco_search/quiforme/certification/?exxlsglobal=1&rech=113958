--- v0 (2025-10-20)
+++ v1 (2025-12-14)
@@ -427,162 +427,162 @@
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE ST YRIEIX LA PERCHE</t>
   </si>
   <si>
     <t>CFPPA DE ST YRIEIX LA PERCHE</t>
   </si>
   <si>
     <t>28 ROUTE DE LA FAYE 87500 SAINT-YRIEIX-LA-PERCHE</t>
   </si>
   <si>
     <t>01/01/2002</t>
   </si>
   <si>
     <t>7487P001087</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES</t>
   </si>
   <si>
     <t>270 AV DU MAL DE LATTRE DE TASSIGNY 88500 MIRECOURT</t>
   </si>
   <si>
     <t>4188P000888</t>
   </si>
   <si>
+    <t>CENTRE DE FORMATION BEAUSEJOUR</t>
+  </si>
+  <si>
+    <t>1465 ROUTE DE BEAUSEJOUR. 33190 GIRONDE-SUR-DROPT</t>
+  </si>
+  <si>
+    <t>01/01/1985</t>
+  </si>
+  <si>
+    <t>ALTER EGO CONSEIL</t>
+  </si>
+  <si>
+    <t>21-23 21 RUE GABRIEL MASSIAS 33500 LIBOURNE</t>
+  </si>
+  <si>
+    <t>29/03/2019</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE MIXTE</t>
+  </si>
+  <si>
+    <t>2 PLACE SAINTE- QUITTERIE 40800 AIRE-SUR-L'ADOUR</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE DE BOURGOUGNAGUE-LAUZUN</t>
+  </si>
+  <si>
+    <t>LE JOLIBERT 47410 BOURGOUGNAGUE</t>
+  </si>
+  <si>
+    <t>01/01/1979</t>
+  </si>
+  <si>
+    <t>24/01/2025</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION  DE TRIAC-LAUTRAIT</t>
+  </si>
+  <si>
+    <t>16200 TRIAC-LAUTRAIT</t>
+  </si>
+  <si>
+    <t>26/05/1986</t>
+  </si>
+  <si>
+    <t>SEVREUROPE-MFR SEVREUROPE BRESSUIRE</t>
+  </si>
+  <si>
+    <t>22 RUE DE LA BARITAUDERIE 79300 BRESSUIRE</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE DU PERIGORDVERT</t>
+  </si>
+  <si>
+    <t>CHATEAU DE LA FILOLIE 24800 THIVIERS</t>
+  </si>
+  <si>
+    <t>ASS MAISONS FAMILIALES VIGNEULLES HATTON</t>
+  </si>
+  <si>
+    <t>CHATEAU DES 4 VENTS 55210 VIGNEULLES-LES-HATTONCHATEL</t>
+  </si>
+  <si>
+    <t>FEDE NAT SYNDIC EXPL AGRICOLE</t>
+  </si>
+  <si>
+    <t>11 RUE DE LA BAUME 75008 PARIS</t>
+  </si>
+  <si>
+    <t>25/04/1988</t>
+  </si>
+  <si>
+    <t>94.12Z</t>
+  </si>
+  <si>
+    <t>EI FORMATION</t>
+  </si>
+  <si>
+    <t>CHEMIN DU MAS FRAICHE 66350 TOULOUGES</t>
+  </si>
+  <si>
+    <t>01/04/2010</t>
+  </si>
+  <si>
+    <t>01/12/2023</t>
+  </si>
+  <si>
+    <t>LYCEE AGRICOLE PRIVE MEYNES - GARD</t>
+  </si>
+  <si>
+    <t>ROUTE DE BEZOUCE 30840 MEYNES</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE PERIGORD LIMOUSIN</t>
+  </si>
+  <si>
+    <t>10 RUE DE LA CROIX DES COMBES 87700 BEYNAC</t>
+  </si>
+  <si>
     <t>FEDERATION REGIONALE DES MAISONS FAMILIALES RURALES D'EDUCATION ET D'ORIENTATION DE NOUVELLE AQUITAINE</t>
   </si>
   <si>
     <t>IMMEUBLE SEQUOIA 27 RUE DE LA BLANCHERIE 33370 ARTIGUES-PRES-BORDEAUX</t>
   </si>
   <si>
     <t>06/12/2019</t>
   </si>
   <si>
     <t>94.99Z</t>
-  </si>
-[...100 lines deleted...]
-    <t>01/12/2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -2071,529 +2071,529 @@
       <c r="F29" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I29" s="3" t="s">
         <v>136</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>27</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>82477102600021</v>
+        <v>41479762100011</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>137</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
         <v>138</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>139</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>140</v>
+        <v>25</v>
       </c>
       <c r="I30" s="3">
-        <v>75331055633</v>
+        <v>72330001333</v>
       </c>
       <c r="J30" s="2" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="K30" s="2" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>41479762100011</v>
+        <v>45239747400043</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="F31" s="2" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I31" s="3">
-        <v>72330001333</v>
+        <v>72330645133</v>
       </c>
       <c r="J31" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
         <v>31138229500013</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="F32" s="2" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I32" s="3">
         <v>72400086640</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>27</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>31705055700014</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="F33" s="2" t="s">
         <v>148</v>
       </c>
-      <c r="F33" s="2" t="s">
+      <c r="G33" s="2" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="H33" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I33" s="3">
         <v>72470022147</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>33778074600018</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="F34" s="2" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I34" s="3">
         <v>54160068816</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>27</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>45239747400043</v>
+        <v>78141312500019</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>156</v>
+        <v>145</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="I35" s="3">
-        <v>72330645133</v>
+        <v>54790026479</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L35" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>77588413300015</v>
+        <v>78174099800013</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I36" s="3">
-        <v>91300250130</v>
+        <v>72240033624</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>77802871200017</v>
+        <v>78341511000015</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I37" s="3">
-        <v>74870037887</v>
+        <v>41550010455</v>
       </c>
       <c r="J37" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>27</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>78141312500019</v>
+        <v>78485493700033</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>162</v>
+        <v>160</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>146</v>
+        <v>161</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>32</v>
-[...3 lines deleted...]
-      </c>
+        <v>162</v>
+      </c>
+      <c r="I38" s="3"/>
       <c r="J38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>78174099800013</v>
+        <v>52171125900015</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>163</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
         <v>164</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>146</v>
-[...1 lines deleted...]
-      <c r="G39" s="2"/>
+        <v>165</v>
+      </c>
+      <c r="G39" s="2" t="s">
+        <v>166</v>
+      </c>
       <c r="H39" s="2" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="I39" s="3">
-        <v>72240033624</v>
+        <v>91660151266</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M39" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>78341511000015</v>
+        <v>77588413300015</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I40" s="3">
-        <v>41550010455</v>
+        <v>91300250130</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>78485493700033</v>
+        <v>77802871200017</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>169</v>
+        <v>145</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>170</v>
-[...1 lines deleted...]
-      <c r="I41" s="3"/>
+        <v>32</v>
+      </c>
+      <c r="I41" s="3">
+        <v>74870037887</v>
+      </c>
       <c r="J41" s="2" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M41" s="2" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>52171125900015</v>
+        <v>82477102600021</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>171</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
         <v>172</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="G42" s="2" t="s">
+      <c r="G42" s="2"/>
+      <c r="H42" s="2" t="s">
         <v>174</v>
       </c>
-      <c r="H42" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I42" s="3">
-        <v>91660151266</v>
+        <v>75331055633</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M42" s="2" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -2606,31 +2606,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/21/2025 01:05:43</dc:description>
+  <dc:description>Export en date du 12/14/2025 21:53:03</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>