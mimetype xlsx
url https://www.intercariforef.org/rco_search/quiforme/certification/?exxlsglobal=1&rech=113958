--- v1 (2025-12-14)
+++ v2 (2026-03-01)
@@ -427,150 +427,150 @@
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLE DE ST YRIEIX LA PERCHE</t>
   </si>
   <si>
     <t>CFPPA DE ST YRIEIX LA PERCHE</t>
   </si>
   <si>
     <t>28 ROUTE DE LA FAYE 87500 SAINT-YRIEIX-LA-PERCHE</t>
   </si>
   <si>
     <t>01/01/2002</t>
   </si>
   <si>
     <t>7487P001087</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC LOCAL D'ENSEIGNEMENT ET DE FORMATION PROFESSIONNELLE AGRICOLES</t>
   </si>
   <si>
     <t>270 AV DU MAL DE LATTRE DE TASSIGNY 88500 MIRECOURT</t>
   </si>
   <si>
     <t>4188P000888</t>
   </si>
   <si>
+    <t>MAISON FAMILIALE RURALE MIXTE</t>
+  </si>
+  <si>
+    <t>2 PLACE SAINTE- QUITTERIE 40800 AIRE-SUR-L'ADOUR</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE DE BOURGOUGNAGUE-LAUZUN</t>
+  </si>
+  <si>
+    <t>LE JOLIBERT 47410 BOURGOUGNAGUE</t>
+  </si>
+  <si>
+    <t>01/01/1979</t>
+  </si>
+  <si>
+    <t>24/01/2025</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE D'EDUCATION ET D'ORIENTATION  DE TRIAC-LAUTRAIT</t>
+  </si>
+  <si>
+    <t>16200 TRIAC-LAUTRAIT</t>
+  </si>
+  <si>
+    <t>26/05/1986</t>
+  </si>
+  <si>
     <t>CENTRE DE FORMATION BEAUSEJOUR</t>
   </si>
   <si>
     <t>1465 ROUTE DE BEAUSEJOUR. 33190 GIRONDE-SUR-DROPT</t>
   </si>
   <si>
     <t>01/01/1985</t>
   </si>
   <si>
     <t>ALTER EGO CONSEIL</t>
   </si>
   <si>
     <t>21-23 21 RUE GABRIEL MASSIAS 33500 LIBOURNE</t>
   </si>
   <si>
     <t>29/03/2019</t>
   </si>
   <si>
-    <t>MAISON FAMILIALE RURALE MIXTE</t>
-[...26 lines deleted...]
-    <t>26/05/1986</t>
+    <t>EI FORMATION</t>
+  </si>
+  <si>
+    <t>CHEMIN DU MAS FRAICHE 66350 TOULOUGES</t>
+  </si>
+  <si>
+    <t>01/04/2010</t>
+  </si>
+  <si>
+    <t>01/12/2023</t>
+  </si>
+  <si>
+    <t>LYCEE AGRICOLE PRIVE MEYNES - GARD</t>
+  </si>
+  <si>
+    <t>ROUTE DE BEZOUCE 30840 MEYNES</t>
+  </si>
+  <si>
+    <t>MAISON FAMILIALE RURALE PERIGORD LIMOUSIN</t>
+  </si>
+  <si>
+    <t>10 RUE DE LA CROIX DES COMBES 87700 BEYNAC</t>
   </si>
   <si>
     <t>SEVREUROPE-MFR SEVREUROPE BRESSUIRE</t>
   </si>
   <si>
     <t>22 RUE DE LA BARITAUDERIE 79300 BRESSUIRE</t>
   </si>
   <si>
     <t>MAISON FAMILIALE RURALE DU PERIGORDVERT</t>
   </si>
   <si>
     <t>CHATEAU DE LA FILOLIE 24800 THIVIERS</t>
   </si>
   <si>
     <t>ASS MAISONS FAMILIALES VIGNEULLES HATTON</t>
   </si>
   <si>
     <t>CHATEAU DES 4 VENTS 55210 VIGNEULLES-LES-HATTONCHATEL</t>
   </si>
   <si>
     <t>FEDE NAT SYNDIC EXPL AGRICOLE</t>
   </si>
   <si>
     <t>11 RUE DE LA BAUME 75008 PARIS</t>
   </si>
   <si>
     <t>25/04/1988</t>
   </si>
   <si>
     <t>94.12Z</t>
-  </si>
-[...22 lines deleted...]
-    <t>10 RUE DE LA CROIX DES COMBES 87700 BEYNAC</t>
   </si>
   <si>
     <t>FEDERATION REGIONALE DES MAISONS FAMILIALES RURALES D'EDUCATION ET D'ORIENTATION DE NOUVELLE AQUITAINE</t>
   </si>
   <si>
     <t>IMMEUBLE SEQUOIA 27 RUE DE LA BLANCHERIE 33370 ARTIGUES-PRES-BORDEAUX</t>
   </si>
   <si>
     <t>06/12/2019</t>
   </si>
   <si>
     <t>94.99Z</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -2071,492 +2071,488 @@
       <c r="F29" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I29" s="3" t="s">
         <v>136</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>27</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>27</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>41479762100011</v>
+        <v>31138229500013</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>137</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
         <v>138</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>139</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="I30" s="3">
-        <v>72330001333</v>
+        <v>72400086640</v>
       </c>
       <c r="J30" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>27</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>45239747400043</v>
+        <v>31705055700014</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>140</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
         <v>141</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>142</v>
       </c>
-      <c r="G31" s="2"/>
+      <c r="G31" s="2" t="s">
+        <v>143</v>
+      </c>
       <c r="H31" s="2" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="I31" s="3"/>
       <c r="J31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="M31" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>31138229500013</v>
+        <v>33778074600018</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I32" s="3">
-        <v>72400086640</v>
+        <v>54160068816</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>27</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>31705055700014</v>
+        <v>41479762100011</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>148</v>
-[...1 lines deleted...]
-      <c r="G33" s="2" t="s">
         <v>149</v>
       </c>
+      <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="I33" s="3">
-        <v>72470022147</v>
+        <v>72330001333</v>
       </c>
       <c r="J33" s="2" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="K33" s="2" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L33" s="2" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="M33" s="2" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>33778074600018</v>
+        <v>45239747400043</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>150</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>151</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>152</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="I34" s="3">
-        <v>54160068816</v>
+        <v>72330645133</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K34" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L34" s="2" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>78141312500019</v>
+        <v>52171125900015</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
         <v>153</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
         <v>154</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>145</v>
-[...1 lines deleted...]
-      <c r="G35" s="2"/>
+        <v>155</v>
+      </c>
+      <c r="G35" s="2" t="s">
+        <v>156</v>
+      </c>
       <c r="H35" s="2" t="s">
-        <v>32</v>
-[...3 lines deleted...]
-      </c>
+        <v>25</v>
+      </c>
+      <c r="I35" s="3"/>
       <c r="J35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K35" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M35" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>78174099800013</v>
+        <v>77588413300015</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I36" s="3">
-        <v>72240033624</v>
+        <v>91300250130</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K36" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>78341511000015</v>
+        <v>77802871200017</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I37" s="3">
-        <v>41550010455</v>
+        <v>74870037887</v>
       </c>
       <c r="J37" s="2" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>27</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>78485493700033</v>
+        <v>78141312500019</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>161</v>
+        <v>139</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>162</v>
-[...1 lines deleted...]
-      <c r="I38" s="3"/>
+        <v>32</v>
+      </c>
+      <c r="I38" s="3">
+        <v>54790026479</v>
+      </c>
       <c r="J38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K38" s="2" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M38" s="2" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>52171125900015</v>
+        <v>78174099800013</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>163</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
         <v>164</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>165</v>
-[...3 lines deleted...]
-      </c>
+        <v>139</v>
+      </c>
+      <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="I39" s="3">
-        <v>91660151266</v>
+        <v>72240033624</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M39" s="2" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>77588413300015</v>
+        <v>78341511000015</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I40" s="3">
-        <v>91300250130</v>
+        <v>41550010455</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>77802871200017</v>
+        <v>78485493700033</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>145</v>
+        <v>169</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>32</v>
-[...3 lines deleted...]
-      </c>
+        <v>170</v>
+      </c>
+      <c r="I41" s="3"/>
       <c r="J41" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="K41" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M41" s="2" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
         <v>82477102600021</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>171</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
         <v>172</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>173</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
         <v>174</v>
       </c>
       <c r="I42" s="3">
         <v>75331055633</v>
@@ -2606,31 +2602,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/14/2025 21:53:03</dc:description>
+  <dc:description>Export en date du 03/01/2026 01:11:18</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>