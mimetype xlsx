--- v0 (2025-10-21)
+++ v1 (2025-12-08)
@@ -112,99 +112,99 @@
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>CENTRE DE RESSOURCES D'EXPERTISE ET DE PERFORMANCE SPORTIVE</t>
   </si>
   <si>
     <t>5 AVENUE DE LA BABINIERE 44240 LA CHAPELLE-SUR-ERDRE</t>
   </si>
   <si>
     <t>01/09/2021</t>
   </si>
   <si>
     <t>CREPS D'ILE DE FRANCE</t>
   </si>
   <si>
     <t>139 AVENUE ROGER SALENGRO 92290 CHATENAY-MALABRY</t>
   </si>
   <si>
     <t>01/03/2024</t>
   </si>
   <si>
     <t>1192P000992</t>
   </si>
   <si>
+    <t>ASS JEUNES SPORTIFS REGION ILE DE FRANCE</t>
+  </si>
+  <si>
+    <t>4 B AV PRESIDENT J KENNEDY 78100 SAINT-GERMAIN-EN-LAYE</t>
+  </si>
+  <si>
+    <t>04/02/1997</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>FEDE FR JUDO JUJITSU KENDO DISC ASSOCIE</t>
+  </si>
+  <si>
+    <t>21-25 21 AVENUE DE LA PORTE DE CHATILLON 75014 PARIS</t>
+  </si>
+  <si>
+    <t>01/01/2001</t>
+  </si>
+  <si>
+    <t>93.12Z</t>
+  </si>
+  <si>
+    <t>LIGUE DE NORMANDIE DE JUDO JUJITSU KENDO ET DISCIPLINES ASSOCIEES</t>
+  </si>
+  <si>
+    <t>MAISON DEPARTEMENTALE DES SPORTS 5 RUE GUYON DE GUERCHEVILLE 14200 HEROUVILLE-SAINT-CLAIR</t>
+  </si>
+  <si>
+    <t>19/03/2024</t>
+  </si>
+  <si>
     <t>LIGUE DE BOURGOGNE-FRANCHE-COMTE DE JUDO JUJITSU KENDO ET DISCIPLINES ASSOCIEES</t>
   </si>
   <si>
     <t>MAISON REGIONALE DES SPORTS 3 AVENUE DES MONTBOUCONS 25000 BESANCON</t>
   </si>
   <si>
     <t>04/06/2016</t>
   </si>
   <si>
-    <t>93.12Z</t>
-[...1 lines deleted...]
-  <si>
     <t>LIGUE DES HAUTS DE FRANCE DE JUDO JUJITSU KENDO ET DISCIPLINES ASSOCIEES</t>
   </si>
   <si>
     <t>2 RUE LESCOUVE 80000 AMIENS</t>
   </si>
   <si>
     <t>18/05/2019</t>
-  </si>
-[...28 lines deleted...]
-    <t>01/01/2001</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -755,228 +755,228 @@
       <c r="F5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I5" s="3" t="s">
         <v>31</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>82124122100018</v>
+        <v>39840928400021</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I6" s="3">
-        <v>27250300025</v>
+        <v>11780454378</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>82176989000038</v>
+        <v>78457379200024</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="I7" s="3">
-        <v>32620295762</v>
+        <v>11754209875</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>31338830800030</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="I8" s="3">
         <v>25140233614</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>39840928400021</v>
+        <v>82124122100018</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="I9" s="3">
-        <v>11780454378</v>
+        <v>27250300025</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>78457379200024</v>
+        <v>82176989000038</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="I10" s="3">
-        <v>11754209875</v>
+        <v>32620295762</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
@@ -992,31 +992,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/21/2025 14:25:16</dc:description>
+  <dc:description>Export en date du 12/08/2025 07:08:06</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>