--- v1 (2025-12-08)
+++ v2 (2026-02-23)
@@ -124,69 +124,69 @@
   <si>
     <t>CREPS D'ILE DE FRANCE</t>
   </si>
   <si>
     <t>139 AVENUE ROGER SALENGRO 92290 CHATENAY-MALABRY</t>
   </si>
   <si>
     <t>01/03/2024</t>
   </si>
   <si>
     <t>1192P000992</t>
   </si>
   <si>
     <t>ASS JEUNES SPORTIFS REGION ILE DE FRANCE</t>
   </si>
   <si>
     <t>4 B AV PRESIDENT J KENNEDY 78100 SAINT-GERMAIN-EN-LAYE</t>
   </si>
   <si>
     <t>04/02/1997</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
+    <t>LIGUE DE NORMANDIE DE JUDO JUJITSU KENDO ET DISCIPLINES ASSOCIEES</t>
+  </si>
+  <si>
+    <t>MAISON DEPARTEMENTALE DES SPORTS 5 RUE GUYON DE GUERCHEVILLE 14200 HEROUVILLE-SAINT-CLAIR</t>
+  </si>
+  <si>
+    <t>19/03/2024</t>
+  </si>
+  <si>
+    <t>93.12Z</t>
+  </si>
+  <si>
     <t>FEDE FR JUDO JUJITSU KENDO DISC ASSOCIE</t>
   </si>
   <si>
     <t>21-25 21 AVENUE DE LA PORTE DE CHATILLON 75014 PARIS</t>
   </si>
   <si>
     <t>01/01/2001</t>
-  </si>
-[...10 lines deleted...]
-    <t>19/03/2024</t>
   </si>
   <si>
     <t>LIGUE DE BOURGOGNE-FRANCHE-COMTE DE JUDO JUJITSU KENDO ET DISCIPLINES ASSOCIEES</t>
   </si>
   <si>
     <t>MAISON REGIONALE DES SPORTS 3 AVENUE DES MONTBOUCONS 25000 BESANCON</t>
   </si>
   <si>
     <t>04/06/2016</t>
   </si>
   <si>
     <t>LIGUE DES HAUTS DE FRANCE DE JUDO JUJITSU KENDO ET DISCIPLINES ASSOCIEES</t>
   </si>
   <si>
     <t>2 RUE LESCOUVE 80000 AMIENS</t>
   </si>
   <si>
     <t>18/05/2019</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -792,117 +792,117 @@
       <c r="F6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="I6" s="3">
         <v>11780454378</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>78457379200024</v>
+        <v>31338830800030</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I7" s="3">
-        <v>11754209875</v>
+        <v>25140233614</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>31338830800030</v>
+        <v>78457379200024</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I8" s="3">
-        <v>25140233614</v>
+        <v>11754209875</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>82124122100018</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>39</v>
@@ -992,31 +992,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/08/2025 07:08:06</dc:description>
+  <dc:description>Export en date du 02/23/2026 05:09:52</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>