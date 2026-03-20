--- v0 (2025-11-03)
+++ v1 (2026-03-20)
@@ -118,111 +118,111 @@
   <si>
     <t>5 AVENUE DE LA BABINIERE 44240 LA CHAPELLE-SUR-ERDRE</t>
   </si>
   <si>
     <t>01/09/2021</t>
   </si>
   <si>
     <t>CREPS D'ILE DE FRANCE</t>
   </si>
   <si>
     <t>139 AVENUE ROGER SALENGRO 92290 CHATENAY-MALABRY</t>
   </si>
   <si>
     <t>01/03/2024</t>
   </si>
   <si>
     <t>1192P000992</t>
   </si>
   <si>
     <t>ROUTE PHILIBERT TSIRANANA 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>20/05/1985</t>
   </si>
   <si>
+    <t>LIGUE DE NORMANDIE DE JUDO JUJITSU KENDO ET DISCIPLINES ASSOCIEES</t>
+  </si>
+  <si>
+    <t>MAISON DEPARTEMENTALE DES SPORTS 5 RUE GUYON DE GUERCHEVILLE 14200 HEROUVILLE-SAINT-CLAIR</t>
+  </si>
+  <si>
+    <t>19/03/2024</t>
+  </si>
+  <si>
+    <t>93.12Z</t>
+  </si>
+  <si>
+    <t>LIGUE DE BRETAGNE DE JUDO</t>
+  </si>
+  <si>
+    <t>1 ALLEE PIERRE DE COUBERTIN 35200 RENNES</t>
+  </si>
+  <si>
+    <t>01/09/1986</t>
+  </si>
+  <si>
     <t>ASS JEUNES SPORTIFS REGION ILE DE FRANCE</t>
   </si>
   <si>
     <t>4 B AV PRESIDENT J KENNEDY 78100 SAINT-GERMAIN-EN-LAYE</t>
   </si>
   <si>
     <t>04/02/1997</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
+    <t>ASS REG FORMATION METIER SPORT TOURISME</t>
+  </si>
+  <si>
+    <t>TOUR MEDITERRANEE 65 AVENUE JULES CANTINI 13006 MARSEILLE</t>
+  </si>
+  <si>
+    <t>18/11/2024</t>
+  </si>
+  <si>
+    <t>85.32Z</t>
+  </si>
+  <si>
     <t>LIGUE D ILE DE FRANCE DE JUDO JUJITSU KENDO ET DISCIPLINES ASSOCIES</t>
   </si>
   <si>
     <t>21 A 25 21 AVENUE DE LA PORTE DE CHATILLON 75014 PARIS</t>
   </si>
   <si>
     <t>01/07/2002</t>
   </si>
   <si>
-    <t>93.12Z</t>
-[...13 lines deleted...]
-  <si>
     <t>FEDE FR JUDO JUJITSU KENDO DISC ASSOCIE</t>
   </si>
   <si>
     <t>21-25 21 AVENUE DE LA PORTE DE CHATILLON 75014 PARIS</t>
   </si>
   <si>
     <t>01/01/2001</t>
-  </si>
-[...16 lines deleted...]
-    <t>01/09/1986</t>
   </si>
   <si>
     <t>S-TEAM FORMATIONS</t>
   </si>
   <si>
     <t>BARRES 82100 CASTELSARRASIN</t>
   </si>
   <si>
     <t>22/02/2016</t>
   </si>
   <si>
     <t>LIGUE DE BOURGOGNE-FRANCHE-COMTE DE JUDO JUJITSU KENDO ET DISCIPLINES ASSOCIEES</t>
   </si>
   <si>
     <t>MAISON REGIONALE DES SPORTS 3 AVENUE DES MONTBOUCONS 25000 BESANCON</t>
   </si>
   <si>
     <t>04/06/2016</t>
   </si>
   <si>
     <t>LIGUE GRAND EST DE JUDO JUJITSU KENDO ET DISCIPLINES ASSOCIEES</t>
   </si>
   <si>
     <t>13 RUE JEAN MOULIN 54510 TOMBLAINE</t>
   </si>
@@ -864,475 +864,475 @@
       <c r="F6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I6" s="3">
         <v>98970026197</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>39840928400021</v>
+        <v>31338830800030</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="I7" s="3">
-        <v>11780454378</v>
+        <v>25140233614</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L7" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>43935740100025</v>
+        <v>32319836600029</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="I8" s="3">
-        <v>11753569175</v>
+        <v>53350644135</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>41430913800058</v>
+        <v>39840928400021</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="I9" s="3">
-        <v>93130786613</v>
+        <v>11780454378</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>78457379200024</v>
+        <v>41430913800058</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="F10" s="2" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="I10" s="3">
-        <v>11754209875</v>
+        <v>93130786613</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>31338830800030</v>
+        <v>43935740100025</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>50</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="I11" s="3">
-        <v>25140233614</v>
+        <v>11753569175</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>32319836600029</v>
+        <v>78457379200024</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>52</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>53</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>54</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="I12" s="3">
-        <v>53350644135</v>
+        <v>11754209875</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K12" s="2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>81914381900012</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>56</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="I13" s="3">
         <v>76820075582</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>24</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>82124122100018</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>59</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>60</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="I14" s="3">
         <v>27250300025</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>82156357400010</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>61</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>62</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>63</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="I15" s="3">
         <v>44540354054</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>82176989000038</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>64</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>65</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>66</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="I16" s="3">
         <v>32620295762</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>82218422200013</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>69</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="I17" s="3">
         <v>76310860831</v>
       </c>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>82225564200016</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>70</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>71</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>72</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="I18" s="3">
         <v>84691480969</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -1360,31 +1360,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/03/2025 17:54:30</dc:description>
+  <dc:description>Export en date du 03/20/2026 11:02:14</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>