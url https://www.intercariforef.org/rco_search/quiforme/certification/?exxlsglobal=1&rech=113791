--- v0 (2025-11-24)
+++ v1 (2026-01-25)
@@ -268,50 +268,74 @@
   <si>
     <t>PL CHAPEAU DE GENDARME 49000 ANGERS</t>
   </si>
   <si>
     <t>27 RUE DE MONDEMENT 49300 CHOLET</t>
   </si>
   <si>
     <t>52-54 52 BOULEVARD VILLEBOIS-MAREUIL 35000 RENNES</t>
   </si>
   <si>
     <t>27/04/2020</t>
   </si>
   <si>
     <t>2 RUE AUGUSTE KERVERN 29200 BREST</t>
   </si>
   <si>
     <t>29/07/2021</t>
   </si>
   <si>
     <t>52 RUE JEAN LECANUET 76000 ROUEN</t>
   </si>
   <si>
     <t>01/09/2021</t>
   </si>
   <si>
+    <t>SILVYA TERRADE PARIS CHAMPS ELYSEES</t>
+  </si>
+  <si>
+    <t>6 RUE PAUL BAUDRY 75008 PARIS</t>
+  </si>
+  <si>
+    <t>15/09/2012</t>
+  </si>
+  <si>
+    <t>9 RUE VOLNEY 75002 PARIS</t>
+  </si>
+  <si>
+    <t>44 RUE LA QUINTINIE 75015 PARIS</t>
+  </si>
+  <si>
+    <t>824 AVENUE DU LYS 77190 DAMMARIE-LES-LYS</t>
+  </si>
+  <si>
+    <t>28 RUE DE TREVISE 75009 PARIS</t>
+  </si>
+  <si>
+    <t>02/09/2021</t>
+  </si>
+  <si>
     <t>SILVYA TERRADE SUD-EST</t>
   </si>
   <si>
     <t>INTERNATIONAL SILVYA TERRADE</t>
   </si>
   <si>
     <t>73 RUE LOUIS BLANC 69006 LYON</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>PLACE DE LA GARE 69400 VILLEFRANCHE-SUR-SAONE</t>
   </si>
   <si>
     <t>01/01/2015</t>
   </si>
   <si>
     <t>225 RUE GEORGES TROUILLOT 39000 LONS-LE-SAUNIER</t>
   </si>
   <si>
     <t>28/06/2016</t>
   </si>
   <si>
     <t>7 PLACE DU CHATELET 71100 CHALON-SUR-SAONE</t>
@@ -329,74 +353,50 @@
     <t>19/07/2018</t>
   </si>
   <si>
     <t>22 COURS JEAN JAURES 38000 GRENOBLE</t>
   </si>
   <si>
     <t>64 RUE SENEQUE 13300 SALON-DE-PROVENCE</t>
   </si>
   <si>
     <t>16/11/2020</t>
   </si>
   <si>
     <t>171 RUE DE ROME 13006 MARSEILLE</t>
   </si>
   <si>
     <t>ZONE ARTISANALE AGAVON 13 RUE EMILE ZOLA LE REPOS 13170 LES PENNES MIRABEAU</t>
   </si>
   <si>
     <t>185-187 185 RUE LEON BLUM 69100 VILLEURBANNE</t>
   </si>
   <si>
     <t>09/09/2024</t>
   </si>
   <si>
     <t>29 RUE MIRABEAU 83000 TOULON</t>
-  </si>
-[...22 lines deleted...]
-    <t>02/09/2021</t>
   </si>
   <si>
     <t>GROUPE SILVYA TERRADE</t>
   </si>
   <si>
     <t>3 SQUARE DE L'OPERA-LOUIS JOUVET 75009 PARIS</t>
   </si>
   <si>
     <t>06/01/2022</t>
   </si>
   <si>
     <t>12/09/2024</t>
   </si>
   <si>
     <t>64.20Z</t>
   </si>
   <si>
     <t>19 RUE DE LA PAIX 75002 PARIS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -2270,667 +2270,667 @@
       <c r="F40" s="2" t="s">
         <v>83</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I40" s="3">
         <v>52440559344</v>
       </c>
       <c r="J40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>52407208900021</v>
+        <v>52265980400028</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="D41" s="2" t="s">
+      <c r="D41" s="2"/>
+      <c r="E41" s="2" t="s">
         <v>85</v>
       </c>
-      <c r="E41" s="2" t="s">
+      <c r="F41" s="2" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="I41" s="3">
-        <v>82691145769</v>
+        <v>11754565375</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>52407208900039</v>
+        <v>52265980400036</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>84</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>89</v>
+        <v>54</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="I42" s="3">
-        <v>82691145769</v>
+        <v>11754565375</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
-        <v>52407208900054</v>
+        <v>52265980400044</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>84</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>91</v>
+        <v>56</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="I43" s="3">
-        <v>82691145769</v>
+        <v>11754565375</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
-        <v>52407208900062</v>
+        <v>52265980400051</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>84</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>91</v>
+        <v>56</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>93</v>
+        <v>17</v>
       </c>
       <c r="I44" s="3">
-        <v>82691145769</v>
+        <v>11754565375</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
-        <v>52407208900070</v>
+        <v>52265980400069</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>84</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>91</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="I45" s="3">
-        <v>82691145769</v>
+        <v>11754565375</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
-        <v>52407208900088</v>
+        <v>52407208900021</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="D46" s="2"/>
+        <v>92</v>
+      </c>
+      <c r="D46" s="2" t="s">
+        <v>93</v>
+      </c>
       <c r="E46" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="F46" s="2" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I46" s="3">
         <v>82691145769</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
-        <v>52407208900096</v>
+        <v>52407208900039</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>84</v>
+        <v>92</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="F47" s="2" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="I47" s="3">
         <v>82691145769</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>52407208900104</v>
+        <v>52407208900054</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>84</v>
+        <v>92</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
         <v>98</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>99</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I48" s="3">
         <v>82691145769</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>52407208900112</v>
+        <v>52407208900062</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>84</v>
+        <v>92</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
         <v>100</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>99</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>22</v>
+        <v>101</v>
       </c>
       <c r="I49" s="3">
         <v>82691145769</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>52407208900120</v>
+        <v>52407208900070</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>84</v>
+        <v>92</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>99</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="I50" s="3">
         <v>82691145769</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>52407208900146</v>
+        <v>52407208900088</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>84</v>
+        <v>92</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      </c>
+        <v>104</v>
+      </c>
+      <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I51" s="3">
         <v>82691145769</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M51" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>52407208900153</v>
+        <v>52407208900096</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>84</v>
+        <v>92</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>83</v>
+        <v>32</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>22</v>
       </c>
       <c r="I52" s="3">
         <v>82691145769</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>52265980400028</v>
+        <v>52407208900104</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
         <v>106</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>107</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I53" s="3">
-        <v>11754565375</v>
+        <v>82691145769</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>52265980400036</v>
+        <v>52407208900112</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
         <v>108</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>54</v>
+        <v>107</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I54" s="3">
-        <v>11754565375</v>
+        <v>82691145769</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>52265980400044</v>
+        <v>52407208900120</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
         <v>109</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>56</v>
+        <v>107</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I55" s="3">
-        <v>11754565375</v>
+        <v>82691145769</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>52265980400051</v>
+        <v>52407208900146</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
         <v>110</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="G56" s="2"/>
+      <c r="G56" s="2" t="s">
+        <v>111</v>
+      </c>
       <c r="H56" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I56" s="3">
-        <v>11754565375</v>
+        <v>82691145769</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>52265980400069</v>
+        <v>52407208900153</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>105</v>
+        <v>92</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>112</v>
+        <v>83</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="I57" s="3">
-        <v>11754565375</v>
+        <v>82691145769</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
         <v>81891636300075</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>113</v>
       </c>
       <c r="D58" s="2"/>
@@ -3027,31 +3027,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/24/2025 23:41:31</dc:description>
+  <dc:description>Export en date du 01/25/2026 20:48:40</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>