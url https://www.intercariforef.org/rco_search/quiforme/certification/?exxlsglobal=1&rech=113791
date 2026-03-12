--- v1 (2026-01-25)
+++ v2 (2026-03-12)
@@ -988,53 +988,51 @@
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>35180218600087</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>29</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I6" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>35180218600095</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
@@ -1434,53 +1432,51 @@
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>43879833200096</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>48</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>30</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="I18" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I18" s="3"/>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>43879833200104</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
@@ -1621,92 +1617,88 @@
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>43879833200161</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>55</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G23" s="2" t="s">
         <v>30</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I23" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I23" s="3"/>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>43879833200179</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>57</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>30</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="I24" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I24" s="3"/>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
         <v>43879833200187</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
@@ -2848,53 +2840,51 @@
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
         <v>52407208900146</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>92</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
         <v>110</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G56" s="2" t="s">
         <v>111</v>
       </c>
       <c r="H56" s="2" t="s">
         <v>22</v>
       </c>
-      <c r="I56" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I56" s="3"/>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
         <v>52407208900153</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>92</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
@@ -3027,31 +3017,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/25/2026 20:48:40</dc:description>
+  <dc:description>Export en date du 03/12/2026 16:28:39</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>