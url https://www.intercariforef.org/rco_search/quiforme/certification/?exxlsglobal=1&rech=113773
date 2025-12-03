--- v0 (2025-10-14)
+++ v1 (2025-12-03)
@@ -1596,31 +1596,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/14/2025 16:57:50</dc:description>
+  <dc:description>Export en date du 12/03/2025 18:35:13</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>