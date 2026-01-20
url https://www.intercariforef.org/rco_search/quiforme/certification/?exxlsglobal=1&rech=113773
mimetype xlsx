--- v1 (2025-12-03)
+++ v2 (2026-01-20)
@@ -1596,31 +1596,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/03/2025 18:35:13</dc:description>
+  <dc:description>Export en date du 01/20/2026 11:52:19</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>