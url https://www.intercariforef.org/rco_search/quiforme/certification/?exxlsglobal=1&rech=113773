--- v2 (2026-01-20)
+++ v3 (2026-03-07)
@@ -1025,92 +1025,88 @@
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>75253547600275</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>37</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>40</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I10" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I10" s="3"/>
       <c r="J10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
         <v>75253547600283</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I11" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I11" s="3"/>
       <c r="J11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
         <v>75253547600309</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
@@ -1140,53 +1136,51 @@
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>75253547600317</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I13" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I13" s="3"/>
       <c r="J13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>75253547600325</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
@@ -1372,53 +1366,51 @@
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>75253547600416</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>61</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>62</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>63</v>
       </c>
       <c r="G19" s="2" t="s">
         <v>64</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I19" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I19" s="3"/>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>75253547600424</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>65</v>
@@ -1489,53 +1481,51 @@
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>90077772300025</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>72</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>73</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>74</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I22" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I22" s="3"/>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>98346854700010</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>75</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
@@ -1596,31 +1586,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/20/2026 11:52:19</dc:description>
+  <dc:description>Export en date du 03/07/2026 13:50:14</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>