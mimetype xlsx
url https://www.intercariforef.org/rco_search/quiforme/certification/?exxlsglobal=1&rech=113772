--- v0 (2025-11-24)
+++ v1 (2026-01-17)
@@ -97,78 +97,78 @@
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE DES SERVICES AU ENTREPRISES</t>
   </si>
   <si>
     <t>4 RUE DES MOUETTES 14000 CAEN</t>
   </si>
   <si>
     <t>01/08/2018</t>
   </si>
   <si>
     <t>E2SE</t>
   </si>
   <si>
     <t>CENTRE RESSOURCES AROBASE</t>
   </si>
   <si>
     <t>IMM. LE TRIDENT - BAT.D 34 AVENUE DE L'EUROPE 38100 GRENOBLE</t>
   </si>
   <si>
     <t>01/12/2013</t>
   </si>
   <si>
+    <t>ASS.OGEC CHARLES DE FOUCAULD</t>
+  </si>
+  <si>
+    <t>1 RUE JEANNOT 54000 NANCY</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.31Z</t>
+  </si>
+  <si>
+    <t>ASSOCIATION DE GESTION DE L'ECOLE SUPERIEURE DES SERVICES</t>
+  </si>
+  <si>
+    <t>04/07/2018</t>
+  </si>
+  <si>
     <t>FORMASUP HAUTS DE FRANCE</t>
   </si>
   <si>
     <t>PARC DES MOULINS 7 B AV DE LA CREATIVITE 59491 VILLENEUVE D ASCQ</t>
   </si>
   <si>
     <t>01/10/2006</t>
   </si>
   <si>
     <t>85.42Z</t>
-  </si>
-[...16 lines deleted...]
-    <t>04/07/2018</t>
   </si>
   <si>
     <t>JUNIA XP</t>
   </si>
   <si>
     <t>2 RUE NORBERT SEGARD 59800 LILLE</t>
   </si>
   <si>
     <t>18/09/2020</t>
   </si>
   <si>
     <t>ASSOCIATION AROBASE FORMATIONS PROVENCE</t>
   </si>
   <si>
     <t>1ER ETAGE BAT B CENTRE D AFFAIRES G 1110 CHEMIN DES PLANTADES 83130 LA GARDE</t>
   </si>
   <si>
     <t>19/07/2023</t>
   </si>
   <si>
     <t>AROBASE INGENIERIE</t>
   </si>
   <si>
     <t>14 RUE TURGOT 38100 GRENOBLE</t>
   </si>
@@ -749,157 +749,157 @@
         <v>25</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="3"/>
       <c r="J5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>42813525500050</v>
+        <v>78334256100017</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>28</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I6" s="3">
-        <v>32590996759</v>
+        <v>41540129554</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>78334256100017</v>
+        <v>80760437600028</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F7" s="2" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="I7" s="3">
-        <v>41540129554</v>
+        <v>28140329014</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>80760437600028</v>
+        <v>42813525500050</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
       <c r="I8" s="3">
-        <v>28140329014</v>
+        <v>32590996759</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>89085431800015</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="3">
         <v>32591062259</v>
@@ -1023,31 +1023,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/24/2025 22:46:08</dc:description>
+  <dc:description>Export en date du 01/17/2026 03:28:24</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>