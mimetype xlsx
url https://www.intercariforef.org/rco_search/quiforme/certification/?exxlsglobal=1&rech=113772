--- v1 (2026-01-17)
+++ v2 (2026-03-09)
@@ -97,78 +97,78 @@
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE DES SERVICES AU ENTREPRISES</t>
   </si>
   <si>
     <t>4 RUE DES MOUETTES 14000 CAEN</t>
   </si>
   <si>
     <t>01/08/2018</t>
   </si>
   <si>
     <t>E2SE</t>
   </si>
   <si>
     <t>CENTRE RESSOURCES AROBASE</t>
   </si>
   <si>
     <t>IMM. LE TRIDENT - BAT.D 34 AVENUE DE L'EUROPE 38100 GRENOBLE</t>
   </si>
   <si>
     <t>01/12/2013</t>
   </si>
   <si>
+    <t>FORMASUP HAUTS DE FRANCE</t>
+  </si>
+  <si>
+    <t>PARC DES MOULINS 7 B AV DE LA CREATIVITE 59491 VILLENEUVE D ASCQ</t>
+  </si>
+  <si>
+    <t>01/10/2006</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
     <t>ASS.OGEC CHARLES DE FOUCAULD</t>
   </si>
   <si>
     <t>1 RUE JEANNOT 54000 NANCY</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
   <si>
     <t>ASSOCIATION DE GESTION DE L'ECOLE SUPERIEURE DES SERVICES</t>
   </si>
   <si>
     <t>04/07/2018</t>
-  </si>
-[...10 lines deleted...]
-    <t>85.42Z</t>
   </si>
   <si>
     <t>JUNIA XP</t>
   </si>
   <si>
     <t>2 RUE NORBERT SEGARD 59800 LILLE</t>
   </si>
   <si>
     <t>18/09/2020</t>
   </si>
   <si>
     <t>ASSOCIATION AROBASE FORMATIONS PROVENCE</t>
   </si>
   <si>
     <t>1ER ETAGE BAT B CENTRE D AFFAIRES G 1110 CHEMIN DES PLANTADES 83130 LA GARDE</t>
   </si>
   <si>
     <t>19/07/2023</t>
   </si>
   <si>
     <t>AROBASE INGENIERIE</t>
   </si>
   <si>
     <t>14 RUE TURGOT 38100 GRENOBLE</t>
   </si>
@@ -749,157 +749,157 @@
         <v>25</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I5" s="3"/>
       <c r="J5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>78334256100017</v>
+        <v>42813525500050</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>28</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I6" s="3">
-        <v>41540129554</v>
+        <v>32590996759</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>80760437600028</v>
+        <v>78334256100017</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="I7" s="3">
-        <v>28140329014</v>
+        <v>41540129554</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>42813525500050</v>
+        <v>80760437600028</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="I8" s="3">
-        <v>32590996759</v>
+        <v>28140329014</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>89085431800015</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I9" s="3">
         <v>32591062259</v>
@@ -1023,31 +1023,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/17/2026 03:28:24</dc:description>
+  <dc:description>Export en date du 03/09/2026 23:33:54</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>