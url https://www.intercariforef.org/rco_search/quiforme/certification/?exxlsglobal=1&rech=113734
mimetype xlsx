--- v0 (2025-10-25)
+++ v1 (2025-12-15)
@@ -109,432 +109,432 @@
   <si>
     <t xml:space="preserve">QUEYROI ESTHER   </t>
   </si>
   <si>
     <t>30 RUE JEAN-BAPTISTE CHARCOT 33370 ARTIGUES-PRES-BORDEAUX</t>
   </si>
   <si>
     <t>16/10/2010</t>
   </si>
   <si>
     <t>62.01Z</t>
   </si>
   <si>
     <t>COMPETENCES&amp;VOUS</t>
   </si>
   <si>
     <t>600 ROUTE DE CROPETTET 01570 MANZIAT</t>
   </si>
   <si>
     <t>01/01/2021</t>
   </si>
   <si>
     <t>85.60Z</t>
   </si>
   <si>
+    <t>AZERTAF</t>
+  </si>
+  <si>
+    <t>BATIMENT PEPS 2 RUE KONRAD ADENAUER 60000 BEAUVAIS</t>
+  </si>
+  <si>
+    <t>20/06/2011</t>
+  </si>
+  <si>
+    <t>47.41Z</t>
+  </si>
+  <si>
+    <t xml:space="preserve">TOUIL CLEMENT   </t>
+  </si>
+  <si>
+    <t>69 RUE DES DAMES 75017 PARIS</t>
+  </si>
+  <si>
+    <t>05/04/2018</t>
+  </si>
+  <si>
+    <t>85.59A</t>
+  </si>
+  <si>
+    <t>DOMIRIS FORMATION</t>
+  </si>
+  <si>
+    <t>ESPACE POLYGONE 363 BOULEVARD MARIUS BERLIET 66000 PERPIGNAN</t>
+  </si>
+  <si>
+    <t>01/02/2013</t>
+  </si>
+  <si>
+    <t>FORTISSIMO FORMATION</t>
+  </si>
+  <si>
+    <t>3 AVENUE DU COMMANDANT L'HERMINIER 44600 SAINT-NAZAIRE</t>
+  </si>
+  <si>
+    <t>21/05/2013</t>
+  </si>
+  <si>
+    <t>85.20Z</t>
+  </si>
+  <si>
+    <t>GROUPE FRANCEFORMA</t>
+  </si>
+  <si>
+    <t>91 RUE DU FAUBOURG SAINT-DENIS 75010 PARIS</t>
+  </si>
+  <si>
+    <t>01/11/2014</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SCOUBART MELANIE   </t>
+  </si>
+  <si>
+    <t>EIRL MELANIE SCOUBART - MWEB FORMATION</t>
+  </si>
+  <si>
+    <t>MAROUE 2 RUE JEAN JAURES 22400 LAMBALLE-ARMOR</t>
+  </si>
+  <si>
+    <t>07/07/2022</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
     <t>CREACTIFS</t>
   </si>
   <si>
     <t>32 RUE DE MOGADOR 75009 PARIS</t>
   </si>
   <si>
     <t>01/08/2022</t>
   </si>
   <si>
-    <t>85.59A</t>
-[...10 lines deleted...]
-  <si>
     <t>WEFORMAT</t>
   </si>
   <si>
     <t>24 RUE GARNIER PAGES 94100 SAINT-MAUR-DES-FOSSES</t>
   </si>
   <si>
     <t>02/01/2014</t>
   </si>
   <si>
-    <t xml:space="preserve">TOUIL CLEMENT   </t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">MORY EVE   </t>
   </si>
   <si>
     <t>EVE IN COM</t>
   </si>
   <si>
     <t>RESIDENCE NOVELA C14 200 RUE PIERRE BOUYERON 34070 MONTPELLIER</t>
   </si>
   <si>
     <t>04/05/2020</t>
   </si>
   <si>
     <t>NEXT FORMA</t>
   </si>
   <si>
     <t>77 RUE DU ROCHER 75008 PARIS</t>
   </si>
   <si>
     <t>10/11/2022</t>
   </si>
   <si>
-    <t xml:space="preserve">SCOUBART MELANIE   </t>
-[...44 lines deleted...]
-    <t>47.41Z</t>
+    <t>BP2M</t>
+  </si>
+  <si>
+    <t>4 RUE DE L'EGLISE 57230 BOUSSEVILLER</t>
+  </si>
+  <si>
+    <t>01/10/2016</t>
+  </si>
+  <si>
+    <t>24/11/2023</t>
+  </si>
+  <si>
+    <t>LD LE PEU 56420 PLUMELEC</t>
+  </si>
+  <si>
+    <t>DOBAM</t>
+  </si>
+  <si>
+    <t>6 PLACE DU PRESIDENT THOMAS WOODROW WILSON 31000 TOULOUSE</t>
+  </si>
+  <si>
+    <t>04/12/2023</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
+    <t>AGENCE NATIONALE DU DIGITAL</t>
+  </si>
+  <si>
+    <t>9-11 9 AVENUE MICHELET 93400 SAINT-OUEN-SUR-SEINE</t>
+  </si>
+  <si>
+    <t>25/03/2021</t>
+  </si>
+  <si>
+    <t>MARMIGNON BROTHERS</t>
+  </si>
+  <si>
+    <t>5 RUE DU PONT DES MOINES 59145 BERLAIMONT</t>
+  </si>
+  <si>
+    <t>21/05/2017</t>
+  </si>
+  <si>
+    <t>59.11A</t>
+  </si>
+  <si>
+    <t>BOOST CONSULTING</t>
+  </si>
+  <si>
+    <t>66 AVENUE DES CHAMPS ELYSEES 75008 PARIS</t>
+  </si>
+  <si>
+    <t>01/09/2017</t>
+  </si>
+  <si>
+    <t>CENTRE DE FORMATION FRANCE</t>
+  </si>
+  <si>
+    <t>BUREAU 3 34 PLACE DU GENERAL DE GAULLE 59800 LILLE</t>
+  </si>
+  <si>
+    <t>12/02/2025</t>
+  </si>
+  <si>
+    <t>SCHOOL ONLINE UNIVERSITY</t>
+  </si>
+  <si>
+    <t>14 RUE DIEU 75010 PARIS</t>
+  </si>
+  <si>
+    <t>28/08/2017</t>
+  </si>
+  <si>
+    <t>BETTERFLY</t>
+  </si>
+  <si>
+    <t>20 RUE DE LA CARDAMOME 97419 LA POSSESSION</t>
+  </si>
+  <si>
+    <t>01/01/2018</t>
+  </si>
+  <si>
+    <t>04973197397</t>
+  </si>
+  <si>
+    <t>LVGL PARIS</t>
+  </si>
+  <si>
+    <t>132 RUE VERON 94140 ALFORTVILLE</t>
+  </si>
+  <si>
+    <t>30/12/2024</t>
+  </si>
+  <si>
+    <t>47.74Z</t>
+  </si>
+  <si>
+    <t>YOURNAILS INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>8 PLACE DE LA GARE 57410 ROHRBACH-LES-BITCHE</t>
+  </si>
+  <si>
+    <t>01/10/2018</t>
+  </si>
+  <si>
+    <t>47.75Z</t>
+  </si>
+  <si>
+    <t>EDUCADEMY</t>
+  </si>
+  <si>
+    <t>1 RUE DE STOCKHOLM 75008 PARIS</t>
+  </si>
+  <si>
+    <t>29/03/2019</t>
+  </si>
+  <si>
+    <t>LA MAISON DIGITALE</t>
+  </si>
+  <si>
+    <t>LOT 3 LA MURE 516 CHEMIN DU SAUVET 83270 SAINT-CYR-SUR-MER</t>
+  </si>
+  <si>
+    <t>16/10/2020</t>
+  </si>
+  <si>
+    <t>23/09/2025</t>
+  </si>
+  <si>
+    <t>AGENCE LICORNE</t>
+  </si>
+  <si>
+    <t>RESIDENCES DU GRAND RODEZ 62 ROUTE D'ESPALION 12850 ONET-LE-CHATEAU</t>
+  </si>
+  <si>
+    <t>01/03/2024</t>
+  </si>
+  <si>
+    <t>SENZA</t>
+  </si>
+  <si>
+    <t>48 RUE CLAUDE BALBASTRE 34070 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>05/12/2019</t>
+  </si>
+  <si>
+    <t>ADV FORMATION</t>
+  </si>
+  <si>
+    <t>AU COWORKING JP 1 RUE SAINTE ANNE 78760 JOUARS-PONTCHARTRAIN</t>
+  </si>
+  <si>
+    <t>13/02/2023</t>
+  </si>
+  <si>
+    <t>WEBMYDAY</t>
+  </si>
+  <si>
+    <t>11 RUE DE LA PORTE JAUNE 92380 GARCHES</t>
+  </si>
+  <si>
+    <t>05/05/2020</t>
+  </si>
+  <si>
+    <t>45 DEGRES</t>
+  </si>
+  <si>
+    <t>23 RUE DU RONDELET 34970 LATTES</t>
+  </si>
+  <si>
+    <t>01/07/2020</t>
+  </si>
+  <si>
+    <t>LE SALON DERMO</t>
+  </si>
+  <si>
+    <t>14 RUE ROBERT GIRAUDINEAU 94300 VINCENNES</t>
+  </si>
+  <si>
+    <t>17/06/2020</t>
+  </si>
+  <si>
+    <t>96.02B</t>
+  </si>
+  <si>
+    <t xml:space="preserve">MAMAN ADAM   </t>
+  </si>
+  <si>
+    <t>COURSIER DU SUD</t>
+  </si>
+  <si>
+    <t>5 RUE DE VILLENEUVE 06000 NICE</t>
+  </si>
+  <si>
+    <t>01/02/2021</t>
+  </si>
+  <si>
+    <t>53.20Z</t>
+  </si>
+  <si>
+    <t>E.T.H.I.C.S.</t>
+  </si>
+  <si>
+    <t>11 AVENUE ROGER SALENGRO 83130 LA GARDE</t>
+  </si>
+  <si>
+    <t>02/01/2021</t>
+  </si>
+  <si>
+    <t>TYGER</t>
+  </si>
+  <si>
+    <t>137 RUE SAINT ROCH 16000 ANGOULEME</t>
+  </si>
+  <si>
+    <t>15/04/2021</t>
+  </si>
+  <si>
+    <t>47.91B</t>
+  </si>
+  <si>
+    <t>ADAMAS FORMATIONS</t>
+  </si>
+  <si>
+    <t>BOULEVARD LEGITIMUS 4 IMMEUBLE DES FONCTIONNAIRE 97110 POINTE A PITRE</t>
+  </si>
+  <si>
+    <t>01/04/2021</t>
+  </si>
+  <si>
+    <t>01973334797</t>
+  </si>
+  <si>
+    <t>GAME OF WORKS</t>
+  </si>
+  <si>
+    <t>1 RUE DE BRUNEVAL 76610 LE HAVRE</t>
+  </si>
+  <si>
+    <t>22/04/2021</t>
+  </si>
+  <si>
+    <t>94.11Z</t>
+  </si>
+  <si>
+    <t>TALK RH</t>
+  </si>
+  <si>
+    <t>2 ALLEE MICHEL DE LA LANDE 93110 ROSNY-SOUS-BOIS</t>
+  </si>
+  <si>
+    <t>01/06/2021</t>
+  </si>
+  <si>
+    <t>MY MUSIC ADS</t>
+  </si>
+  <si>
+    <t>19 RUE CLAUDE TILLIER 75012 PARIS</t>
+  </si>
+  <si>
+    <t>01/08/2021</t>
   </si>
   <si>
     <t>C.A.J. FORMATION ET CONSEIL</t>
   </si>
   <si>
     <t>16 AVENUE JEAN JACQUES VERNAZZA 13260 CASSIS</t>
   </si>
   <si>
     <t>08/10/2021</t>
-  </si>
-[...265 lines deleted...]
-    <t>01/08/2021</t>
   </si>
   <si>
     <t>CONNECT LEARNING</t>
   </si>
   <si>
     <t>10 RUE DE PENTHIEVRE 75008 PARIS</t>
   </si>
   <si>
     <t>30/09/2021</t>
   </si>
   <si>
     <t>FORMATIONS ANTILLES</t>
   </si>
   <si>
     <t>VERNOU 85 CHEMIN DE BARBOTTEAU 97170 PETIT-BOURG</t>
   </si>
   <si>
     <t>20/10/2021</t>
   </si>
   <si>
     <t>01973371697</t>
   </si>
   <si>
     <t>L'FORME</t>
   </si>
@@ -1308,1560 +1308,1560 @@
       <c r="F5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I5" s="3">
         <v>84010218401</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>52930121000066</v>
+        <v>50892700100026</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I6" s="3">
-        <v>11754924175</v>
+        <v>32600384860</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>79111733600010</v>
+        <v>51315145600037</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
         <v>36</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="I7" s="3">
-        <v>91660176966</v>
+        <v>11756440375</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>79932320900012</v>
+        <v>79111733600010</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="I8" s="3">
-        <v>11940869794</v>
+        <v>91660176966</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>51315145600037</v>
+        <v>79373754500012</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="I9" s="3">
-        <v>11756440375</v>
+        <v>52440698144</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>51815578300021</v>
+        <v>79458237900028</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="I10" s="3">
-        <v>76341091834</v>
+        <v>11755158475</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>51833310900040</v>
+        <v>52425812600035</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="D11" s="2"/>
+        <v>49</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>50</v>
+      </c>
       <c r="E11" s="2" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="I11" s="3">
-        <v>11756558675</v>
+        <v>53220876022</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>52425812600035</v>
+        <v>52930121000066</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>51</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>55</v>
+        <v>38</v>
       </c>
       <c r="I12" s="3">
-        <v>53220876022</v>
+        <v>11754924175</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>79373754500012</v>
+        <v>79932320900012</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>59</v>
+        <v>38</v>
       </c>
       <c r="I13" s="3">
-        <v>52440698144</v>
+        <v>11940869794</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>79458237900028</v>
+        <v>51815578300021</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="D14" s="2"/>
+      <c r="D14" s="2" t="s">
+        <v>61</v>
+      </c>
       <c r="E14" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="I14" s="3">
-        <v>11755158475</v>
+        <v>76341091834</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>50892700100026</v>
+        <v>51833310900040</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>66</v>
+        <v>38</v>
       </c>
       <c r="I15" s="3">
-        <v>32600384860</v>
+        <v>11756558675</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>90453222300016</v>
+        <v>82277236400011</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="G16" s="2"/>
+      <c r="G16" s="2" t="s">
+        <v>70</v>
+      </c>
       <c r="H16" s="2" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="I16" s="3">
-        <v>93131945713</v>
+        <v>53561025056</v>
       </c>
       <c r="J16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>82277236400011</v>
+        <v>82277236400029</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C17" s="2" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>71</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="I17" s="3">
         <v>53561025056</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M17" s="2" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>82277236400029</v>
+        <v>82805053400027</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>34</v>
+        <v>75</v>
       </c>
       <c r="I18" s="3">
-        <v>53561025056</v>
+        <v>76310863931</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>82805053400027</v>
+        <v>82832523300025</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
-        <v>78</v>
+        <v>38</v>
       </c>
       <c r="I19" s="3">
-        <v>76310863931</v>
+        <v>11930748393</v>
       </c>
       <c r="J19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>82832523300025</v>
+        <v>82990848200013</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>79</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>80</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>81</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>34</v>
+        <v>82</v>
       </c>
       <c r="I20" s="3">
-        <v>11930748393</v>
+        <v>32590990459</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>82990848200013</v>
+        <v>83162364000016</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="I21" s="3">
-        <v>32590990459</v>
+        <v>11755656775</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>83162364000016</v>
+        <v>83170943100041</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>86</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>87</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>88</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
-        <v>78</v>
+        <v>38</v>
       </c>
       <c r="I22" s="3">
-        <v>11755656775</v>
+        <v>32591150559</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>83170943100041</v>
+        <v>83223114600016</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>89</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>90</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>91</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="I23" s="3">
-        <v>32591150559</v>
+        <v>11755697575</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>83223114600016</v>
+        <v>83475003600016</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>92</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>93</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>94</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>11755697575</v>
+        <v>75</v>
+      </c>
+      <c r="I24" s="3" t="s">
+        <v>95</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>83475003600016</v>
+        <v>83822288300020</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>99</v>
+      </c>
+      <c r="I25" s="3">
+        <v>11756163575</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>83822288300020</v>
+        <v>84276351800011</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="I26" s="3">
-        <v>11756163575</v>
+        <v>44570400357</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>84276351800011</v>
+        <v>84990297800014</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
-        <v>106</v>
+        <v>38</v>
       </c>
       <c r="I27" s="3">
-        <v>44570400357</v>
+        <v>11755956575</v>
       </c>
       <c r="J27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>84990297800014</v>
+        <v>85099298300021</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>108</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>109</v>
       </c>
-      <c r="G28" s="2"/>
+      <c r="G28" s="2" t="s">
+        <v>110</v>
+      </c>
       <c r="H28" s="2" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="I28" s="3">
-        <v>11755956575</v>
+        <v>93830608383</v>
       </c>
       <c r="J28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M28" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>85099298300021</v>
+        <v>85266457200033</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="G29" s="2" t="s">
         <v>113</v>
       </c>
+      <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I29" s="3">
-        <v>93830608383</v>
+        <v>76120110512</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M29" s="2" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>85266457200033</v>
+        <v>88024436300011</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>114</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
         <v>115</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>116</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="I30" s="3">
-        <v>76120110512</v>
+        <v>76341057734</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>88024436300011</v>
+        <v>88105594100028</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>117</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
         <v>118</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>119</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="I31" s="3">
-        <v>76341057734</v>
+        <v>11788434278</v>
       </c>
       <c r="J31" s="2" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="K31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>88105594100028</v>
+        <v>88334770000014</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>120</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
         <v>121</v>
       </c>
       <c r="F32" s="2" t="s">
         <v>122</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="I32" s="3">
-        <v>11788434278</v>
+        <v>11922340692</v>
       </c>
       <c r="J32" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="K32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
-        <v>88334770000014</v>
+        <v>88875074200015</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>123</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
         <v>124</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>125</v>
       </c>
       <c r="G33" s="2"/>
       <c r="H33" s="2" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="I33" s="3">
-        <v>11922340692</v>
+        <v>76341101934</v>
       </c>
       <c r="J33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L33" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
-        <v>88875074200015</v>
+        <v>89029342600015</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>126</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>127</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>128</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>34</v>
+        <v>129</v>
       </c>
       <c r="I34" s="3">
-        <v>76341101934</v>
+        <v>11941105194</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
-        <v>89029342600015</v>
+        <v>89344315000014</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="D35" s="2"/>
+        <v>130</v>
+      </c>
+      <c r="D35" s="2" t="s">
+        <v>131</v>
+      </c>
       <c r="E35" s="2" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="G35" s="2"/>
       <c r="H35" s="2" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="I35" s="3">
-        <v>11941105194</v>
+        <v>93061012106</v>
       </c>
       <c r="J35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L35" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
-        <v>89344315000014</v>
+        <v>89509172600011</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C36" s="2" t="s">
-        <v>133</v>
-[...3 lines deleted...]
-      </c>
+        <v>135</v>
+      </c>
+      <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>137</v>
+        <v>38</v>
       </c>
       <c r="I36" s="3">
-        <v>93061012106</v>
+        <v>93830701583</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
-        <v>89509172600011</v>
+        <v>89852822900013</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>138</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
         <v>139</v>
       </c>
       <c r="F37" s="2" t="s">
         <v>140</v>
       </c>
       <c r="G37" s="2"/>
       <c r="H37" s="2" t="s">
-        <v>34</v>
+        <v>141</v>
       </c>
       <c r="I37" s="3">
-        <v>93830701583</v>
+        <v>75160139316</v>
       </c>
       <c r="J37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L37" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M37" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" s="1">
-        <v>89852822900013</v>
+        <v>89875316500015</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="D38" s="2"/>
+        <v>142</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>142</v>
+      </c>
       <c r="E38" s="2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>75160139316</v>
+        <v>38</v>
+      </c>
+      <c r="I38" s="3" t="s">
+        <v>145</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L38" s="2" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
-        <v>89875316500015</v>
+        <v>89879547100017</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>145</v>
-[...3 lines deleted...]
-      </c>
+        <v>146</v>
+      </c>
+      <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="G39" s="2"/>
       <c r="H39" s="2" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>148</v>
+        <v>149</v>
+      </c>
+      <c r="I39" s="3">
+        <v>28760637576</v>
       </c>
       <c r="J39" s="2" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="K39" s="2" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M39" s="2" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" s="1">
-        <v>89879547100017</v>
+        <v>89987342600014</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="G40" s="2"/>
       <c r="H40" s="2" t="s">
-        <v>152</v>
+        <v>75</v>
       </c>
       <c r="I40" s="3">
-        <v>28760637576</v>
+        <v>11931054593</v>
       </c>
       <c r="J40" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="K40" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="L40" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M40" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="41" spans="1:13">
       <c r="A41" s="1">
-        <v>89987342600014</v>
+        <v>90141565300012</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C41" s="2" t="s">
         <v>153</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
         <v>154</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>155</v>
       </c>
       <c r="G41" s="2"/>
       <c r="H41" s="2" t="s">
-        <v>78</v>
+        <v>38</v>
       </c>
       <c r="I41" s="3">
-        <v>11931054593</v>
+        <v>11756335375</v>
       </c>
       <c r="J41" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K41" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L41" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M41" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" s="1">
-        <v>90141565300012</v>
+        <v>90453222300016</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>156</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
         <v>157</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>158</v>
       </c>
       <c r="G42" s="2"/>
       <c r="H42" s="2" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="I42" s="3">
-        <v>11756335375</v>
+        <v>93131945713</v>
       </c>
       <c r="J42" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K42" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L42" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M42" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="43" spans="1:13">
       <c r="A43" s="1">
         <v>90469485800013</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>159</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
         <v>160</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>161</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="I43" s="3">
         <v>11756356675</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L43" s="2" t="s">
         <v>22</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
         <v>90756445400011</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>162</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
         <v>163</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>164</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="I44" s="3" t="s">
         <v>165</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
         <v>90770043900017</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="2" t="s">
         <v>166</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
         <v>167</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>168</v>
       </c>
       <c r="G45" s="2"/>
       <c r="H45" s="2" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="I45" s="3">
         <v>44540408154</v>
       </c>
       <c r="J45" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K45" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L45" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M45" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="46" spans="1:13">
       <c r="A46" s="1">
         <v>90829888800011</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C46" s="2" t="s">
         <v>169</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
         <v>170</v>
       </c>
       <c r="F46" s="2" t="s">
         <v>171</v>
       </c>
       <c r="G46" s="2"/>
       <c r="H46" s="2" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="I46" s="3">
         <v>11922484192</v>
       </c>
       <c r="J46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L46" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M46" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="47" spans="1:13">
       <c r="A47" s="1">
         <v>90934031700033</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C47" s="2" t="s">
@@ -2928,645 +2928,645 @@
         <v>19</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
         <v>91161310700018</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>179</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
         <v>180</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>181</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="I49" s="3">
         <v>52530103753</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
         <v>91748412300018</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>182</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
         <v>183</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>184</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="I50" s="3">
         <v>11756548475</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L50" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
         <v>92907873100015</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>185</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
         <v>186</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>187</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="I51" s="3">
         <v>93132267413</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
         <v>93187484600013</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>188</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
         <v>189</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>190</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="I52" s="3">
         <v>93830798583</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
         <v>93285166000013</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>191</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
         <v>192</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>193</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="I53" s="3">
         <v>11757072075</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
         <v>93401365700010</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>194</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
         <v>195</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>196</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="I54" s="3">
         <v>11757122575</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
         <v>93814765900016</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C55" s="2" t="s">
         <v>197</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
         <v>198</v>
       </c>
       <c r="F55" s="2" t="s">
         <v>199</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="I55" s="3">
         <v>32020178602</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
         <v>94104801900017</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>200</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
         <v>201</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>202</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="I56" s="3">
         <v>11922870492</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
         <v>95183680800018</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>203</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
         <v>204</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>205</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="I57" s="3">
         <v>11756721475</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L57" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
         <v>95322393000017</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>206</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
         <v>207</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>208</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="I58" s="3">
         <v>84692137669</v>
       </c>
       <c r="J58" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K58" s="2" t="s">
         <v>22</v>
       </c>
       <c r="L58" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M58" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
         <v>97811888300013</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>209</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
         <v>210</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>211</v>
       </c>
       <c r="G59" s="2" t="s">
         <v>212</v>
       </c>
       <c r="H59" s="2" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="I59" s="3">
         <v>11931139793</v>
       </c>
       <c r="J59" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
         <v>97834547800017</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>213</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
         <v>214</v>
       </c>
       <c r="F60" s="2" t="s">
         <v>215</v>
       </c>
       <c r="G60" s="2"/>
       <c r="H60" s="2" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="I60" s="3" t="s">
         <v>216</v>
       </c>
       <c r="J60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L60" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
         <v>97949783100029</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>217</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
         <v>218</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>219</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="I61" s="3">
         <v>53290984729</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
         <v>98132603600010</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>220</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
         <v>221</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>222</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="I62" s="3">
         <v>11756881875</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
         <v>98261602100019</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>223</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
         <v>224</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>225</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="I63" s="3">
         <v>11922691992</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
         <v>98737141600023</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>226</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
         <v>227</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>228</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="I64" s="3">
         <v>11756938975</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
         <v>98782736700010</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>229</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
         <v>230</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>231</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="I65" s="3">
         <v>11950926395</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>22</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -3594,31 +3594,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/25/2025 13:34:03</dc:description>
+  <dc:description>Export en date du 12/15/2025 06:24:46</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>