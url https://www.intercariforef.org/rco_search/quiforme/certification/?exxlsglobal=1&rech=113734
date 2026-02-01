--- v1 (2025-12-15)
+++ v2 (2026-02-01)
@@ -133,132 +133,132 @@
   <si>
     <t>AZERTAF</t>
   </si>
   <si>
     <t>BATIMENT PEPS 2 RUE KONRAD ADENAUER 60000 BEAUVAIS</t>
   </si>
   <si>
     <t>20/06/2011</t>
   </si>
   <si>
     <t>47.41Z</t>
   </si>
   <si>
     <t xml:space="preserve">TOUIL CLEMENT   </t>
   </si>
   <si>
     <t>69 RUE DES DAMES 75017 PARIS</t>
   </si>
   <si>
     <t>05/04/2018</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
+    <t xml:space="preserve">MORY EVE   </t>
+  </si>
+  <si>
+    <t>EVE IN COM</t>
+  </si>
+  <si>
+    <t>RESIDENCE NOVELA C14 200 RUE PIERRE BOUYERON 34070 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>04/05/2020</t>
+  </si>
+  <si>
+    <t>NEXT FORMA</t>
+  </si>
+  <si>
+    <t>77 RUE DU ROCHER 75008 PARIS</t>
+  </si>
+  <si>
+    <t>10/11/2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">SCOUBART MELANIE   </t>
+  </si>
+  <si>
+    <t>EIRL MELANIE SCOUBART - MWEB FORMATION</t>
+  </si>
+  <si>
+    <t>MAROUE 2 RUE JEAN JAURES 22400 LAMBALLE-ARMOR</t>
+  </si>
+  <si>
+    <t>07/07/2022</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>CREACTIFS</t>
+  </si>
+  <si>
+    <t>32 RUE DE MOGADOR 75009 PARIS</t>
+  </si>
+  <si>
+    <t>01/08/2022</t>
+  </si>
+  <si>
     <t>DOMIRIS FORMATION</t>
   </si>
   <si>
     <t>ESPACE POLYGONE 363 BOULEVARD MARIUS BERLIET 66000 PERPIGNAN</t>
   </si>
   <si>
     <t>01/02/2013</t>
   </si>
   <si>
     <t>FORTISSIMO FORMATION</t>
   </si>
   <si>
     <t>3 AVENUE DU COMMANDANT L'HERMINIER 44600 SAINT-NAZAIRE</t>
   </si>
   <si>
     <t>21/05/2013</t>
   </si>
   <si>
     <t>85.20Z</t>
   </si>
   <si>
     <t>GROUPE FRANCEFORMA</t>
   </si>
   <si>
     <t>91 RUE DU FAUBOURG SAINT-DENIS 75010 PARIS</t>
   </si>
   <si>
     <t>01/11/2014</t>
   </si>
   <si>
-    <t xml:space="preserve">SCOUBART MELANIE   </t>
-[...22 lines deleted...]
-  <si>
     <t>WEFORMAT</t>
   </si>
   <si>
     <t>24 RUE GARNIER PAGES 94100 SAINT-MAUR-DES-FOSSES</t>
   </si>
   <si>
     <t>02/01/2014</t>
-  </si>
-[...19 lines deleted...]
-    <t>10/11/2022</t>
   </si>
   <si>
     <t>BP2M</t>
   </si>
   <si>
     <t>4 RUE DE L'EGLISE 57230 BOUSSEVILLER</t>
   </si>
   <si>
     <t>01/10/2016</t>
   </si>
   <si>
     <t>24/11/2023</t>
   </si>
   <si>
     <t>LD LE PEU 56420 PLUMELEC</t>
   </si>
   <si>
     <t>DOBAM</t>
   </si>
   <si>
     <t>6 PLACE DU PRESIDENT THOMAS WOODROW WILSON 31000 TOULOUSE</t>
   </si>
   <si>
     <t>04/12/2023</t>
   </si>
@@ -1382,334 +1382,334 @@
       <c r="F7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="I7" s="3">
         <v>11756440375</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>79111733600010</v>
+        <v>51815578300021</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>39</v>
       </c>
-      <c r="D8" s="2"/>
+      <c r="D8" s="2" t="s">
+        <v>40</v>
+      </c>
       <c r="E8" s="2" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="I8" s="3">
-        <v>91660176966</v>
+        <v>76341091834</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>79373754500012</v>
+        <v>51833310900040</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="I9" s="3">
-        <v>52440698144</v>
+        <v>11756558675</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>79458237900028</v>
+        <v>52425812600035</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="D10" s="2"/>
+      <c r="D10" s="2" t="s">
+        <v>47</v>
+      </c>
       <c r="E10" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>38</v>
+        <v>50</v>
       </c>
       <c r="I10" s="3">
-        <v>11755158475</v>
+        <v>53220876022</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>52425812600035</v>
+        <v>52930121000066</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>51</v>
+      </c>
+      <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="I11" s="3">
-        <v>53220876022</v>
+        <v>11754924175</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>52930121000066</v>
+        <v>79111733600010</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>54</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
         <v>55</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
         <v>38</v>
       </c>
       <c r="I12" s="3">
-        <v>11754924175</v>
+        <v>91660176966</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>79932320900012</v>
+        <v>79373754500012</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>38</v>
+        <v>60</v>
       </c>
       <c r="I13" s="3">
-        <v>11940869794</v>
+        <v>52440698144</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M13" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>51815578300021</v>
+        <v>79458237900028</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="D14" s="2" t="s">
         <v>61</v>
       </c>
+      <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>62</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>63</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="I14" s="3">
-        <v>76341091834</v>
+        <v>11755158475</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>51833310900040</v>
+        <v>79932320900012</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>64</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>65</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>66</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>38</v>
       </c>
       <c r="I15" s="3">
-        <v>11756558675</v>
+        <v>11940869794</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>82277236400011</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D16" s="2"/>
@@ -1960,51 +1960,51 @@
         <v>19</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>83223114600016</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>89</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>90</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>91</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="I23" s="3">
         <v>11755697575</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>83475003600016</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C24" s="2" t="s">
@@ -2743,51 +2743,51 @@
         <v>22</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
         <v>90756445400011</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>162</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
         <v>163</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>164</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="I44" s="3" t="s">
         <v>165</v>
       </c>
       <c r="J44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L44" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M44" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="45" spans="1:13">
       <c r="A45" s="1">
         <v>90770043900017</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C45" s="2" t="s">
@@ -3039,51 +3039,51 @@
         <v>19</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
         <v>93187484600013</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C52" s="2" t="s">
         <v>188</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
         <v>189</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>190</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="I52" s="3">
         <v>93830798583</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
         <v>93285166000013</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C53" s="2" t="s">
@@ -3463,73 +3463,73 @@
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
         <v>224</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>225</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>38</v>
       </c>
       <c r="I63" s="3">
         <v>11922691992</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M63" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
         <v>98737141600023</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>226</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
         <v>227</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>228</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="I64" s="3">
         <v>11756938975</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
         <v>98782736700010</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C65" s="2" t="s">
@@ -3594,31 +3594,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/15/2025 06:24:46</dc:description>
+  <dc:description>Export en date du 02/01/2026 11:48:25</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>