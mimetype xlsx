--- v2 (2026-02-01)
+++ v3 (2026-03-23)
@@ -1179,53 +1179,51 @@
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
         <v>44321186700025</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I2" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I2" s="3"/>
       <c r="J2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
         <v>44321186700116</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
@@ -1703,53 +1701,51 @@
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>82277236400011</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>68</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>69</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>70</v>
       </c>
       <c r="H16" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="I16" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I16" s="3"/>
       <c r="J16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>82277236400029</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
@@ -2149,53 +2145,51 @@
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
         <v>85099298300021</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>107</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
         <v>108</v>
       </c>
       <c r="F28" s="2" t="s">
         <v>109</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>110</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>18</v>
       </c>
-      <c r="I28" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I28" s="3"/>
       <c r="J28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
         <v>85266457200033</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>111</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
@@ -2718,51 +2712,51 @@
       </c>
       <c r="C43" s="2" t="s">
         <v>159</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
         <v>160</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>161</v>
       </c>
       <c r="G43" s="2"/>
       <c r="H43" s="2" t="s">
         <v>38</v>
       </c>
       <c r="I43" s="3">
         <v>11756356675</v>
       </c>
       <c r="J43" s="2" t="s">
         <v>22</v>
       </c>
       <c r="K43" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L43" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="M43" s="2" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="44" spans="1:13">
       <c r="A44" s="1">
         <v>90756445400011</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C44" s="2" t="s">
         <v>162</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
         <v>163</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>164</v>
       </c>
       <c r="G44" s="2"/>
       <c r="H44" s="2" t="s">
         <v>50</v>
@@ -3302,53 +3296,51 @@
       </c>
     </row>
     <row r="59" spans="1:13">
       <c r="A59" s="1">
         <v>97811888300013</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>209</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
         <v>210</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>211</v>
       </c>
       <c r="G59" s="2" t="s">
         <v>212</v>
       </c>
       <c r="H59" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="I59" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I59" s="3"/>
       <c r="J59" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K59" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L59" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M59" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="60" spans="1:13">
       <c r="A60" s="1">
         <v>97834547800017</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C60" s="2" t="s">
         <v>213</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
@@ -3426,51 +3418,51 @@
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
         <v>221</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>222</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
         <v>38</v>
       </c>
       <c r="I62" s="3">
         <v>11756881875</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M62" s="2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
         <v>98261602100019</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>20</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>223</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
         <v>224</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>225</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
         <v>38</v>
       </c>
       <c r="I63" s="3">
         <v>11922691992</v>
@@ -3594,31 +3586,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/01/2026 11:48:25</dc:description>
+  <dc:description>Export en date du 03/23/2026 07:02:58</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>