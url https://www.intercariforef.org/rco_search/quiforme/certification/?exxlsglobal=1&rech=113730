--- v0 (2025-10-24)
+++ v1 (2026-02-08)
@@ -97,153 +97,153 @@
   <si>
     <t>2151P000451</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>LYCEE TECHNOLOGIQUE-ECOLE NAT COMMERCE</t>
   </si>
   <si>
     <t>GRETA METEHOR-PARIS</t>
   </si>
   <si>
     <t>70 BOULEVARD BESSIERES 75017 PARIS</t>
   </si>
   <si>
     <t>03/05/1989</t>
   </si>
   <si>
     <t>1175P007675</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
+    <t>ASSOCIATION SUP DE VINCI</t>
+  </si>
+  <si>
+    <t>LES COLLINES DE L'ARCHE, MADELEINE D 76 ROUTE DE LA DEMI-LUNE 92800 PUTEAUX</t>
+  </si>
+  <si>
+    <t>18/05/2021</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
+    <t>Fermé</t>
+  </si>
+  <si>
+    <t>FORMAOUEST</t>
+  </si>
+  <si>
+    <t>110 AV DE LA MARNE 56000 VANNES</t>
+  </si>
+  <si>
+    <t>21/08/2018</t>
+  </si>
+  <si>
+    <t>06/12/2023</t>
+  </si>
+  <si>
+    <t>ICADEMIE</t>
+  </si>
+  <si>
+    <t>3 RUE RACINE 83000 TOULON</t>
+  </si>
+  <si>
+    <t>12/04/2019</t>
+  </si>
+  <si>
+    <t>EMINEO MANAGEMENT</t>
+  </si>
+  <si>
+    <t>ISME-LA ROCHELLE</t>
+  </si>
+  <si>
+    <t>2 RUE JOSEPH CUGNOT 17180 PERIGNY</t>
+  </si>
+  <si>
+    <t>03/07/2021</t>
+  </si>
+  <si>
+    <t>ISME - VANNES</t>
+  </si>
+  <si>
+    <t>14 RUE ANITA CONTI 56000 VANNES</t>
+  </si>
+  <si>
+    <t>01/09/2022</t>
+  </si>
+  <si>
+    <t>ISME POITIERS</t>
+  </si>
+  <si>
+    <t>23 AVENUE DES TEMPS MODERNES 86360 CHASSENEUIL-DU-POITOU</t>
+  </si>
+  <si>
+    <t>01/09/2023</t>
+  </si>
+  <si>
+    <t>1 RUE CHRISTIAN PAUC 44300 NANTES</t>
+  </si>
+  <si>
+    <t>13/09/2023</t>
+  </si>
+  <si>
+    <t>89 QUAI DES CHARTRONS 33000 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/08/2024</t>
+  </si>
+  <si>
+    <t>BATIMENT LES VIGNES - LES SAUGES LE BAS PALLUAU 72650 LA CHAPELLE SAINT AUBIN</t>
+  </si>
+  <si>
+    <t>17 RUE DU BIGNON 35000 RENNES</t>
+  </si>
+  <si>
+    <t>CEFIM (CENTRE EUROPEEN DE FORMATION INFORMATIQUE ET MULTIMEDIA)</t>
+  </si>
+  <si>
+    <t>32 AVENUE MARCEL DASSAULT 37200 TOURS</t>
+  </si>
+  <si>
+    <t>23/07/2012</t>
+  </si>
+  <si>
+    <t>01/11/2023</t>
+  </si>
+  <si>
     <t>DCF</t>
   </si>
   <si>
     <t>ZONE ARTISANALE QUA SAINT PIERRE 04510 LE CHAFFAUT-SAINT-JURSON</t>
   </si>
   <si>
     <t>25/09/2015</t>
-  </si>
-[...94 lines deleted...]
-    <t>18/05/2021</t>
   </si>
   <si>
     <t>THE BRIDGE ECOLE ENTREPRISES</t>
   </si>
   <si>
     <t>73 RUE HENRI BARBUSSE 92000 NANTERRE</t>
   </si>
   <si>
     <t>01/02/2023</t>
   </si>
   <si>
     <t>GAME OF WORKS</t>
   </si>
   <si>
     <t>1 RUE DE BRUNEVAL 76610 LE HAVRE</t>
   </si>
   <si>
     <t>22/04/2021</t>
   </si>
   <si>
     <t>94.11Z</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE DE MANAGEMENT ET DE COMPTABILITE</t>
   </si>
@@ -795,495 +795,495 @@
       <c r="F3" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>25</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>81380459800015</v>
+        <v>40955435900037</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="I4" s="3">
-        <v>93040082604</v>
+        <v>11920947992</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L4" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>52919549700035</v>
+        <v>48819452300053</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="G5" s="2"/>
+        <v>34</v>
+      </c>
+      <c r="G5" s="2" t="s">
+        <v>35</v>
+      </c>
       <c r="H5" s="2" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="I5" s="3"/>
       <c r="J5" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L5" s="2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>52919549700043</v>
+        <v>48908897100093</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="I6" s="3">
-        <v>52440616044</v>
+        <v>93830380583</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K6" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="L6" s="2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>52919549700050</v>
+        <v>52919549700035</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="D7" s="2" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="E7" s="2" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="I7" s="3">
         <v>52440616044</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>52919549700068</v>
+        <v>52919549700043</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="D8" s="2"/>
+        <v>39</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>43</v>
+      </c>
       <c r="E8" s="2" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="I8" s="3">
         <v>52440616044</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>52919549700076</v>
+        <v>52919549700050</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="D9" s="2"/>
+        <v>39</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>46</v>
+      </c>
       <c r="E9" s="2" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="I9" s="3">
         <v>52440616044</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>52919549700084</v>
+        <v>52919549700068</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="I10" s="3">
         <v>52440616044</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>52919549700092</v>
+        <v>52919549700076</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="I11" s="3">
         <v>52440616044</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>75301474500016</v>
+        <v>52919549700084</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="I12" s="3">
-        <v>24370303337</v>
+        <v>52440616044</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="M12" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>48819452300053</v>
+        <v>52919549700092</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>54</v>
-[...3 lines deleted...]
-      </c>
+        <v>52</v>
+      </c>
+      <c r="G13" s="2"/>
       <c r="H13" s="2" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="I13" s="3"/>
+        <v>30</v>
+      </c>
+      <c r="I13" s="3">
+        <v>52440616044</v>
+      </c>
       <c r="J13" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>26</v>
       </c>
       <c r="L13" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>48908897100093</v>
+        <v>75301474500016</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>57</v>
       </c>
-      <c r="F14" s="2" t="s">
+      <c r="G14" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="3">
-        <v>93830380583</v>
+        <v>24370303337</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K14" s="2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M14" s="2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>40955435900037</v>
+        <v>81380459800015</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>59</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>60</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>61</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
       <c r="I15" s="3">
-        <v>11920947992</v>
+        <v>93040082604</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L15" s="2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>84346098100023</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>63</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>64</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
         <v>18</v>
@@ -1338,51 +1338,51 @@
         <v>26</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>91403235400013</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>69</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>70</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>71</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="I18" s="3">
         <v>11788562278</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>91758615800029</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
@@ -1412,51 +1412,51 @@
         <v>26</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>93279658400013</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>73</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="I20" s="3">
         <v>11788721678</v>
       </c>
       <c r="J20" s="2" t="s">
         <v>26</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>26</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>95161065800019</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
@@ -1597,31 +1597,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/24/2025 06:45:22</dc:description>
+  <dc:description>Export en date du 02/08/2026 01:23:33</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>