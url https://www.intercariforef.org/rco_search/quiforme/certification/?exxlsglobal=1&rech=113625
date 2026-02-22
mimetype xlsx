--- v0 (2025-12-14)
+++ v1 (2026-02-22)
@@ -58,108 +58,108 @@
   <si>
     <t>DATE DE FERMETURE</t>
   </si>
   <si>
     <t>CODE APE</t>
   </si>
   <si>
     <t>NDA</t>
   </si>
   <si>
     <t>BILAN DE COMPETENCE</t>
   </si>
   <si>
     <t>APPRENTISSAGE</t>
   </si>
   <si>
     <t>VAE</t>
   </si>
   <si>
     <t>ACTION DE FORMATION</t>
   </si>
   <si>
     <t>Actif</t>
   </si>
   <si>
+    <t>INSTITUT NATIONAL DE GEMMOLOGIE</t>
+  </si>
+  <si>
+    <t>33 RUE LA BOETIE 75008 PARIS</t>
+  </si>
+  <si>
+    <t>03/09/2008</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>FAUX</t>
+  </si>
+  <si>
+    <t>VRAI</t>
+  </si>
+  <si>
     <t>ARTES</t>
   </si>
   <si>
     <t>16 RUE FOURE 44000 NANTES</t>
   </si>
   <si>
     <t>02/05/2016</t>
   </si>
   <si>
     <t>85.59A</t>
   </si>
   <si>
-    <t>FAUX</t>
-[...4 lines deleted...]
-  <si>
     <t>15 RUE MARTEL 75010 PARIS</t>
   </si>
   <si>
     <t>31/12/2021</t>
   </si>
   <si>
     <t>GROUPE ESP-ESD</t>
   </si>
   <si>
     <t>ESP / ESD</t>
   </si>
   <si>
     <t>181 A 203 181 AVENUE JEAN JAURES 69007 LYON</t>
   </si>
   <si>
     <t>17/06/2020</t>
   </si>
   <si>
     <t>85.42Z</t>
   </si>
   <si>
     <t>ESP/ESD</t>
   </si>
   <si>
     <t>5 RUE FULTON 44100 NANTES</t>
   </si>
   <si>
     <t>20/01/2022</t>
-  </si>
-[...10 lines deleted...]
-    <t>85.59B</t>
   </si>
   <si>
     <t>ADE HOLDING</t>
   </si>
   <si>
     <t>20 RUE MARCELINE DESBORDES-VALMORE 75016 PARIS</t>
   </si>
   <si>
     <t>26/10/2017</t>
   </si>
   <si>
     <t>64.20Z</t>
   </si>
   <si>
     <t>COMPETENTIS</t>
   </si>
   <si>
     <t>13 PORT SAINT ETIENNE 31100 TOULOUSE</t>
   </si>
   <si>
     <t>28/02/2023</t>
   </si>
 </sst>
 </file>
 
@@ -585,223 +585,223 @@
       </c>
       <c r="G1" s="5" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="5" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="5" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="5" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" s="1">
-        <v>48335590500058</v>
+        <v>34243610200061</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>14</v>
       </c>
       <c r="D2" s="2"/>
       <c r="E2" s="2" t="s">
         <v>15</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="3">
-        <v>52440470044</v>
+        <v>11753262975</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K2" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M2" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" s="1">
-        <v>48335590500066</v>
+        <v>48335590500058</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="D3" s="2"/>
       <c r="E3" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I3" s="3">
         <v>52440470044</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>51381312100078</v>
+        <v>48335590500066</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>24</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="I4" s="3">
-        <v>11750064575</v>
+        <v>52440470044</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K4" s="2" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>51381312100102</v>
+        <v>51381312100078</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>27</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="I5" s="3">
         <v>11750064575</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>34243610200061</v>
+        <v>51381312100102</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="D6" s="2"/>
+        <v>26</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>31</v>
+      </c>
       <c r="E6" s="2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="I6" s="3">
-        <v>11753262975</v>
+        <v>11750064575</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>82450453400028</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D7" s="2"/>
@@ -828,51 +828,51 @@
         <v>19</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>94953886200010</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>39</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="I8" s="3">
         <v>76311220731</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -900,31 +900,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/14/2025 06:12:27</dc:description>
+  <dc:description>Export en date du 02/22/2026 09:05:59</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>