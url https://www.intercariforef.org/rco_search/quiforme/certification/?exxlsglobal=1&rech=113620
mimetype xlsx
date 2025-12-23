--- v0 (2025-11-05)
+++ v1 (2025-12-23)
@@ -583,129 +583,129 @@
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE LA REUNION</t>
   </si>
   <si>
     <t>CCI REUNION-POLE FORMATION NORD</t>
   </si>
   <si>
     <t>ZI DU CHAUDRON 12 RUE GABRIEL DE KERVEGUEN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>02/02/1996</t>
   </si>
   <si>
     <t>CCI REUNION-POLE FORMATION SUD</t>
   </si>
   <si>
     <t>15 CHEMIN DE LA BALANCE 97410 SAINT-PIERRE</t>
   </si>
   <si>
     <t>01/01/1999</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
+    <t>CAMPUS DU LAC</t>
+  </si>
+  <si>
+    <t>CS 31991 RUE RENE CASSIN 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
+    <t>GROUPEMENT INTERPROFESSIONNEL POUR L'APPRENTISSAGE ET LA FORMATION CONTINUE</t>
+  </si>
+  <si>
+    <t>3 BOULEVARD BATONNIER CHOLET 44100 NANTES</t>
+  </si>
+  <si>
+    <t>14/02/2002</t>
+  </si>
+  <si>
+    <t>8 RUE BISSON 44100 NANTES</t>
+  </si>
+  <si>
+    <t>07/12/2024</t>
+  </si>
+  <si>
+    <t>ASS MEUSIENNE INTER FORMATION ET PROMOTI</t>
+  </si>
+  <si>
+    <t>PARC BRADFER 8 RUE ANTOINE DURENNE 55000 BAR-LE-DUC</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION EN ALTERNANCE DE BOURGES</t>
+  </si>
+  <si>
+    <t>149 B RUE DE TURLY 18000 BOURGES</t>
+  </si>
+  <si>
+    <t>01/09/1980</t>
+  </si>
+  <si>
     <t>ECOLE DE MANAGEMENT COMMERCIAL DU JURA</t>
   </si>
   <si>
     <t>BP 377 33 PLACE DE LA COMEDIE 39000 LONS-LE-SAUNIER</t>
   </si>
   <si>
     <t>01/01/2012</t>
   </si>
   <si>
-    <t>ASS MEUSIENNE INTER FORMATION ET PROMOTI</t>
-[...43 lines deleted...]
-  <si>
     <t>ASS DE GESTION DU CENTRE DE FORMATION D'APPRENTIS SUPERIEUR DE BOURGOGNE</t>
   </si>
   <si>
     <t>CITE DE L ALTERNANCE BATIMENT SULLY 11 RUE EDGAR FAURE 21000 DIJON</t>
   </si>
   <si>
     <t>02/10/2017</t>
   </si>
   <si>
     <t>5 RUE DE MULHOUSE 21000 DIJON</t>
   </si>
   <si>
     <t>18/07/2024</t>
   </si>
   <si>
+    <t>FACULTE DES METIERS DE L ESSONNE</t>
+  </si>
+  <si>
+    <t>3 CHE LA GRANGE FEU LOUIS 91000 EVRY-COURCOURONNES</t>
+  </si>
+  <si>
     <t>TOULOUSE BUSINESS SCHOOL - TBS</t>
   </si>
   <si>
     <t>1 PLACE ALFONSE JOURDAIN 31000 TOULOUSE</t>
-  </si>
-[...4 lines deleted...]
-    <t>3 CHE LA GRANGE FEU LOUIS 91000 EVRY-COURCOURONNES</t>
   </si>
   <si>
     <t>ECOLE D'ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE-ET-MOSELLE</t>
   </si>
   <si>
     <t>3 RUE DU MOUZON 54520 LAXOU</t>
   </si>
   <si>
     <t>01/01/2019</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE DE VENTE ET DE MANAGEMENT - CCI PARIS ILE-DE-FRANCE EDUCATION</t>
   </si>
   <si>
     <t>51 BD DE LA PAIX 78100 SAINT-GERMAIN-EN-LAYE</t>
   </si>
   <si>
     <t>29/10/2020</t>
   </si>
   <si>
     <t>PURPLE CAMPUS</t>
   </si>
   <si>
     <t>99 IMPASSE ADAM SMITH 34470 PEROLS</t>
   </si>
@@ -2922,262 +2922,262 @@
       <c r="F47" s="2" t="s">
         <v>187</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>188</v>
       </c>
       <c r="I47" s="3">
         <v>98970017797</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>53921684600011</v>
+        <v>41058110200010</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>189</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
         <v>190</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>191</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="I48" s="3">
-        <v>43390093239</v>
+        <v>72330424333</v>
       </c>
       <c r="J48" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="K48" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>78338177500023</v>
+        <v>42417546100021</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>192</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
         <v>193</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>194</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>195</v>
+        <v>47</v>
       </c>
       <c r="I49" s="3">
-        <v>41550000155</v>
+        <v>52440404744</v>
       </c>
       <c r="J49" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="K49" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>41058110200010</v>
+        <v>42417546100096</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="I50" s="3">
-        <v>72330424333</v>
+        <v>52440404744</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>42417546100021</v>
+        <v>78338177500023</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>47</v>
+        <v>200</v>
       </c>
       <c r="I51" s="3">
-        <v>52440404744</v>
+        <v>41550000155</v>
       </c>
       <c r="J51" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>42417546100096</v>
+        <v>30804972500036</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
         <v>202</v>
       </c>
       <c r="F52" s="2" t="s">
         <v>203</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="I52" s="3">
-        <v>52440404744</v>
+        <v>24180039818</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>30804972500036</v>
+        <v>53921684600011</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>204</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
         <v>205</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>206</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="I53" s="3">
-        <v>24180039818</v>
+        <v>43390093239</v>
       </c>
       <c r="J53" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
         <v>50876465100024</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>207</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
         <v>208</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>209</v>
       </c>
@@ -3218,117 +3218,117 @@
       <c r="F55" s="2" t="s">
         <v>211</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I55" s="3">
         <v>27210417621</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>81751739400018</v>
+        <v>45235951600021</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
         <v>212</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
         <v>213</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>35</v>
+        <v>139</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="I56" s="3">
-        <v>76310849231</v>
+        <v>11910566091</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L56" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>45235951600021</v>
+        <v>81751739400018</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>214</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
         <v>215</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>139</v>
+        <v>35</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="I57" s="3">
-        <v>11910566091</v>
+        <v>76310849231</v>
       </c>
       <c r="J57" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K57" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
         <v>84458985300010</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>216</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
         <v>217</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>218</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>39</v>
@@ -3418,273 +3418,273 @@
         <v>31</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
         <v>89079142900032</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
         <v>225</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>224</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="I61" s="3">
         <v>76341086134</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
         <v>89079142900065</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
         <v>226</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>224</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="I62" s="3">
         <v>76341086134</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
         <v>89079142900099</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
         <v>227</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>224</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="I63" s="3">
         <v>76341086134</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
         <v>89079142900123</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
         <v>228</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>224</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="I64" s="3">
         <v>76341086134</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
         <v>89079142900149</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
         <v>229</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>224</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="I65" s="3">
         <v>76341086134</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
         <v>89079142900198</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
         <v>230</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>224</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="I66" s="3">
         <v>76341086134</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
         <v>89079142900206</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
         <v>231</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>224</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="I67" s="3">
         <v>76341086134</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -3712,31 +3712,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 11/05/2025 09:18:01</dc:description>
+  <dc:description>Export en date du 12/23/2025 13:10:07</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>