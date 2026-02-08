--- v1 (2025-12-23)
+++ v2 (2026-02-08)
@@ -583,129 +583,129 @@
   <si>
     <t>CHAMBRE DE COMMERCE ET D'INDUSTRIE DE LA REUNION</t>
   </si>
   <si>
     <t>CCI REUNION-POLE FORMATION NORD</t>
   </si>
   <si>
     <t>ZI DU CHAUDRON 12 RUE GABRIEL DE KERVEGUEN 97490 SAINT-DENIS</t>
   </si>
   <si>
     <t>02/02/1996</t>
   </si>
   <si>
     <t>CCI REUNION-POLE FORMATION SUD</t>
   </si>
   <si>
     <t>15 CHEMIN DE LA BALANCE 97410 SAINT-PIERRE</t>
   </si>
   <si>
     <t>01/01/1999</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
+    <t>INSTITUT DE FORMATION EN ALTERNANCE DE BOURGES</t>
+  </si>
+  <si>
+    <t>149 B RUE DE TURLY 18000 BOURGES</t>
+  </si>
+  <si>
+    <t>01/09/1980</t>
+  </si>
+  <si>
+    <t>TOULOUSE BUSINESS SCHOOL - TBS</t>
+  </si>
+  <si>
+    <t>1 PLACE ALFONSE JOURDAIN 31000 TOULOUSE</t>
+  </si>
+  <si>
     <t>CAMPUS DU LAC</t>
   </si>
   <si>
     <t>CS 31991 RUE RENE CASSIN 33300 BORDEAUX</t>
   </si>
   <si>
     <t>01/01/1997</t>
   </si>
   <si>
     <t>GROUPEMENT INTERPROFESSIONNEL POUR L'APPRENTISSAGE ET LA FORMATION CONTINUE</t>
   </si>
   <si>
     <t>3 BOULEVARD BATONNIER CHOLET 44100 NANTES</t>
   </si>
   <si>
     <t>14/02/2002</t>
   </si>
   <si>
     <t>8 RUE BISSON 44100 NANTES</t>
   </si>
   <si>
     <t>07/12/2024</t>
   </si>
   <si>
+    <t>FACULTE DES METIERS DE L ESSONNE</t>
+  </si>
+  <si>
+    <t>3 CHE LA GRANGE FEU LOUIS 91000 EVRY-COURCOURONNES</t>
+  </si>
+  <si>
+    <t>ASS DE GESTION DU CENTRE DE FORMATION D'APPRENTIS SUPERIEUR DE BOURGOGNE</t>
+  </si>
+  <si>
+    <t>CITE DE L ALTERNANCE BATIMENT SULLY 11 RUE EDGAR FAURE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>02/10/2017</t>
+  </si>
+  <si>
+    <t>5 RUE DE MULHOUSE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>18/07/2024</t>
+  </si>
+  <si>
+    <t>ECOLE DE MANAGEMENT COMMERCIAL DU JURA</t>
+  </si>
+  <si>
+    <t>BP 377 33 PLACE DE LA COMEDIE 39000 LONS-LE-SAUNIER</t>
+  </si>
+  <si>
+    <t>01/01/2012</t>
+  </si>
+  <si>
     <t>ASS MEUSIENNE INTER FORMATION ET PROMOTI</t>
   </si>
   <si>
     <t>PARC BRADFER 8 RUE ANTOINE DURENNE 55000 BAR-LE-DUC</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>85.59B</t>
-  </si>
-[...43 lines deleted...]
-    <t>1 PLACE ALFONSE JOURDAIN 31000 TOULOUSE</t>
   </si>
   <si>
     <t>ECOLE D'ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE-ET-MOSELLE</t>
   </si>
   <si>
     <t>3 RUE DU MOUZON 54520 LAXOU</t>
   </si>
   <si>
     <t>01/01/2019</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE DE VENTE ET DE MANAGEMENT - CCI PARIS ILE-DE-FRANCE EDUCATION</t>
   </si>
   <si>
     <t>51 BD DE LA PAIX 78100 SAINT-GERMAIN-EN-LAYE</t>
   </si>
   <si>
     <t>29/10/2020</t>
   </si>
   <si>
     <t>PURPLE CAMPUS</t>
   </si>
   <si>
     <t>99 IMPASSE ADAM SMITH 34470 PEROLS</t>
   </si>
@@ -1754,51 +1754,51 @@
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>13002948100012</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>70</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>71</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>69</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
         <v>17</v>
       </c>
       <c r="I17" s="3">
         <v>27210429021</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>13002980400072</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>73</v>
       </c>
       <c r="E18" s="2" t="s">
@@ -2922,413 +2922,413 @@
       <c r="F47" s="2" t="s">
         <v>187</v>
       </c>
       <c r="G47" s="2"/>
       <c r="H47" s="2" t="s">
         <v>188</v>
       </c>
       <c r="I47" s="3">
         <v>98970017797</v>
       </c>
       <c r="J47" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L47" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M47" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="48" spans="1:13">
       <c r="A48" s="1">
-        <v>41058110200010</v>
+        <v>30804972500036</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>189</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
         <v>190</v>
       </c>
       <c r="F48" s="2" t="s">
         <v>191</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>47</v>
       </c>
       <c r="I48" s="3">
-        <v>72330424333</v>
+        <v>24180039818</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L48" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>42417546100021</v>
+        <v>81751739400018</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>192</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
         <v>193</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>194</v>
+        <v>35</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="I49" s="3">
-        <v>52440404744</v>
+        <v>76310849231</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>42417546100096</v>
+        <v>41058110200010</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
         <v>195</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>196</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="I50" s="3">
-        <v>52440404744</v>
+        <v>72330424333</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>78338177500023</v>
+        <v>42417546100021</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
         <v>197</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
         <v>198</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>199</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>200</v>
+        <v>47</v>
       </c>
       <c r="I51" s="3">
-        <v>41550000155</v>
+        <v>52440404744</v>
       </c>
       <c r="J51" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="K51" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>30804972500036</v>
+        <v>42417546100096</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="I52" s="3">
-        <v>24180039818</v>
+        <v>52440404744</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>53921684600011</v>
+        <v>45235951600021</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>206</v>
+        <v>139</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I53" s="3">
-        <v>43390093239</v>
+        <v>11910566091</v>
       </c>
       <c r="J53" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="K53" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
         <v>50876465100024</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
         <v>47</v>
       </c>
       <c r="I54" s="3">
         <v>27210417621</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
         <v>50876465100032</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I55" s="3">
         <v>27210417621</v>
       </c>
       <c r="J55" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K55" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>45235951600021</v>
+        <v>53921684600011</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>139</v>
+        <v>211</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I56" s="3">
-        <v>11910566091</v>
+        <v>43390093239</v>
       </c>
       <c r="J56" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>81751739400018</v>
+        <v>78338177500023</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>35</v>
+        <v>214</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>39</v>
+        <v>215</v>
       </c>
       <c r="I57" s="3">
-        <v>76310849231</v>
+        <v>41550000155</v>
       </c>
       <c r="J57" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
         <v>84458985300010</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>216</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
         <v>217</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>218</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>39</v>
@@ -3418,273 +3418,273 @@
         <v>31</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
         <v>89079142900032</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
         <v>225</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>224</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>200</v>
+        <v>215</v>
       </c>
       <c r="I61" s="3">
         <v>76341086134</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
         <v>89079142900065</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
         <v>226</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>224</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>200</v>
+        <v>215</v>
       </c>
       <c r="I62" s="3">
         <v>76341086134</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
         <v>89079142900099</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
         <v>227</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>224</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>200</v>
+        <v>215</v>
       </c>
       <c r="I63" s="3">
         <v>76341086134</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
         <v>89079142900123</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
         <v>228</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>224</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>200</v>
+        <v>215</v>
       </c>
       <c r="I64" s="3">
         <v>76341086134</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
         <v>89079142900149</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
         <v>229</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>224</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>200</v>
+        <v>215</v>
       </c>
       <c r="I65" s="3">
         <v>76341086134</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
         <v>89079142900198</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
         <v>230</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>224</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>200</v>
+        <v>215</v>
       </c>
       <c r="I66" s="3">
         <v>76341086134</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
         <v>89079142900206</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
         <v>231</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>224</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>200</v>
+        <v>215</v>
       </c>
       <c r="I67" s="3">
         <v>76341086134</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -3712,31 +3712,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/23/2025 13:10:07</dc:description>
+  <dc:description>Export en date du 02/08/2026 04:31:04</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>