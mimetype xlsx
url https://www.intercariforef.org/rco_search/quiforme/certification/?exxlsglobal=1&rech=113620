--- v2 (2026-02-08)
+++ v3 (2026-03-25)
@@ -592,120 +592,120 @@
   <si>
     <t>02/02/1996</t>
   </si>
   <si>
     <t>CCI REUNION-POLE FORMATION SUD</t>
   </si>
   <si>
     <t>15 CHEMIN DE LA BALANCE 97410 SAINT-PIERRE</t>
   </si>
   <si>
     <t>01/01/1999</t>
   </si>
   <si>
     <t>70.22Z</t>
   </si>
   <si>
     <t>INSTITUT DE FORMATION EN ALTERNANCE DE BOURGES</t>
   </si>
   <si>
     <t>149 B RUE DE TURLY 18000 BOURGES</t>
   </si>
   <si>
     <t>01/09/1980</t>
   </si>
   <si>
+    <t>CAMPUS DU LAC</t>
+  </si>
+  <si>
+    <t>CS 31991 RUE RENE CASSIN 33300 BORDEAUX</t>
+  </si>
+  <si>
+    <t>01/01/1997</t>
+  </si>
+  <si>
+    <t>GROUPEMENT INTERPROFESSIONNEL POUR L'APPRENTISSAGE ET LA FORMATION CONTINUE</t>
+  </si>
+  <si>
+    <t>3 BOULEVARD BATONNIER CHOLET 44100 NANTES</t>
+  </si>
+  <si>
+    <t>14/02/2002</t>
+  </si>
+  <si>
+    <t>8 RUE BISSON 44100 NANTES</t>
+  </si>
+  <si>
+    <t>07/12/2024</t>
+  </si>
+  <si>
+    <t>FACULTE DES METIERS DE L ESSONNE</t>
+  </si>
+  <si>
+    <t>3 CHE LA GRANGE FEU LOUIS 91000 EVRY-COURCOURONNES</t>
+  </si>
+  <si>
+    <t>ASS DE GESTION DU CENTRE DE FORMATION D'APPRENTIS SUPERIEUR DE BOURGOGNE</t>
+  </si>
+  <si>
+    <t>CITE DE L ALTERNANCE BATIMENT SULLY 11 RUE EDGAR FAURE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>02/10/2017</t>
+  </si>
+  <si>
+    <t>5 RUE DE MULHOUSE 21000 DIJON</t>
+  </si>
+  <si>
+    <t>18/07/2024</t>
+  </si>
+  <si>
+    <t>ECOLE DE MANAGEMENT COMMERCIAL DU JURA</t>
+  </si>
+  <si>
+    <t>BP 377 33 PLACE DE LA COMEDIE 39000 LONS-LE-SAUNIER</t>
+  </si>
+  <si>
+    <t>01/01/2012</t>
+  </si>
+  <si>
+    <t>ASS MEUSIENNE INTER FORMATION ET PROMOTI</t>
+  </si>
+  <si>
+    <t>PARC BRADFER 8 RUE ANTOINE DURENNE 55000 BAR-LE-DUC</t>
+  </si>
+  <si>
+    <t>01/01/1900</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
     <t>TOULOUSE BUSINESS SCHOOL - TBS</t>
   </si>
   <si>
     <t>1 PLACE ALFONSE JOURDAIN 31000 TOULOUSE</t>
-  </si>
-[...64 lines deleted...]
-    <t>85.59B</t>
   </si>
   <si>
     <t>ECOLE D'ENSEIGNEMENT SUPERIEUR CONSULAIRE DE MEURTHE-ET-MOSELLE</t>
   </si>
   <si>
     <t>3 RUE DU MOUZON 54520 LAXOU</t>
   </si>
   <si>
     <t>01/01/2019</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE DE VENTE ET DE MANAGEMENT - CCI PARIS ILE-DE-FRANCE EDUCATION</t>
   </si>
   <si>
     <t>51 BD DE LA PAIX 78100 SAINT-GERMAIN-EN-LAYE</t>
   </si>
   <si>
     <t>29/10/2020</t>
   </si>
   <si>
     <t>PURPLE CAMPUS</t>
   </si>
   <si>
     <t>99 IMPASSE ADAM SMITH 34470 PEROLS</t>
   </si>
@@ -1799,51 +1799,51 @@
         <v>72</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>73</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G18" s="2"/>
       <c r="H18" s="2" t="s">
         <v>47</v>
       </c>
       <c r="I18" s="3">
         <v>75170269817</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>18040001200019</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>76</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>77</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>78</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>17</v>
@@ -2959,376 +2959,376 @@
       <c r="F48" s="2" t="s">
         <v>191</v>
       </c>
       <c r="G48" s="2"/>
       <c r="H48" s="2" t="s">
         <v>47</v>
       </c>
       <c r="I48" s="3">
         <v>24180039818</v>
       </c>
       <c r="J48" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K48" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L48" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M48" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="1">
-        <v>81751739400018</v>
+        <v>41058110200010</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>192</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
         <v>193</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>35</v>
+        <v>194</v>
       </c>
       <c r="G49" s="2"/>
       <c r="H49" s="2" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="I49" s="3">
-        <v>76310849231</v>
+        <v>72330424333</v>
       </c>
       <c r="J49" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L49" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M49" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="50" spans="1:13">
       <c r="A50" s="1">
-        <v>41058110200010</v>
+        <v>42417546100021</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="G50" s="2"/>
       <c r="H50" s="2" t="s">
         <v>47</v>
       </c>
       <c r="I50" s="3">
-        <v>72330424333</v>
+        <v>52440404744</v>
       </c>
       <c r="J50" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K50" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L50" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="M50" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="51" spans="1:13">
       <c r="A51" s="1">
-        <v>42417546100021</v>
+        <v>42417546100096</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
         <v>198</v>
       </c>
       <c r="F51" s="2" t="s">
         <v>199</v>
       </c>
       <c r="G51" s="2"/>
       <c r="H51" s="2" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="I51" s="3">
         <v>52440404744</v>
       </c>
       <c r="J51" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K51" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L51" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M51" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:13">
       <c r="A52" s="1">
-        <v>42417546100096</v>
+        <v>45235951600021</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>201</v>
+        <v>139</v>
       </c>
       <c r="G52" s="2"/>
       <c r="H52" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I52" s="3">
-        <v>52440404744</v>
+        <v>11910566091</v>
       </c>
       <c r="J52" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K52" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L52" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M52" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="1">
-        <v>45235951600021</v>
+        <v>50876465100024</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>202</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
         <v>203</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>139</v>
+        <v>204</v>
       </c>
       <c r="G53" s="2"/>
       <c r="H53" s="2" t="s">
-        <v>30</v>
+        <v>47</v>
       </c>
       <c r="I53" s="3">
-        <v>11910566091</v>
+        <v>27210417621</v>
       </c>
       <c r="J53" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K53" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L53" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M53" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="54" spans="1:13">
       <c r="A54" s="1">
-        <v>50876465100024</v>
+        <v>50876465100032</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
         <v>205</v>
       </c>
       <c r="F54" s="2" t="s">
         <v>206</v>
       </c>
       <c r="G54" s="2"/>
       <c r="H54" s="2" t="s">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="I54" s="3">
         <v>27210417621</v>
       </c>
       <c r="J54" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K54" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L54" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M54" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="55" spans="1:13">
       <c r="A55" s="1">
-        <v>50876465100032</v>
+        <v>53921684600011</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="G55" s="2"/>
       <c r="H55" s="2" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="I55" s="3">
-        <v>27210417621</v>
+        <v>43390093239</v>
       </c>
       <c r="J55" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="K55" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="L55" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M55" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="1">
-        <v>53921684600011</v>
+        <v>78338177500023</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="G56" s="2"/>
       <c r="H56" s="2" t="s">
-        <v>30</v>
+        <v>213</v>
       </c>
       <c r="I56" s="3">
-        <v>43390093239</v>
+        <v>41550000155</v>
       </c>
       <c r="J56" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K56" s="2" t="s">
         <v>31</v>
       </c>
       <c r="L56" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M56" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="57" spans="1:13">
       <c r="A57" s="1">
-        <v>78338177500023</v>
+        <v>81751739400018</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>214</v>
+        <v>35</v>
       </c>
       <c r="G57" s="2"/>
       <c r="H57" s="2" t="s">
-        <v>215</v>
+        <v>39</v>
       </c>
       <c r="I57" s="3">
-        <v>41550000155</v>
+        <v>76310849231</v>
       </c>
       <c r="J57" s="2" t="s">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="K57" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="L57" s="2" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="M57" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="58" spans="1:13">
       <c r="A58" s="1">
         <v>84458985300010</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>216</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
         <v>217</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>218</v>
       </c>
       <c r="G58" s="2"/>
       <c r="H58" s="2" t="s">
         <v>39</v>
@@ -3418,273 +3418,273 @@
         <v>31</v>
       </c>
       <c r="M60" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="61" spans="1:13">
       <c r="A61" s="1">
         <v>89079142900032</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
         <v>225</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>224</v>
       </c>
       <c r="G61" s="2"/>
       <c r="H61" s="2" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I61" s="3">
         <v>76341086134</v>
       </c>
       <c r="J61" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K61" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L61" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M61" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="62" spans="1:13">
       <c r="A62" s="1">
         <v>89079142900065</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
         <v>226</v>
       </c>
       <c r="F62" s="2" t="s">
         <v>224</v>
       </c>
       <c r="G62" s="2"/>
       <c r="H62" s="2" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I62" s="3">
         <v>76341086134</v>
       </c>
       <c r="J62" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K62" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L62" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M62" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="63" spans="1:13">
       <c r="A63" s="1">
         <v>89079142900099</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
         <v>227</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>224</v>
       </c>
       <c r="G63" s="2"/>
       <c r="H63" s="2" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I63" s="3">
         <v>76341086134</v>
       </c>
       <c r="J63" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K63" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L63" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M63" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="64" spans="1:13">
       <c r="A64" s="1">
         <v>89079142900123</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
         <v>228</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>224</v>
       </c>
       <c r="G64" s="2"/>
       <c r="H64" s="2" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I64" s="3">
         <v>76341086134</v>
       </c>
       <c r="J64" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K64" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L64" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M64" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="65" spans="1:13">
       <c r="A65" s="1">
         <v>89079142900149</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
         <v>229</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>224</v>
       </c>
       <c r="G65" s="2"/>
       <c r="H65" s="2" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I65" s="3">
         <v>76341086134</v>
       </c>
       <c r="J65" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K65" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L65" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M65" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:13">
       <c r="A66" s="1">
         <v>89079142900198</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
         <v>230</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>224</v>
       </c>
       <c r="G66" s="2"/>
       <c r="H66" s="2" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I66" s="3">
         <v>76341086134</v>
       </c>
       <c r="J66" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K66" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L66" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M66" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="67" spans="1:13">
       <c r="A67" s="1">
         <v>89079142900206</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>222</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
         <v>231</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>224</v>
       </c>
       <c r="G67" s="2"/>
       <c r="H67" s="2" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="I67" s="3">
         <v>76341086134</v>
       </c>
       <c r="J67" s="2" t="s">
         <v>31</v>
       </c>
       <c r="K67" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L67" s="2" t="s">
         <v>31</v>
       </c>
       <c r="M67" s="2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
@@ -3712,31 +3712,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/08/2026 04:31:04</dc:description>
+  <dc:description>Export en date du 03/25/2026 11:39:39</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>