--- v0 (2025-10-14)
+++ v1 (2026-01-23)
@@ -1654,31 +1654,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 10/14/2025 23:57:17</dc:description>
+  <dc:description>Export en date du 01/23/2026 12:43:30</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>