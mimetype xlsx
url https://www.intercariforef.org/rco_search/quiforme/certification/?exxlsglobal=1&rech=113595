--- v1 (2026-01-23)
+++ v2 (2026-03-14)
@@ -820,53 +820,51 @@
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>39350481600231</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I6" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>39350481600249</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="2" t="s">
@@ -933,53 +931,51 @@
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>39350481600298</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
         <v>37</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>39</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I9" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I9" s="3"/>
       <c r="J9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>39350481600306</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
@@ -1120,443 +1116,421 @@
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
         <v>39913469100092</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>49</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>51</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I14" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I14" s="3"/>
       <c r="J14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
         <v>39913469100233</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>27</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>52</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>51</v>
       </c>
       <c r="H15" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I15" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I15" s="3"/>
       <c r="J15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
         <v>39913469100241</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
         <v>24</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>51</v>
       </c>
       <c r="H16" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I16" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I16" s="3"/>
       <c r="J16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M16" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
         <v>39913469100258</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
         <v>30</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>53</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>32</v>
       </c>
       <c r="H17" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I17" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I17" s="3"/>
       <c r="J17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>39913469100266</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>51</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I18" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I18" s="3"/>
       <c r="J18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>39913469100274</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>54</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>55</v>
       </c>
       <c r="G19" s="2" t="s">
         <v>51</v>
       </c>
       <c r="H19" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="I19" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I19" s="3"/>
       <c r="J19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
         <v>39913469100290</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>37</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>39</v>
       </c>
       <c r="H20" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I20" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I20" s="3"/>
       <c r="J20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
         <v>39913469100308</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
         <v>40</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>41</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>51</v>
       </c>
       <c r="H21" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I21" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I21" s="3"/>
       <c r="J21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
         <v>39913469100316</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
         <v>42</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>51</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I22" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I22" s="3"/>
       <c r="J22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
         <v>39913469100324</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>45</v>
       </c>
       <c r="G23" s="2" t="s">
         <v>51</v>
       </c>
       <c r="H23" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="I23" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I23" s="3"/>
       <c r="J23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
         <v>39913469100332</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
         <v>46</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>51</v>
       </c>
       <c r="H24" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="I24" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I24" s="3"/>
       <c r="J24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>18</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
         <v>40247415900058</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
@@ -1654,31 +1628,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 01/23/2026 12:43:30</dc:description>
+  <dc:description>Export en date du 03/14/2026 11:50:32</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>