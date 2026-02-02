--- v0 (2025-12-08)
+++ v1 (2026-02-02)
@@ -202,195 +202,207 @@
   <si>
     <t>70 BOULEVARD BESSIERES 75017 PARIS</t>
   </si>
   <si>
     <t>03/05/1989</t>
   </si>
   <si>
     <t>1175P007675</t>
   </si>
   <si>
     <t>LYCEE ENS GEN TECHNO GUSTAVE FLAUBERT</t>
   </si>
   <si>
     <t>GRETA ROUEN MARITIME</t>
   </si>
   <si>
     <t>40 AVENUE DU MONT AUX MALADES 76130 MONT-SAINT-AIGNAN</t>
   </si>
   <si>
     <t>22/09/1989</t>
   </si>
   <si>
     <t>2376P001876</t>
   </si>
   <si>
+    <t>ASS FORMA PROF APPRENT AUTO METIERS COMM</t>
+  </si>
+  <si>
+    <t>AFPAM</t>
+  </si>
+  <si>
+    <t>4 RUE JULES MELINE 51430 BEZANNES</t>
+  </si>
+  <si>
+    <t>18/12/2014</t>
+  </si>
+  <si>
+    <t>ORPI FRANCE</t>
+  </si>
+  <si>
+    <t>20 RUE CHARLES PARADINAS 92110 CLICHY</t>
+  </si>
+  <si>
+    <t>30/04/2020</t>
+  </si>
+  <si>
+    <t>68.31Z</t>
+  </si>
+  <si>
+    <t>INSTITUT DE GESTION SOCIALE</t>
+  </si>
+  <si>
+    <t>1 RUE JACQUES BINGEN 75017 PARIS</t>
+  </si>
+  <si>
+    <t>21/12/1999</t>
+  </si>
+  <si>
+    <t>M2I</t>
+  </si>
+  <si>
+    <t>PARC DE L HORIZON DE LA HAUTE BORNE 4 AVENUE DE L’HORIZON 59650 VILLENEUVE-D'ASCQ</t>
+  </si>
+  <si>
+    <t>06/07/2012</t>
+  </si>
+  <si>
+    <t>28 RUE DES MAGASINS GENERAUX 76600 LE HAVRE</t>
+  </si>
+  <si>
+    <t>01/12/2014</t>
+  </si>
+  <si>
+    <t>85.59B</t>
+  </si>
+  <si>
     <t>INSTITUT FORMATION CONSEIL</t>
   </si>
   <si>
     <t>250 RUE DU 12E REGIMENT DE ZOUAVES 84000 AVIGNON</t>
   </si>
   <si>
     <t>25/07/1996</t>
   </si>
   <si>
     <t>Fermé</t>
   </si>
   <si>
     <t>NOSCHOOL</t>
   </si>
   <si>
     <t>IMMEUBLE LE VEGA 27 RUE THALES 33700 MERIGNAC</t>
   </si>
   <si>
     <t>01/09/2012</t>
   </si>
   <si>
     <t>07/11/2023</t>
   </si>
   <si>
     <t>INSTITUT SUPERIEUR VIDAL (ISV - FORMATION PROFESSIONNELLE)</t>
   </si>
   <si>
     <t>10 RUE SESQUIERES 31000 TOULOUSE</t>
   </si>
   <si>
     <t>11/02/2005</t>
   </si>
   <si>
+    <t>COMITE ORGANIS PATRONALE PROF IMMOBILIER</t>
+  </si>
+  <si>
+    <t>46 RUE DE ROME 75008 PARIS</t>
+  </si>
+  <si>
+    <t>17/12/2001</t>
+  </si>
+  <si>
     <t>INSTITUT POUR LA FORMATION CONTINUE</t>
   </si>
   <si>
     <t>60 ALLEE WILHELM ROENTGEN 34000 MONTPELLIER</t>
   </si>
   <si>
     <t>01/06/2003</t>
   </si>
   <si>
-    <t>COMITE ORGANIS PATRONALE PROF IMMOBILIER</t>
-[...56 lines deleted...]
-    <t>85.59B</t>
+    <t>CLARA MIOTTO LA SOLUTION FORMATION</t>
+  </si>
+  <si>
+    <t>PARC CLUB DU MILLENAIRE BAT. 12 1025 AVENUE HENRI BECQUEREL 34000 MONTPELLIER</t>
+  </si>
+  <si>
+    <t>01/03/2022</t>
+  </si>
+  <si>
+    <t>ESI BUSINESS EXECUTIVE</t>
+  </si>
+  <si>
+    <t>20 T RUE DE BEZONS 92400 COURBEVOIE</t>
+  </si>
+  <si>
+    <t>12/02/2014</t>
+  </si>
+  <si>
+    <t>ISFAC</t>
+  </si>
+  <si>
+    <t>CENTRE D AFFAIRES ESPACE 10 17 RUE ALBIN HALLER 86000 POITIERS</t>
+  </si>
+  <si>
+    <t>24/06/2006</t>
+  </si>
+  <si>
+    <t>1 A RUE PAUL LANGEVIN 79000 NIORT</t>
+  </si>
+  <si>
+    <t>01/06/2008</t>
   </si>
   <si>
     <t>IFC VALENCE</t>
   </si>
   <si>
     <t>IFC</t>
   </si>
   <si>
     <t>19 RUE PAUL HENRI CHARLES SPAAK 26000 VALENCE</t>
   </si>
   <si>
     <t>15/04/2008</t>
   </si>
   <si>
-    <t>CLARA MIOTTO LA SOLUTION FORMATION</t>
-[...29 lines deleted...]
-    <t>01/06/2008</t>
+    <t>INSTITUT DE FORMATION ET DE CONSEIL EN GESTION DE CARRIERES</t>
+  </si>
+  <si>
+    <t>IFCG CARRIERES</t>
+  </si>
+  <si>
+    <t>13 AVENUE JEAN JAURES 33150 CENON</t>
+  </si>
+  <si>
+    <t>24/07/2011</t>
   </si>
   <si>
     <t>MODULA FORMATION</t>
   </si>
   <si>
     <t>7 AVENUE RAYMOND MANAUD 33520 BRUGES</t>
   </si>
   <si>
     <t>28/09/2021</t>
   </si>
   <si>
     <t>CIPECMA</t>
   </si>
   <si>
     <t>MAISON DE LA FORMATION 17 AVENUE DU GENERAL DE GAULLE 17340 CHATELAILLON-PLAGE</t>
   </si>
   <si>
     <t>01/01/1900</t>
   </si>
   <si>
     <t>GROUPE ECOLE SUPERIEURE DES PROFESSIONS IMMOBILIERES</t>
   </si>
   <si>
     <t>23 RUE DE CRONSTADT 75015 PARIS</t>
   </si>
@@ -398,62 +410,50 @@
     <t>16/10/2017</t>
   </si>
   <si>
     <t>OGEC STE CATHERINE</t>
   </si>
   <si>
     <t>202 RUE DE SAINT AUBIN 72000 LE MANS</t>
   </si>
   <si>
     <t>25/12/1986</t>
   </si>
   <si>
     <t>85.31Z</t>
   </si>
   <si>
     <t>FORTISSIMO FORMATION</t>
   </si>
   <si>
     <t>3 AVENUE DU COMMANDANT L'HERMINIER 44600 SAINT-NAZAIRE</t>
   </si>
   <si>
     <t>21/05/2013</t>
   </si>
   <si>
     <t>85.20Z</t>
-  </si>
-[...10 lines deleted...]
-    <t>24/07/2011</t>
   </si>
   <si>
     <t>CBF</t>
   </si>
   <si>
     <t>44 T ROUTE DU POINT DU JOUR 44600 SAINT-NAZAIRE</t>
   </si>
   <si>
     <t>24/08/2020</t>
   </si>
   <si>
     <t>SKEDYA</t>
   </si>
   <si>
     <t>83-85 83 BOULEVARD VINCENT AURIOL 75013 PARIS</t>
   </si>
   <si>
     <t>01/06/2017</t>
   </si>
   <si>
     <t>ECOLE SUPERIEURE DE VENTE ET DE MANAGEMENT - CCI PARIS ILE-DE-FRANCE EDUCATION</t>
   </si>
   <si>
     <t>51 BD DE LA PAIX 78100 SAINT-GERMAIN-EN-LAYE</t>
   </si>
@@ -1311,827 +1311,827 @@
       <c r="F11" s="2" t="s">
         <v>60</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I11" s="3" t="s">
         <v>61</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>37924163100058</v>
+        <v>30587453900060</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>62</v>
       </c>
-      <c r="D12" s="2"/>
+      <c r="D12" s="2" t="s">
+        <v>63</v>
+      </c>
       <c r="E12" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="I12" s="3">
-        <v>93840081584</v>
+        <v>21510031351</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L12" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
-        <v>38138042700058</v>
+        <v>31170108000047</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>65</v>
+        <v>13</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>66</v>
       </c>
-      <c r="D13" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="G13" s="2" t="s">
+      <c r="G13" s="2"/>
+      <c r="H13" s="2" t="s">
         <v>69</v>
       </c>
-      <c r="H13" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I13" s="3">
-        <v>72330212133</v>
+        <v>11754937475</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L13" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M13" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:13">
       <c r="A14" s="1">
-        <v>39262279100045</v>
+        <v>31249509600157</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>70</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>71</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>72</v>
       </c>
       <c r="G14" s="2"/>
       <c r="H14" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I14" s="3">
-        <v>73310193631</v>
+        <v>11750247275</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K14" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M14" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="1">
-        <v>44974015800018</v>
+        <v>33354415300310</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="D15" s="2"/>
+      <c r="D15" s="2" t="s">
+        <v>73</v>
+      </c>
       <c r="E15" s="2" t="s">
         <v>74</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G15" s="2"/>
       <c r="H15" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I15" s="3">
-        <v>91340540134</v>
+        <v>11751042775</v>
       </c>
       <c r="J15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K15" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L15" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M15" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="1">
-        <v>40142155700034</v>
+        <v>33354415300443</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="F16" s="2" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="G16" s="2"/>
       <c r="H16" s="2" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="I16" s="3"/>
+        <v>78</v>
+      </c>
+      <c r="I16" s="3">
+        <v>11751042775</v>
+      </c>
       <c r="J16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L16" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M16" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="1">
-        <v>30587453900060</v>
+        <v>37924163100058</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>79</v>
       </c>
-      <c r="D17" s="2" t="s">
+      <c r="D17" s="2"/>
+      <c r="E17" s="2" t="s">
         <v>80</v>
       </c>
-      <c r="E17" s="2" t="s">
+      <c r="F17" s="2" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="G17" s="2"/>
       <c r="H17" s="2" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="I17" s="3">
-        <v>21510031351</v>
+        <v>93840081584</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K17" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L17" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M17" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="1">
-        <v>31170108000047</v>
+        <v>38138042700058</v>
       </c>
       <c r="B18" s="2" t="s">
-        <v>13</v>
+        <v>82</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="D18" s="2"/>
+      <c r="D18" s="2" t="s">
+        <v>83</v>
+      </c>
       <c r="E18" s="2" t="s">
         <v>84</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>85</v>
       </c>
-      <c r="G18" s="2"/>
+      <c r="G18" s="2" t="s">
+        <v>86</v>
+      </c>
       <c r="H18" s="2" t="s">
-        <v>86</v>
+        <v>25</v>
       </c>
       <c r="I18" s="3">
-        <v>11754937475</v>
+        <v>72330212133</v>
       </c>
       <c r="J18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M18" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
-        <v>31249509600157</v>
+        <v>39262279100045</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
         <v>88</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>89</v>
       </c>
       <c r="G19" s="2"/>
       <c r="H19" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I19" s="3">
-        <v>11750247275</v>
+        <v>73310193631</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K19" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L19" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M19" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="1">
-        <v>33354415300310</v>
+        <v>40142155700034</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>90</v>
       </c>
-      <c r="D20" s="2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
         <v>91</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>92</v>
       </c>
       <c r="G20" s="2"/>
       <c r="H20" s="2" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="I20" s="3"/>
       <c r="J20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L20" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M20" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="1">
-        <v>33354415300443</v>
+        <v>44974015800018</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="G21" s="2"/>
       <c r="H21" s="2" t="s">
-        <v>95</v>
+        <v>25</v>
       </c>
       <c r="I21" s="3">
-        <v>11751042775</v>
+        <v>91340540134</v>
       </c>
       <c r="J21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K21" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L21" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M21" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" s="1">
-        <v>50434337700017</v>
+        <v>48383222600037</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>96</v>
       </c>
-      <c r="D22" s="2" t="s">
+      <c r="D22" s="2"/>
+      <c r="E22" s="2" t="s">
         <v>97</v>
       </c>
-      <c r="E22" s="2" t="s">
+      <c r="F22" s="2" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>99</v>
       </c>
       <c r="G22" s="2"/>
       <c r="H22" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I22" s="3">
-        <v>82260166626</v>
+        <v>91340596434</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K22" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L22" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M22" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" s="1">
-        <v>48383222600037</v>
+        <v>48448287200021</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="F23" s="2" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="G23" s="2"/>
       <c r="H23" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I23" s="3">
-        <v>91340596434</v>
+        <v>11921554492</v>
       </c>
       <c r="J23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K23" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L23" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M23" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" s="1">
-        <v>48448287200021</v>
+        <v>49098556100011</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F24" s="2" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="G24" s="2"/>
       <c r="H24" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I24" s="3">
-        <v>11921554492</v>
+        <v>54860098786</v>
       </c>
       <c r="J24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K24" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L24" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M24" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" s="1">
-        <v>49098556100011</v>
+        <v>49098556100045</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="G25" s="2"/>
       <c r="H25" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I25" s="3">
         <v>54860098786</v>
       </c>
       <c r="J25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K25" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L25" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M25" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" s="1">
-        <v>49098556100045</v>
+        <v>50434337700017</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="D26" s="2"/>
+        <v>107</v>
+      </c>
+      <c r="D26" s="2" t="s">
+        <v>108</v>
+      </c>
       <c r="E26" s="2" t="s">
         <v>109</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>110</v>
       </c>
       <c r="G26" s="2"/>
       <c r="H26" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I26" s="3">
-        <v>54860098786</v>
+        <v>82260166626</v>
       </c>
       <c r="J26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K26" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L26" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M26" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" s="1">
-        <v>75254407200040</v>
+        <v>53412994500018</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>111</v>
       </c>
-      <c r="D27" s="2"/>
+      <c r="D27" s="2" t="s">
+        <v>112</v>
+      </c>
       <c r="E27" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="G27" s="2"/>
       <c r="H27" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I27" s="3">
-        <v>72330875633</v>
+        <v>72330848833</v>
       </c>
       <c r="J27" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="K27" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L27" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M27" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" s="1">
-        <v>78128367600018</v>
+        <v>75254407200040</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="G28" s="2"/>
       <c r="H28" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I28" s="3">
-        <v>54170000117</v>
+        <v>72330875633</v>
       </c>
       <c r="J28" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K28" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L28" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M28" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" s="1">
-        <v>78461733400072</v>
+        <v>78128367600018</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="G29" s="2"/>
       <c r="H29" s="2" t="s">
-        <v>95</v>
+        <v>25</v>
       </c>
       <c r="I29" s="3">
-        <v>11755667075</v>
+        <v>54170000117</v>
       </c>
       <c r="J29" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L29" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M29" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" s="1">
-        <v>78633676800035</v>
+        <v>78461733400072</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="G30" s="2"/>
       <c r="H30" s="2" t="s">
-        <v>123</v>
+        <v>78</v>
       </c>
       <c r="I30" s="3">
-        <v>52720018672</v>
+        <v>11755667075</v>
       </c>
       <c r="J30" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K30" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L30" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M30" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" s="1">
-        <v>79373754500012</v>
+        <v>78633676800035</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>124</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
         <v>125</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>126</v>
       </c>
       <c r="G31" s="2"/>
       <c r="H31" s="2" t="s">
         <v>127</v>
       </c>
       <c r="I31" s="3">
-        <v>52440698144</v>
+        <v>52720018672</v>
       </c>
       <c r="J31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K31" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="L31" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M31" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" s="1">
-        <v>53412994500018</v>
+        <v>79373754500012</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>128</v>
       </c>
-      <c r="D32" s="2" t="s">
+      <c r="D32" s="2"/>
+      <c r="E32" s="2" t="s">
         <v>129</v>
       </c>
-      <c r="E32" s="2" t="s">
+      <c r="F32" s="2" t="s">
         <v>130</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="G32" s="2"/>
       <c r="H32" s="2" t="s">
-        <v>25</v>
+        <v>131</v>
       </c>
       <c r="I32" s="3">
-        <v>72330848833</v>
+        <v>52440698144</v>
       </c>
       <c r="J32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K32" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="L32" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M32" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" s="1">
         <v>83028855100021</v>
       </c>
       <c r="B33" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="2" t="s">
         <v>132</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
         <v>133</v>
       </c>
       <c r="F33" s="2" t="s">
         <v>134</v>
       </c>
@@ -2152,51 +2152,51 @@
         <v>19</v>
       </c>
       <c r="M33" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" s="1">
         <v>83041024700019</v>
       </c>
       <c r="B34" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C34" s="2" t="s">
         <v>135</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
         <v>136</v>
       </c>
       <c r="F34" s="2" t="s">
         <v>137</v>
       </c>
       <c r="G34" s="2"/>
       <c r="H34" s="2" t="s">
-        <v>95</v>
+        <v>78</v>
       </c>
       <c r="I34" s="3">
         <v>11755693775</v>
       </c>
       <c r="J34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K34" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L34" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M34" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" s="1">
         <v>88930797100024</v>
       </c>
       <c r="B35" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C35" s="2" t="s">
@@ -2226,51 +2226,51 @@
         <v>20</v>
       </c>
       <c r="M35" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" s="1">
         <v>89079142900040</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>141</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
         <v>142</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>143</v>
       </c>
       <c r="G36" s="2"/>
       <c r="H36" s="2" t="s">
-        <v>95</v>
+        <v>78</v>
       </c>
       <c r="I36" s="3">
         <v>76341086134</v>
       </c>
       <c r="J36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K36" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L36" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M36" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" s="1">
         <v>90901888900016</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C37" s="2" t="s">
@@ -2323,51 +2323,51 @@
       <c r="G38" s="2"/>
       <c r="H38" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I38" s="3">
         <v>76311123631</v>
       </c>
       <c r="J38" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K38" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L38" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M38" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" s="1">
         <v>91353039000016</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>65</v>
+        <v>82</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>150</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>151</v>
       </c>
       <c r="E39" s="2" t="s">
         <v>152</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>153</v>
       </c>
       <c r="G39" s="2" t="s">
         <v>154</v>
       </c>
       <c r="H39" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I39" s="3">
         <v>52440986244</v>
       </c>
       <c r="J39" s="2" t="s">
         <v>19</v>
       </c>
@@ -2413,31 +2413,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/08/2025 23:17:10</dc:description>
+  <dc:description>Export en date du 02/02/2026 03:14:37</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>