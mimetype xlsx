--- v1 (2026-02-02)
+++ v2 (2026-03-20)
@@ -1065,51 +1065,51 @@
     <row r="5" spans="1:13">
       <c r="A5" s="1">
         <v>13002948100012</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I5" s="3">
         <v>27210429021</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M5" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
         <v>18572202200018</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>32</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>33</v>
       </c>
@@ -1225,51 +1225,51 @@
         <v>47</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>48</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>49</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>50</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I9" s="3" t="s">
         <v>51</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L9" s="2" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
         <v>19750707200027</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>52</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>53</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>54</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>55</v>
       </c>
       <c r="G10" s="2"/>
@@ -1560,53 +1560,51 @@
     <row r="18" spans="1:13">
       <c r="A18" s="1">
         <v>38138042700058</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>82</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>83</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>83</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>84</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>85</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>86</v>
       </c>
       <c r="H18" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="I18" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I18" s="3"/>
       <c r="J18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L18" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M18" s="2" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="1">
         <v>39262279100045</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
@@ -2343,53 +2341,51 @@
     <row r="39" spans="1:13">
       <c r="A39" s="1">
         <v>91353039000016</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>82</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>150</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>151</v>
       </c>
       <c r="E39" s="2" t="s">
         <v>152</v>
       </c>
       <c r="F39" s="2" t="s">
         <v>153</v>
       </c>
       <c r="G39" s="2" t="s">
         <v>154</v>
       </c>
       <c r="H39" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="I39" s="3">
-[...1 lines deleted...]
-      </c>
+      <c r="I39" s="3"/>
       <c r="J39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="K39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="L39" s="2" t="s">
         <v>19</v>
       </c>
       <c r="M39" s="2" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:M1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
@@ -2413,31 +2409,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/02/2026 03:14:37</dc:description>
+  <dc:description>Export en date du 03/20/2026 13:11:42</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>