--- v0 (2025-12-24)
+++ v1 (2026-03-25)
@@ -94,81 +94,81 @@
   <si>
     <t>85.59A</t>
   </si>
   <si>
     <t>5356P001456</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>A. DOC</t>
   </si>
   <si>
     <t>91 RUE DES CHANTEREINES 93100 MONTREUIL</t>
   </si>
   <si>
     <t>01/08/2001</t>
   </si>
   <si>
     <t>58.29A</t>
   </si>
   <si>
+    <t>ALTAM</t>
+  </si>
+  <si>
+    <t>32 RUE D'HAUTEVILLE 75010 PARIS</t>
+  </si>
+  <si>
+    <t>01/06/2015</t>
+  </si>
+  <si>
+    <t>70.22Z</t>
+  </si>
+  <si>
     <t>CAD EQUIPEMENT</t>
   </si>
   <si>
     <t>99 RUE MARCADET 75018 PARIS</t>
   </si>
   <si>
     <t>08/04/2021</t>
   </si>
   <si>
     <t>62.02A</t>
   </si>
   <si>
     <t>FORMALISA</t>
   </si>
   <si>
     <t>HIGH PARK 2 BATIMENT 3 20 RUE LOUIS BLERIOT 35170 BRUZ</t>
   </si>
   <si>
     <t>21/02/2022</t>
-  </si>
-[...10 lines deleted...]
-    <t>01/06/2015</t>
   </si>
   <si>
     <t>FORMALISA INSTITUT</t>
   </si>
   <si>
     <t>HIGH PARK 2 BATIME 20 RUE LOUIS BLERIOT 35170 BRUZ</t>
   </si>
   <si>
     <t>31/01/2022</t>
   </si>
   <si>
     <t>CADATWORK LEARNING</t>
   </si>
   <si>
     <t>13 RUE PIERRE GILLES DE GENNES 69007 LYON</t>
   </si>
   <si>
     <t>01/11/2024</t>
   </si>
   <si>
     <t>ONE LEARN</t>
   </si>
   <si>
     <t>9 RUE DES COLONNES 75002 PARIS</t>
   </si>
@@ -676,157 +676,157 @@
       <c r="F3" s="2" t="s">
         <v>24</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>25</v>
       </c>
       <c r="I3" s="3">
         <v>11930578793</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
-        <v>41821347600066</v>
+        <v>39878618600054</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="D4" s="2"/>
       <c r="E4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G4" s="2"/>
       <c r="H4" s="2" t="s">
         <v>29</v>
       </c>
       <c r="I4" s="3">
-        <v>11755042875</v>
+        <v>11754385575</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L4" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M4" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" s="1">
-        <v>52800334600038</v>
+        <v>41821347600066</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G5" s="2"/>
       <c r="H5" s="2" t="s">
         <v>33</v>
       </c>
       <c r="I5" s="3">
-        <v>53350881935</v>
+        <v>11755042875</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M5" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="6" spans="1:13">
       <c r="A6" s="1">
-        <v>39878618600054</v>
+        <v>52800334600038</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>34</v>
       </c>
       <c r="D6" s="2"/>
       <c r="E6" s="2" t="s">
         <v>35</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="I6" s="3">
-        <v>11754385575</v>
+        <v>53350881935</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M6" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
         <v>81095249900020</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>37</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>39</v>
       </c>
       <c r="G7" s="2"/>
       <c r="H7" s="2" t="s">
         <v>18</v>
       </c>
@@ -843,51 +843,51 @@
         <v>20</v>
       </c>
       <c r="M7" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
         <v>88155419000036</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
         <v>41</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="I8" s="3">
         <v>84380739938</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M8" s="2" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
         <v>90986649300010</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2" t="s">
@@ -952,31 +952,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/24/2025 19:28:03</dc:description>
+  <dc:description>Export en date du 03/25/2026 12:46:25</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>