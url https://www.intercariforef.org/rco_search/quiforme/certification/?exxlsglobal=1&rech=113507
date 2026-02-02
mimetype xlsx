--- v0 (2025-12-18)
+++ v1 (2026-02-02)
@@ -145,111 +145,111 @@
   <si>
     <t>CENTRE FORMAT PROF &amp; PROMOTION AGRICOLE</t>
   </si>
   <si>
     <t>ROUTE DE TOULOUSE 81000 ALBI</t>
   </si>
   <si>
     <t>16/03/1983</t>
   </si>
   <si>
     <t>7381P001481</t>
   </si>
   <si>
     <t>LYCEE POLYVALENT LE CORBUSIER</t>
   </si>
   <si>
     <t>GRETA NORD AUBERVILLIERS</t>
   </si>
   <si>
     <t>44 RUE LEOPOLD RECHOSSIERE 93300 AUBERVILLIERS</t>
   </si>
   <si>
     <t>06/03/1989</t>
   </si>
   <si>
+    <t>MAYA CAMPUS</t>
+  </si>
+  <si>
+    <t>VILLA CREATIS 2 RUE DES MURIERS 69009 LYON</t>
+  </si>
+  <si>
+    <t>23/04/2003</t>
+  </si>
+  <si>
+    <t>01/10/2023</t>
+  </si>
+  <si>
+    <t>INSTITUT SUPERIEUR DE PLASTURGIE APPLIQUEE</t>
+  </si>
+  <si>
+    <t>27 ALLEE LAC D'AIGUEBELETTE 73370 LE BOURGET-DU-LAC</t>
+  </si>
+  <si>
+    <t>31/12/2020</t>
+  </si>
+  <si>
+    <t>85.42Z</t>
+  </si>
+  <si>
     <t>ASSOCIATION FAMILIALLE DE GESTION</t>
   </si>
   <si>
     <t>KERPLOUZE 56400 AURAY</t>
   </si>
   <si>
     <t>01/01/1957</t>
   </si>
   <si>
+    <t>ASS INSTITUT SUPERIEUR TEXTILE D ALSACE</t>
+  </si>
+  <si>
+    <t>21 RUE ALFRED WERNER 68200 MULHOUSE</t>
+  </si>
+  <si>
+    <t>06/03/2007</t>
+  </si>
+  <si>
+    <t>INSTITUT DE FORMATION A L'ENVIRONNEMENT ET AU DEVELOPPEMENT DURABLE</t>
+  </si>
+  <si>
+    <t>EUROPOLE MEDIT DE L'ARBOIS BAT MARCONI AV LOUIS PHILIBERT 13080 AIX EN PROVENCE</t>
+  </si>
+  <si>
+    <t>03/11/2020</t>
+  </si>
+  <si>
     <t>FEDERATION DES ENTREPRISES DU RECYCLAGE ET DU REEMPLOI ET DE L'ECONOMIE CIRCULAIRE</t>
   </si>
   <si>
     <t>101 RUE DE PRONY 75017 PARIS</t>
   </si>
   <si>
     <t>01/12/1990</t>
   </si>
   <si>
     <t>94.12Z</t>
-  </si>
-[...40 lines deleted...]
-    <t>06/03/2007</t>
   </si>
   <si>
     <t>MAISON DE LA PROMOTION SOCIALE FORMATION</t>
   </si>
   <si>
     <t>24 AVENUE DE VIRECOURT 33370 ARTIGUES-PRES-BORDEAUX</t>
   </si>
   <si>
     <t>15/03/2016</t>
   </si>
   <si>
     <t>AGENCE NATIONALE POUR LA FORMATION PROFESSIONNELLE DES ADULTES</t>
   </si>
   <si>
     <t>TOUR CITYSCOPE 3 RUE FRANKLIN 93100 MONTREUIL</t>
   </si>
   <si>
     <t>CENTRE DE FORMATION 35 RUE DE LA MITTERIE 59160 LILLE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -865,253 +865,253 @@
         <v>41</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I6" s="3"/>
       <c r="J6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L6" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M6" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:13">
       <c r="A7" s="1">
-        <v>38112573100012</v>
+        <v>30869728300072</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="D7" s="2"/>
+      <c r="D7" s="2" t="s">
+        <v>43</v>
+      </c>
       <c r="E7" s="2" t="s">
         <v>44</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="G7" s="2"/>
+      <c r="G7" s="2" t="s">
+        <v>46</v>
+      </c>
       <c r="H7" s="2" t="s">
-        <v>19</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="I7" s="3"/>
       <c r="J7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L7" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M7" s="2" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:13">
       <c r="A8" s="1">
-        <v>78435874900033</v>
+        <v>30870853600104</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C8" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D8" s="2"/>
       <c r="E8" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G8" s="2"/>
       <c r="H8" s="2" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="I8" s="3"/>
+        <v>50</v>
+      </c>
+      <c r="I8" s="3">
+        <v>11922379792</v>
+      </c>
       <c r="J8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K8" s="2" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="L8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M8" s="2" t="s">
-        <v>20</v>
+        <v>28</v>
       </c>
     </row>
     <row r="9" spans="1:13">
       <c r="A9" s="1">
-        <v>51824280500027</v>
+        <v>38112573100012</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="G9" s="2"/>
       <c r="H9" s="2" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="I9" s="3">
-        <v>93131350913</v>
+        <v>53560930256</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K9" s="2" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="L9" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M9" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:13">
       <c r="A10" s="1">
-        <v>30869728300072</v>
+        <v>40083112900020</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="D10" s="2"/>
       <c r="E10" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="G10" s="2" t="s">
         <v>56</v>
       </c>
+      <c r="G10" s="2"/>
       <c r="H10" s="2" t="s">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="I10" s="3"/>
       <c r="J10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L10" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M10" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:13">
       <c r="A11" s="1">
-        <v>30870853600104</v>
+        <v>51824280500027</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>58</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G11" s="2"/>
       <c r="H11" s="2" t="s">
-        <v>60</v>
+        <v>26</v>
       </c>
       <c r="I11" s="3">
-        <v>11922379792</v>
+        <v>93131350913</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K11" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L11" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M11" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="12" spans="1:13">
       <c r="A12" s="1">
-        <v>40083112900020</v>
+        <v>78435874900033</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="G12" s="2"/>
       <c r="H12" s="2" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="I12" s="3"/>
       <c r="J12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="L12" s="2" t="s">
         <v>20</v>
       </c>
       <c r="M12" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="1">
         <v>81910693100010</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>64</v>
       </c>
@@ -1248,31 +1248,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 12/18/2025 15:14:11</dc:description>
+  <dc:description>Export en date du 02/02/2026 05:33:29</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>