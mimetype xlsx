--- v1 (2026-02-02)
+++ v2 (2026-03-20)
@@ -742,51 +742,51 @@
         <v>22</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>24</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>25</v>
       </c>
       <c r="G3" s="2"/>
       <c r="H3" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I3" s="3" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K3" s="2" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="2" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="M3" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" s="1">
         <v>19560013500022</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>30</v>
       </c>
       <c r="E4" s="2" t="s">
         <v>31</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>32</v>
       </c>
       <c r="G4" s="2"/>
@@ -1248,31 +1248,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export global</dc:title>
-  <dc:description>Export en date du 02/02/2026 05:33:29</dc:description>
+  <dc:description>Export en date du 03/20/2026 15:20:35</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>